--- v0 (2025-12-14)
+++ v1 (2026-02-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="584">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="690">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Reading Time</t>
   </si>
   <si>
     <t>Image</t>
   </si>
   <si>
     <t>Name (pt)</t>
   </si>
   <si>
     <t>Name (en)</t>
   </si>
   <si>
     <t>Name (es)</t>
   </si>
   <si>
     <t>Name (fr)</t>
   </si>
   <si>
     <t>Introduction (pt)</t>
   </si>
   <si>
@@ -71,63 +71,451 @@
   <si>
     <t>Description (pt)</t>
   </si>
   <si>
     <t>Description (en)</t>
   </si>
   <si>
     <t>Description (es)</t>
   </si>
   <si>
     <t>Description (fr)</t>
   </si>
   <si>
     <t>Categories (pt)</t>
   </si>
   <si>
     <t>Categories (en)</t>
   </si>
   <si>
     <t>Categories (es)</t>
   </si>
   <si>
     <t>Categories (fr)</t>
   </si>
   <si>
+    <t>2026-02-03</t>
+  </si>
+  <si>
+    <t>https://www.buysatao.pt/files/images/blog/03fev2026__1_150_150.jpg</t>
+  </si>
+  <si>
+    <t>Avisos Meteorológicos - Ocorrência de precipitação, vento e neve</t>
+  </si>
+  <si>
+    <t>O Serviço Municipal de Proteção Civil de Sátão (SMPC) recomenda à população que tome as medidas de prevenção e autoproteção necessárias, nomeadamente: Garantir especial cuidado na circulação e permanência junto a áreas arborizadas, mantendo atenção à possibilidade de queda de ramos e árvores; Adotar uma condução defensiva, reduzindo a velocidade e tendo especial cuidado com a possível formação de lençóis de água e a existência de zonas de fraca visibilidade; Garantir adequada fixação de estruturas, nomeadamente andaimes, placards e outras estruturas suspensas; Garantir a desobstrução dos sistemas de escoamento das águas pluviais e retirada de inertes e outros objetos que possam ser arrastados ou criem obstáculos ao livre escoamento das águas; Não atravessar zonas inundadas, de modo a precaver o arrastamento de pessoas ou viaturas para buracos no pavimento ou caixas de esgoto abertas; Mantenha-se sempre informado através da nossa página e siga os conselhos e recomendações das autoridades.</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;O Servi&amp;ccedil;o Municipal de Prote&amp;ccedil;&amp;atilde;o Civil de S&amp;aacute;t&amp;atilde;o (SMPC) recomenda &amp;agrave; popula&amp;ccedil;&amp;atilde;o que tome as medidas de preven&amp;ccedil;&amp;atilde;o e autoprote&amp;ccedil;&amp;atilde;o necess&amp;aacute;rias, nomeadamente:&lt;/p&gt; &lt;ul&gt; &lt;li&gt;Garantir especial cuidado na circula&amp;ccedil;&amp;atilde;o e perman&amp;ecirc;ncia junto a &amp;aacute;reas arborizadas, mantendo aten&amp;ccedil;&amp;atilde;o &amp;agrave; possibilidade de queda de ramos e &amp;aacute;rvores;&lt;/li&gt; &lt;li&gt;Adotar uma condu&amp;ccedil;&amp;atilde;o defensiva, reduzindo a velocidade e tendo especial cuidado com a poss&amp;iacute;vel forma&amp;ccedil;&amp;atilde;o de len&amp;ccedil;&amp;oacute;is de &amp;aacute;gua e a exist&amp;ecirc;ncia de zonas de fraca visibilidade;&lt;/li&gt; &lt;li&gt;Garantir adequada fixa&amp;ccedil;&amp;atilde;o de estruturas, nomeadamente andaimes, placards e outras estruturas suspensas;&lt;/li&gt; &lt;li&gt;Garantir a desobstru&amp;ccedil;&amp;atilde;o dos sistemas de escoamento das &amp;aacute;guas pluviais e retirada de inertes e outros objetos que possam ser arrastados ou criem obst&amp;aacute;culos ao livre escoamento das &amp;aacute;guas;&lt;/li&gt; &lt;li&gt;N&amp;atilde;o atravessar zonas inundadas, de modo a precaver o arrastamento de pessoas ou viaturas para buracos no pavimento ou caixas de esgoto abertas;&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Mantenha-se sempre informado atrav&amp;eacute;s da nossa p&amp;aacute;gina e siga os conselhos e recomenda&amp;ccedil;&amp;otilde;es das autoridades.&lt;/p&gt; &lt;p&gt;Em caso de necessidade, LIGUE DE IMEDIATO 112 ou os BOMBEIROS 232 981 325*&lt;/p&gt; &lt;p&gt;*Chamada para rede fixa Nacional&lt;/p&gt; &lt;p&gt;A PROTE&amp;Ccedil;&amp;Atilde;O CIVIL SOMOS TODOS N&amp;Oacute;S&lt;/p&gt; &lt;p&gt;&lt;/p&gt; &lt;div&gt; &lt;ul&gt; &lt;li&gt; &lt;div&gt; &lt;p&gt;Avisos Meteorol&amp;oacute;gicos - Ocorr&amp;ecirc;ncia de precipita&amp;ccedil;&amp;atilde;o, vento e neve&lt;/p&gt; &lt;/div&gt; &lt;/li&gt; &lt;/ul&gt; &lt;/div&gt;</t>
+  </si>
+  <si>
+    <t>[{"name":"CM-Sátão"}]</t>
+  </si>
+  <si>
+    <t>2026-02-02</t>
+  </si>
+  <si>
+    <t>https://www.buysatao.pt/files/images/blog/noticia_visite_nos_03_1_2500_2500.jpg</t>
+  </si>
+  <si>
+    <t>Museu de Pintura Naïf - Pedrosas | Sátão</t>
+  </si>
+  <si>
+    <t>Museu de Pintura Naïf - Pedrosas | Sátão Um museu único, que reúne uma vasta coleção de pinturas, cujas cores e traços ingénuos cativam!</t>
+  </si>
+  <si>
+    <t>&lt;div&gt;
+&lt;ul&gt;
+&lt;li&gt;&lt;img src="https://www.cm-satao.pt/thumbs/cmsatao/uploads/writer_file/image/880/visite_nos_01_1_150_150.jpg" alt="Museu de Pintura Naif"&gt;&lt;/li&gt;
+&lt;li&gt;
+&lt;p&gt;Museu de Pintura Na&amp;iuml;f - Pedrosas | S&amp;aacute;t&amp;atilde;o&lt;/p&gt;
+&lt;p&gt;Um museu &amp;uacute;nico, que re&amp;uacute;ne uma vasta cole&amp;ccedil;&amp;atilde;o de pinturas, cujas cores e tra&amp;ccedil;os ing&amp;eacute;nuos cativam!&lt;/p&gt;
+&lt;p&gt;Visite-nos!&lt;/p&gt;
+&lt;p&gt;Estamos abertos&lt;/p&gt;
+&lt;p&gt;5&amp;ordf; e 6&amp;ordf; feira - 9h&amp;gt;13h | 14h&amp;gt;17h&lt;/p&gt;
+&lt;p&gt;s&amp;aacute;bado e domingo - 14h&amp;gt;17h&lt;/p&gt;
+&lt;p&gt;@ museus@cm-satao.pt&lt;/p&gt;
+&lt;p&gt;T. 232 980 000&lt;/p&gt;
+&lt;p&gt;Avenida Principal, Pedrosas&lt;/p&gt;
+&lt;p&gt;3560-141 S&amp;aacute;t&amp;atilde;o&lt;/p&gt;
+&lt;p&gt;40.745050, -7.771223&lt;/p&gt;
+&amp;nbsp;&lt;/li&gt;
+&lt;/ul&gt;
+&lt;/div&gt;&lt;a href="https://www.cm-satao.pt/ficha-tecnica/rss-feed/noticia/museu-de-pintura-naif-pedrosas-satao" target="_blank"&gt;&lt;img src="https://www.cm-satao.pt/cmsatao/uploads/news/image/460/noticia_visite_nos_03.jpg"&gt;&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>2026-01-29</t>
+  </si>
+  <si>
+    <t>Museu de Pintura Naïf - Pedrosas | Sátão - Visite-nos!</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;Museu de Pintura Na&amp;iuml;f - Pedrosas | S&amp;aacute;t&amp;atilde;o&lt;/p&gt;
+&lt;p&gt;Um museu &amp;uacute;nico, que re&amp;uacute;ne uma vasta cole&amp;ccedil;&amp;atilde;o de pinturas, cujas cores e tra&amp;ccedil;os ing&amp;eacute;nuos cativam!&lt;/p&gt;
+&lt;p&gt;Visite-nos!&lt;/p&gt;
+&lt;p&gt;Estamos abertos&lt;/p&gt;
+&lt;p&gt;5&amp;ordf; e 6&amp;ordf; feira - 9h&amp;gt;13h | 14h&amp;gt;17h&lt;/p&gt;
+&lt;p&gt;s&amp;aacute;bado e domingo - 14h&amp;gt;17h&lt;/p&gt;
+&lt;p&gt;@ museus@cm-satao.pt&lt;/p&gt;
+&lt;p&gt;T. 232 980 000&lt;/p&gt;
+&lt;p&gt;Avenida Principal, Pedrosas&lt;/p&gt;
+&lt;p&gt;3560-141 S&amp;aacute;t&amp;atilde;o&lt;/p&gt;
+&lt;p&gt;40.745050, -7.771223&lt;/p&gt;
+&lt;p&gt;&lt;img src="https://www.cm-satao.pt/thumbs/cmsatao/uploads/writer_file/image/878/visite_nos_01_1_150_150.jpg" alt="Museu de Pintura Na&amp;iuml;f, apelando &amp;agrave; sua visita"&gt;&lt;/p&gt;&lt;a href="https://www.cm-satao.pt/ficha-tecnica/rss-feed/noticia/museu-de-pintura-naif-pedrosas-satao-visite-nos" target="_blank"&gt;&lt;img src="https://www.cm-satao.pt/cmsatao/uploads/news/image/459/noticia_visite_nos_03.jpg"&gt;&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>2026-01-28</t>
+  </si>
+  <si>
+    <t>Inscrições abertas para o Prémio Literário Cónego Albano Martins de Sousa</t>
+  </si>
+  <si>
+    <t>Encontram-se abertas as inscrições para o Prémio Literário Cónego Albano Martins de Sousa, na modalidade de Prosa, promovido pela Câmara Municipal de Sátão.</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;Encontram-se abertas as inscri&amp;ccedil;&amp;otilde;es para o Pr&amp;eacute;mio Liter&amp;aacute;rio C&amp;oacute;nego Albano Martins de Sousa, na modalidade de Prosa, promovido pela C&amp;acirc;mara Municipal de S&amp;aacute;t&amp;atilde;o. At&amp;eacute; 02 de mar&amp;ccedil;o de 2026, podem concorrer, com trabalhos in&amp;eacute;ditos, todos os cidad&amp;atilde;os nacionais. O j&amp;uacute;ri dever&amp;aacute; anunciar a obra vencedora at&amp;eacute; ao dia 12 de junho de 2026.&lt;/p&gt;
+&lt;p&gt;Os originais dever&amp;atilde;o ser enviados pelo correio, devidamente registado e com aviso de rece&amp;ccedil;&amp;atilde;o, ao Secretariado do Pr&amp;eacute;mio Liter&amp;aacute;rio C&amp;oacute;nego Albano Martins Sousa, Pra&amp;ccedil;a Paulo VI, 3560-154 S&amp;aacute;t&amp;atilde;o, sob pseud&amp;oacute;nimo.&lt;/p&gt;
+&lt;p&gt;Um j&amp;uacute;ri constitu&amp;iacute;do pelo Presidente da C&amp;acirc;mara Municipal de S&amp;aacute;t&amp;atilde;o, uma personalidade ligada &amp;agrave; literatura oriunda do Concelho de S&amp;aacute;t&amp;atilde;o e a Diretora do Agrupamento de Escolas de S&amp;aacute;t&amp;atilde;o apreciar&amp;aacute; os originais, n&amp;atilde;o havendo recurso das decis&amp;otilde;es do j&amp;uacute;ri.&lt;/p&gt;
+&lt;p&gt;O Pr&amp;eacute;mio n&amp;atilde;o ser&amp;aacute; divis&amp;iacute;vel &amp;ndash; n&amp;atilde;o havendo, portanto, atribui&amp;ccedil;&amp;atilde;o ex aequo &amp;ndash; e ter&amp;aacute; um valor de 500,00&amp;euro; (quinhentos euros); caso se justifique pela sua qualidade liter&amp;aacute;ria, poder&amp;atilde;o ser atribu&amp;iacute;das, no m&amp;aacute;ximo, duas men&amp;ccedil;&amp;otilde;es honrosas, contempladas com 125,00&amp;euro; (cento e vinte e cinco euros), cada.&lt;/p&gt;
+&lt;p&gt;A C&amp;acirc;mara Municipal de S&amp;aacute;t&amp;atilde;o deter&amp;aacute; os direitos para a primeira edi&amp;ccedil;&amp;atilde;o do trabalho galardoado.&lt;/p&gt;
+&lt;p&gt;As informa&amp;ccedil;&amp;otilde;es relativas a datas, prazos e outras dever&amp;atilde;o ser recolhidas junto do secretariado do Pr&amp;eacute;mio Liter&amp;aacute;rio C&amp;oacute;nego Albano Martins Sousa, Pra&amp;ccedil;a Paulo VI 3560 &amp;ndash; 154 S&amp;aacute;t&amp;atilde;o. Telefone 232980000 (chamada para a rede fixa nacional). O Regulamento encontra-se dispon&amp;iacute;vel na C&amp;acirc;mara Municipal de S&amp;aacute;t&amp;atilde;o e na p&amp;aacute;gina da Internet em &lt;a href="http://www.cm-satao.pt" target="_blank"&gt;www.cm-satao.pt&lt;/a&gt;&lt;/p&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;&lt;a href="https://www.cm-satao.pt/cmsatao/uploads/writer_file/document/868/edital_premio_literario_2026_prosa.pdf" target="_blank" data-smiledocument="smiledocument" target="_blank"&gt;Edital_Pr&amp;eacute;mio Liter&amp;aacute;rio 2026_Prosa&lt;/a&gt;&lt;/p&gt;
+&lt;p&gt;&lt;a href="https://www.cm-satao.pt/cmsatao/uploads/writer_file/document/869/normas_de_participacao.pdf" target="_blank" data-smiledocument="smiledocument" target="_blank"&gt;Normas de Participa&amp;ccedil;&amp;atilde;o&lt;/a&gt;&lt;/p&gt;
+&lt;p&gt;&lt;a href="https://www.cm-satao.pt/cmsatao/uploads/writer_file/document/870/regulamento_premio_literario_conego_albano_final.pdf" target="_blank" data-smiledocument="smiledocument" target="_blank"&gt;REGULAMENTO-PR&amp;Eacute;MIO LITER&amp;Aacute;RIO C&amp;Oacute;NEGO ALBANO-FINAL&lt;/a&gt;&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>2026-01-27</t>
+  </si>
+  <si>
+    <t>https://www.buysatao.pt/files/images/blog/avaliacao_montras_de_natal_1_150_150.jpg</t>
+  </si>
+  <si>
+    <t>Resultados finais da 8ª  edição do concurso “Montras de Natal”</t>
+  </si>
+  <si>
+    <t>Promovido pelo Município de Sátão desde 2018, o concurso de “Montras de Natal” do concelho é já uma tradição, em que o principal objetivo é o de dinamizar e revitalizar o comércio, através da promoção das manifestações artísticas e do estímulo do espírito criativo.</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;Promovido pelo Munic&amp;iacute;pio de S&amp;aacute;t&amp;atilde;o desde 2018, o concurso de &amp;ldquo;Montras de Natal&amp;rdquo; do concelho &amp;eacute; j&amp;aacute; uma tradi&amp;ccedil;&amp;atilde;o, em que o principal objetivo &amp;eacute; o de dinamizar e revitalizar o com&amp;eacute;rcio, atrav&amp;eacute;s da promo&amp;ccedil;&amp;atilde;o das manifesta&amp;ccedil;&amp;otilde;es art&amp;iacute;sticas e do est&amp;iacute;mulo do esp&amp;iacute;rito criativo.&lt;/p&gt; &lt;p&gt;Nesta 8&amp;ordm; edi&amp;ccedil;&amp;atilde;o estiveram a votos 24 estabelecimentos comerciais, que al&amp;eacute;m de divulgarem os seus espa&amp;ccedil;os comerciais tamb&amp;eacute;m trouxeram luz e anima&amp;ccedil;&amp;atilde;o &amp;agrave;s ruas do concelho de S&amp;aacute;t&amp;atilde;o na &amp;eacute;poca natal&amp;iacute;cia.&lt;/p&gt; &lt;p&gt;Terminado o per&amp;iacute;odo de vota&amp;ccedil;&amp;otilde;es no Facebook e feita a avalia&amp;ccedil;&amp;atilde;o de forma presencial pelo j&amp;uacute;ri, o Munic&amp;iacute;pio de S&amp;aacute;t&amp;atilde;o informa que os vencedores do 8&amp;ordm; concurso de Montras de Natal foram:&lt;/p&gt; &lt;p&gt;1&amp;ordm; O Clube de V&amp;iacute;deo com uma pontua&amp;ccedil;&amp;atilde;o final de 19,13 valores;&lt;/p&gt; &lt;p&gt;2&amp;ordm; &amp;ldquo;Mercado C&amp;aacute; D&amp;rsquo;Aldeia&amp;rdquo; com uma pontua&amp;ccedil;&amp;atilde;o final de 19,00 valores;&lt;/p&gt; &lt;p&gt;3&amp;ordm; &amp;ldquo;Teddy Store&amp;rdquo; com uma pontua&amp;ccedil;&amp;atilde;o final de 18,67 valores;&lt;/p&gt; &lt;div&gt; &lt;ul&gt; &lt;li&gt; &lt;div&gt; &lt;p&gt;Avalia&amp;ccedil;&amp;atilde;o Montras de Natal 2025&lt;/p&gt; &amp;nbsp;&lt;/div&gt; &lt;/li&gt; &lt;/ul&gt; &lt;/div&gt;</t>
+  </si>
+  <si>
+    <t>https://www.buysatao.pt/files/images/blog/27jan2026__1_150_150.jpg</t>
+  </si>
+  <si>
+    <t>Aviso Meteorológico - Atualização para Aviso Laranja</t>
+  </si>
+  <si>
+    <t>O Serviço Municipal de Proteção Civil de Sátão (SMPC) recomenda à população que tome as medidas de prevenção e autoproteção necessárias, nomeadamente:  Garantir especial cuidado na circulação e permanência junto a áreas arborizadas, mantendo atenção à possibilidade de queda de ramos e árvores;  Adotar uma condução defensiva, reduzindo a velocidade e tendo especial cuidado com a possível formação de gelo e neve nas vias rodoviárias e zonas de fraca visibilidade;  Evitar a circulação em vias afetadas pela acumulação de neve e quando isso não for possível, adotar as seguintes medidas: Verificação do estado dos pneus e respetivas pressões; Transporte e colocação das correntes de neve nos veículos; Nos veículos elétricos, deve ser verificada a carga da bateria e analisada a existência de postos de carregamento no seu itinerário; Garantir que os sistemas de aquecimento dos veículos se encontram em bom estado de funcionamento;  Garantir adequada fixação de estruturas, nomeadamente andaimes, placards e outras estruturas suspensas;  Garantir a desobstrução dos sistemas de escoamento das águas pluviais e retirada de inertes e outros objetos que possam ser arrastados ou criem obstáculos ao livre escoamento das águas; Recomenda-se ainda: Se utilizar lareiras, braseiras, salamandras ou equipamentos a gás mantenha a correta ventilação das divisões de forma a evitar a acumulação de gases nocivos à saúde; Evitar o uso de dispositivos de aquecimento durante o sono, desligando sempre quaisquer aparelhos antes de se deitar; Ter atenção à condução em locais onde se forme neve e gelo na estrada, adotando uma condução defensiva.</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;O Servi&amp;ccedil;o Municipal de Prote&amp;ccedil;&amp;atilde;o Civil de S&amp;aacute;t&amp;atilde;o (SMPC) recomenda &amp;agrave; popula&amp;ccedil;&amp;atilde;o que tome as medidas de preven&amp;ccedil;&amp;atilde;o e autoprote&amp;ccedil;&amp;atilde;o necess&amp;aacute;rias, nomeadamente:&lt;/p&gt; &lt;ul&gt; &lt;li&gt;&amp;nbsp;Garantir especial cuidado na circula&amp;ccedil;&amp;atilde;o e perman&amp;ecirc;ncia junto a &amp;aacute;reas arborizadas, mantendo aten&amp;ccedil;&amp;atilde;o &amp;agrave; possibilidade de queda de ramos e &amp;aacute;rvores;&lt;/li&gt; &lt;li&gt;&amp;nbsp;Adotar uma condu&amp;ccedil;&amp;atilde;o defensiva, reduzindo a velocidade e tendo especial cuidado com a poss&amp;iacute;vel forma&amp;ccedil;&amp;atilde;o de gelo e neve nas vias rodovi&amp;aacute;rias e zonas de fraca visibilidade;&lt;/li&gt; &lt;li&gt;&amp;nbsp;Evitar a circula&amp;ccedil;&amp;atilde;o em vias afetadas pela acumula&amp;ccedil;&amp;atilde;o de neve e quando isso n&amp;atilde;o for poss&amp;iacute;vel, adotar as seguintes medidas: &lt;ul&gt; &lt;li&gt;Verifica&amp;ccedil;&amp;atilde;o do estado dos pneus e respetivas press&amp;otilde;es;&lt;/li&gt; &lt;li&gt;Transporte e coloca&amp;ccedil;&amp;atilde;o das correntes de neve nos ve&amp;iacute;culos;&lt;/li&gt; &lt;li&gt;Nos ve&amp;iacute;culos el&amp;eacute;tricos, deve ser verificada a carga da bateria e analisada a exist&amp;ecirc;ncia de postos de carregamento no seu itiner&amp;aacute;rio;&lt;/li&gt; &lt;li&gt;Garantir que os sistemas de aquecimento dos ve&amp;iacute;culos se encontram em bom estado de funcionamento;&lt;/li&gt; &lt;/ul&gt; &lt;/li&gt; &lt;li&gt;&amp;nbsp;Garantir adequada fixa&amp;ccedil;&amp;atilde;o de estruturas, nomeadamente andaimes, placards e outras estruturas suspensas;&lt;/li&gt; &lt;li&gt;&amp;nbsp;Garantir a desobstru&amp;ccedil;&amp;atilde;o dos sistemas de escoamento das &amp;aacute;guas pluviais e retirada de inertes e outros objetos que possam ser arrastados ou criem obst&amp;aacute;culos ao livre escoamento das &amp;aacute;guas;&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;&lt;strong&gt;Recomenda-se ainda:&lt;/strong&gt;&lt;/p&gt; &lt;ul&gt; &lt;li&gt;Se utilizar lareiras, braseiras, salamandras ou equipamentos a g&amp;aacute;s mantenha a correta ventila&amp;ccedil;&amp;atilde;o das divis&amp;otilde;es de forma a evitar a acumula&amp;ccedil;&amp;atilde;o de gases nocivos &amp;agrave; sa&amp;uacute;de;&lt;/li&gt; &lt;li&gt;Evitar o uso de dispositivos de aquecimento durante o sono, desligando sempre quaisquer aparelhos antes de se deitar;&lt;/li&gt; &lt;li&gt;Ter aten&amp;ccedil;&amp;atilde;o &amp;agrave; condu&amp;ccedil;&amp;atilde;o em locais onde se forme neve e gelo na estrada, adotando uma condu&amp;ccedil;&amp;atilde;o defensiva.&lt;/li&gt; &lt;li&gt;Estar atento &amp;agrave;s informa&amp;ccedil;&amp;otilde;es da meteorologia e &amp;agrave;s indica&amp;ccedil;&amp;otilde;es da Prote&amp;ccedil;&amp;atilde;o Civil e For&amp;ccedil;as de Seguran&amp;ccedil;a.&lt;/li&gt; &lt;li&gt;Mantenha-se sempre informado atrav&amp;eacute;s da nossa p&amp;aacute;gina e siga os conselhos e recomenda&amp;ccedil;&amp;otilde;es das autoridades.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Em caso de necessidade, &lt;strong&gt;LIGUE DE IMEDIATO 112&lt;/strong&gt; ou os &lt;strong&gt;BOMBEIROS 232 981 325 &lt;/strong&gt;(Chamada para rede fixa Nacional)&lt;/p&gt; &lt;p&gt;&lt;strong&gt;A PROTE&amp;Ccedil;&amp;Atilde;O CIVIL SOMOS TODOS N&amp;Oacute;S&lt;/strong&gt;&lt;/p&gt; &lt;p&gt;&lt;strong&gt;&amp;nbsp;&lt;/strong&gt;&lt;/p&gt; &lt;div&gt; &lt;ul&gt; &lt;li&gt; &lt;div&gt;AVISO LARANJA 27 JANEIRO 2026&amp;nbsp;&lt;/div&gt; &lt;/li&gt; &lt;/ul&gt; &lt;/div&gt; &lt;p&gt;&lt;strong&gt;&amp;nbsp;&lt;/strong&gt;&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>https://www.buysatao.pt/files/images/blog/aviso_vermelho_27jan2026_1_150_150.jpg</t>
+  </si>
+  <si>
+    <t>Aviso Meteorológico - Atualização para Aviso Vermelho</t>
+  </si>
+  <si>
+    <t>AVISO VERMELHO VENTO: Entre as 05h00 e as 09h00U de 28 de janeiro de 2026, Rajadas da ordem de 140 km/h.</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;&lt;strong&gt;AVISO VERMELHO&lt;/strong&gt;&lt;/p&gt; &lt;p&gt;VENTO: Entre as 05h00 e as 09h00U de 28 de janeiro de 2026, Rajadas da ordem de 140 km/h.&lt;/p&gt; &lt;p&gt;&lt;strong&gt;AVISO LARANJA&lt;/strong&gt;&lt;/p&gt; &lt;p&gt;VENTO: Entre as 00H00 e as 05H00 de 28 de janeiro de 2026, Rajadas da ordem de 100 km/h, sendo at&amp;eacute; 120 km/h nas serras.&lt;/p&gt; &lt;p&gt;QUEDA DE NEVE: Entre as 12h00 de 27 de janeiro e as 06h00 de 28 de janeiro de 2026, Queda de neve acima de 800 m, com acumula&amp;ccedil;&amp;atilde;o at&amp;eacute; 10 cm, que poder&amp;aacute; ser de 20 cm acima de 1000 m.&lt;/p&gt; &lt;p&gt;&lt;strong&gt;AVISO AMARELO&lt;/strong&gt;&lt;/p&gt; &lt;p&gt;PRECIPITA&amp;Ccedil;&amp;Atilde;O: Entre as 03h00 e as 09h00 de 28 de janeiro de 2026, Precipita&amp;ccedil;&amp;atilde;o por vezes forte.&lt;/p&gt; &lt;p&gt;VENTO: Entre as 10h09 e as 15h00 de 27 de janeiro de 2026, Rajadas at&amp;eacute; 80 km/h, sendo at&amp;eacute; 100 km/h nas terras altas&lt;/p&gt; &lt;p&gt;O Servi&amp;ccedil;o Municipal de Prote&amp;ccedil;&amp;atilde;o Civil de S&amp;aacute;t&amp;atilde;o (SMPC) recomenda &amp;agrave; popula&amp;ccedil;&amp;atilde;o que tome as medidas de preven&amp;ccedil;&amp;atilde;o e autoprote&amp;ccedil;&amp;atilde;o necess&amp;aacute;rias, nomeadamente:&lt;/p&gt; &lt;ul&gt; &lt;li&gt;&amp;nbsp;Garantir especial cuidado na circula&amp;ccedil;&amp;atilde;o e perman&amp;ecirc;ncia junto a &amp;aacute;reas arborizadas, mantendo aten&amp;ccedil;&amp;atilde;o &amp;agrave; possibilidade de queda de ramos e &amp;aacute;rvores;&lt;/li&gt; &lt;li&gt;&amp;nbsp;Adotar uma condu&amp;ccedil;&amp;atilde;o defensiva, reduzindo a velocidade e tendo especial cuidado com a poss&amp;iacute;vel forma&amp;ccedil;&amp;atilde;o de len&amp;ccedil;&amp;oacute;is de &amp;aacute;gua e a exist&amp;ecirc;ncia de zonas de fraca visibilidade;&lt;/li&gt; &lt;li&gt;&amp;nbsp;Garantir adequada fixa&amp;ccedil;&amp;atilde;o de estruturas, nomeadamente andaimes, placards e outras estruturas suspensas;&lt;/li&gt; &lt;li&gt;&amp;nbsp;Garantir a desobstru&amp;ccedil;&amp;atilde;o dos sistemas de escoamento das &amp;aacute;guas pluviais e retirada de inertes e outros objetos que possam ser arrastados ou criem obst&amp;aacute;culos ao livre escoamento das &amp;aacute;guas;&lt;/li&gt; &lt;li&gt;&amp;nbsp;N&amp;atilde;o atravessar zonas inundadas, de modo a precaver o arrastamento de pessoas ou viaturas para buracos no pavimento ou caixas de esgoto abertas;&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Mantenha-se sempre informado atrav&amp;eacute;s da nossa p&amp;aacute;gina e siga os conselhos e recomenda&amp;ccedil;&amp;otilde;es das autoridades.&lt;/p&gt; &lt;p&gt;Em caso de necessidade, &lt;strong&gt;LIGUE DE IMEDIATO 112&lt;/strong&gt; ou os &lt;strong&gt;BOMBEIROS 232 981 325&amp;nbsp;&lt;/strong&gt;(Chamada para rede fixa Nacional)&lt;/p&gt; &lt;p&gt;&lt;strong&gt;A PROTE&amp;Ccedil;&amp;Atilde;O CIVIL SOMOS TODOS N&amp;Oacute;S&lt;/strong&gt;&lt;/p&gt; &lt;p&gt;&lt;strong&gt;&amp;nbsp;&lt;/strong&gt;&lt;/p&gt; &lt;div&gt; &lt;ul&gt; &lt;li&gt; &lt;div&gt; &lt;p&gt;AVISO VERMELHO 27JAN2026&lt;/p&gt; &amp;nbsp;&lt;/div&gt; &lt;/li&gt; &lt;/ul&gt; &lt;/div&gt; &lt;p&gt;&lt;strong&gt;&amp;nbsp;&lt;/strong&gt;&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>2026-01-26</t>
+  </si>
+  <si>
+    <t>https://www.buysatao.pt/files/images/blog/1000013011_1_150_150.jpg</t>
+  </si>
+  <si>
+    <t>Espetáculo “Perdição”, do Grupo OFF apresentado em Sátão</t>
+  </si>
+  <si>
+    <t>No dia 23 de janeiro de 2026, O Município de Sátão promoveu o espetáculo "Perdição", a partir da obra de Camilo Castelo Branco "Amor de Perdição" - AFTA, Grupo OFF, com encenação de Florbela Sá Cunha.</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;No dia 23 de janeiro de 2026, O Munic&amp;iacute;pio de S&amp;aacute;t&amp;atilde;o promoveu o espet&amp;aacute;culo "Perdi&amp;ccedil;&amp;atilde;o", a partir da obra de Camilo Castelo Branco "Amor de Perdi&amp;ccedil;&amp;atilde;o" - AFTA, Grupo OFF, com encena&amp;ccedil;&amp;atilde;o de Florbela S&amp;aacute; Cunha. Este espet&amp;aacute;culo foi apresentado de manh&amp;atilde;, aos alunos do 11.&amp;ordm; e 12.&amp;ordm; anos da Escola Secund&amp;aacute;ria de S&amp;aacute;t&amp;atilde;o, bem como a toda a popula&amp;ccedil;&amp;atilde;o, &amp;agrave; noite.&lt;/p&gt; &lt;p&gt;Esta foi uma proposta art&amp;iacute;stica que revisita um dos maiores cl&amp;aacute;ssicos da literatura portuguesa, explorando de forma intensa os temas do amor, do destino e da trag&amp;eacute;dia. Esta iniciativa foi marcada pela emo&amp;ccedil;&amp;atilde;o e pela for&amp;ccedil;a dram&amp;aacute;tica de uma hist&amp;oacute;ria intemporal. O Munic&amp;iacute;pio de S&amp;aacute;t&amp;atilde;o, atrav&amp;eacute;s do Pelouro da Cultura, reafirma o seu compromisso com a democratiza&amp;ccedil;&amp;atilde;o do acesso &amp;agrave; cultura, proporcionando a todos os satenses a oportunidade de assistir a pe&amp;ccedil;as de teatro de reconhecido prest&amp;iacute;gio no panorama art&amp;iacute;stico regional e nacional.&lt;/p&gt; &lt;p&gt;&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>https://www.buysatao.pt/files/images/blog/26jan2026__1_150_150.jpg</t>
+  </si>
+  <si>
+    <t>Aviso Meteorológico - Ocorrência de precipitação, vento e neve</t>
+  </si>
+  <si>
+    <t>O Serviço Municipal de Proteção Civil de Sátão (SMPC) recomenda à população que tome as medidas de prevenção e autoproteção necessárias, nomeadamente: -Garantir especial cuidado na circulação e permanência junto a áreas arborizadas, mantendo atenção à possibilidade de queda de ramos e árvores; -Adotar uma condução defensiva, reduzindo a velocidade e tendo especial cuidado com a possível formação de gelo e neve nas vias rodoviárias e zonas de fraca visibilidade; -Evitar a circulação em vias afetadas pela acumulação de neve e quando isso não for possível, adotar as seguintes medidas: o Verificação do estado dos pneus e respetivas pressões; o Transporte e colocação das correntes de neve nos veículos; o Nos veículos elétricos, deve ser verificada a carga da bateria e analisada a existência de postos de carregamento no seu itinerário; o Garantir que os sistemas de aquecimento dos veículos se encontram em bom estado de funcionamento; -Garantir adequada fixação de estruturas, nomeadamente andaimes, placards e outras estruturas suspensas; -Garantir a desobstrução dos sistemas de escoamento das águas pluviais e retirada de inertes e outros objetos que possam ser arrastados ou criem obstáculos ao livre escoamento das águas; Recomenda-se ainda: Se utilizar lareiras, braseiras, salamandras ou equipamentos a gás mantenha a correta ventilação das divisões de forma a evitar a acumulação de gases nocivos à saúde; Evitar o uso de dispositivos de aquecimento durante o sono, desligando sempre quaisquer aparelhos antes de se deitar; Ter atenção à condução em locais onde se forme neve e gelo na estrada, adotando uma condução defensiva.</t>
+  </si>
+  <si>
+    <t>&lt;div&gt; &lt;div&gt; &lt;p&gt;O Servi&amp;ccedil;o Municipal de Prote&amp;ccedil;&amp;atilde;o Civil de S&amp;aacute;t&amp;atilde;o (SMPC) recomenda &amp;agrave; popula&amp;ccedil;&amp;atilde;o que tome as medidas de preven&amp;ccedil;&amp;atilde;o e autoprote&amp;ccedil;&amp;atilde;o necess&amp;aacute;rias, nomeadamente:&lt;/p&gt; &lt;p&gt;-Garantir especial cuidado na circula&amp;ccedil;&amp;atilde;o e perman&amp;ecirc;ncia junto a &amp;aacute;reas arborizadas, mantendo aten&amp;ccedil;&amp;atilde;o &amp;agrave; possibilidade de queda de ramos e &amp;aacute;rvores;&lt;/p&gt; &lt;p&gt;-Adotar uma condu&amp;ccedil;&amp;atilde;o defensiva, reduzindo a velocidade e tendo especial cuidado com a poss&amp;iacute;vel forma&amp;ccedil;&amp;atilde;o de gelo e neve nas vias rodovi&amp;aacute;rias e zonas de fraca visibilidade;&lt;/p&gt; &lt;p&gt;-Evitar a circula&amp;ccedil;&amp;atilde;o em vias afetadas pela acumula&amp;ccedil;&amp;atilde;o de neve e quando isso n&amp;atilde;o for poss&amp;iacute;vel, adotar as seguintes medidas:&lt;/p&gt; &lt;p&gt;o Verifica&amp;ccedil;&amp;atilde;o do estado dos pneus e respetivas press&amp;otilde;es;&lt;/p&gt; &lt;p&gt;o Transporte e coloca&amp;ccedil;&amp;atilde;o das correntes de neve nos ve&amp;iacute;culos;&lt;/p&gt; &lt;p&gt;o Nos ve&amp;iacute;culos el&amp;eacute;tricos, deve ser verificada a carga da bateria e analisada a exist&amp;ecirc;ncia de postos de carregamento no seu itiner&amp;aacute;rio;&lt;/p&gt; &lt;p&gt;o Garantir que os sistemas de aquecimento dos ve&amp;iacute;culos se encontram em bom estado de funcionamento;&lt;/p&gt; &lt;p&gt;-Garantir adequada fixa&amp;ccedil;&amp;atilde;o de estruturas, nomeadamente andaimes, placards e outras estruturas suspensas;&lt;/p&gt; &lt;p&gt;-Garantir a desobstru&amp;ccedil;&amp;atilde;o dos sistemas de escoamento das &amp;aacute;guas pluviais e retirada de inertes e outros objetos que possam ser arrastados ou criem obst&amp;aacute;culos ao livre escoamento das &amp;aacute;guas;&lt;/p&gt; &lt;p&gt;Recomenda-se ainda:&lt;/p&gt; &lt;p&gt;Se utilizar lareiras, braseiras, salamandras ou equipamentos a g&amp;aacute;s mantenha a correta ventila&amp;ccedil;&amp;atilde;o das divis&amp;otilde;es de forma a evitar a acumula&amp;ccedil;&amp;atilde;o de gases nocivos &amp;agrave; sa&amp;uacute;de;&lt;/p&gt; &lt;p&gt;Evitar o uso de dispositivos de aquecimento durante o sono, desligando sempre quaisquer aparelhos antes de se deitar;&lt;/p&gt; &lt;p&gt;Ter aten&amp;ccedil;&amp;atilde;o &amp;agrave; condu&amp;ccedil;&amp;atilde;o em locais onde se forme neve e gelo na estrada, adotando uma condu&amp;ccedil;&amp;atilde;o defensiva.&lt;/p&gt; &lt;p&gt;Estar atento &amp;agrave;s informa&amp;ccedil;&amp;otilde;es da meteorologia e &amp;agrave;s indica&amp;ccedil;&amp;otilde;es da Prote&amp;ccedil;&amp;atilde;o Civil e For&amp;ccedil;as de Seguran&amp;ccedil;a.&lt;/p&gt; &lt;p&gt;Mantenha-se sempre informado atrav&amp;eacute;s da nossa p&amp;aacute;gina e siga os conselhos e recomenda&amp;ccedil;&amp;otilde;es das autoridades.&lt;/p&gt; &lt;p&gt;Em caso de necessidade, LIGUE DE IMEDIATO 112 ou os BOMBEIROS 232 981 325*&lt;/p&gt; &lt;p&gt;*Chamada para rede fixa Nacional&lt;/p&gt; &lt;p&gt;A PROTE&amp;Ccedil;&amp;Atilde;O CIVIL SOMOS TODOS N&amp;Oacute;S&lt;/p&gt; &lt;/div&gt; &lt;ul&gt; &lt;li&gt; &lt;div&gt; &lt;p&gt;Aviso Amarelo - 26 de janeiro de 2026&lt;/p&gt; &amp;nbsp; &lt;p&gt;&lt;/p&gt; &lt;/div&gt; &lt;/li&gt; &lt;/ul&gt; &lt;/div&gt;</t>
+  </si>
+  <si>
+    <t>Edital n.º 1/2026, relativo às ações de limpeza, desobstrução e manutenção de linhas de água</t>
+  </si>
+  <si>
+    <t>O Município informa que se encontra em vigor o Edital n.º 1/2026, relativo às ações de limpeza, desobstrução e manutenção de linhas de água, com o objetivo de assegurar o regular escoamento das águas, prevenir cheias e salvaguardar pessoas, bens e o meio ambiente.</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;O Munic&amp;iacute;pio informa que se encontra em vigor o Edital n.&amp;ordm; 1/2026, relativo &amp;agrave;s a&amp;ccedil;&amp;otilde;es de limpeza, desobstru&amp;ccedil;&amp;atilde;o e manuten&amp;ccedil;&amp;atilde;o de linhas de &amp;aacute;gua, com o objetivo de assegurar o regular escoamento das &amp;aacute;guas, prevenir cheias e salvaguardar pessoas, bens e o meio ambiente.&lt;/p&gt;
+&lt;p&gt;Estas interven&amp;ccedil;&amp;otilde;es enquadram-se nas medidas de preven&amp;ccedil;&amp;atilde;o e redu&amp;ccedil;&amp;atilde;o de riscos associados a fen&amp;oacute;menos hidrol&amp;oacute;gicos extremos, sendo fundamental a colabora&amp;ccedil;&amp;atilde;o de todos os propriet&amp;aacute;rios, arrendat&amp;aacute;rios ou usufrutu&amp;aacute;rios de terrenos confinantes com linhas de &amp;aacute;gua, no cumprimento das obriga&amp;ccedil;&amp;otilde;es legais previstas.&lt;/p&gt;
+&lt;p&gt;O edital estabelece as normas, prazos e responsabilidades aplic&amp;aacute;veis, apelando-se ao cumprimento das mesmas, de forma a contribuir para a seguran&amp;ccedil;a coletiva e para a preserva&amp;ccedil;&amp;atilde;o dos recursos naturais do concelho.&lt;/p&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;&lt;a href="https://www.cm-satao.pt/cmsatao/uploads/writer_file/document/860/edital_n_o1_2026.pdf" target="_blank" data-smiledocument="smiledocument" target="_blank"&gt;Edital N_&amp;ordm;1_2026&lt;/a&gt;&lt;/p&gt;
+&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;&lt;a href="https://www.cm-satao.pt/cmsatao/uploads/writer_file/document/861/folheto_tecnico_normas_limpeza_linhas_de_agua_aprovado_a3_arhcentro.pdf" target="_blank" data-smiledocument="smiledocument" target="_blank"&gt;Folheto_Tecnico_Normas Limpeza Linhas de &amp;Aacute;gua_Aprovado_A3_ARHCentro&lt;/a&gt;&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>2026-01-22</t>
+  </si>
+  <si>
+    <t>https://www.buysatao.pt/files/images/blog/2_1_2500_2500.png</t>
+  </si>
+  <si>
+    <t>Aviso Vermelho - queda de neve</t>
+  </si>
+  <si>
+    <t>O Serviço Municipal de Proteção Civil de Sátão (SMPC) recomenda à população que tome as medidas de prevenção e autoproteção necessárias, nomeadamente: - Garantir especial cuidado na circulação e permanência junto a áreas arborizadas, mantendo atenção à possibilidade de queda de ramos e árvores; - Adotar uma condução defensiva, reduzindo a velocidade e tendo especial cuidado com a possível formação de gelo e neve nas vias rodoviárias e zonas de fraca visibilidade; - Evitar a circulação em vias afetadas pela acumulação de neve e quando isso não for possível, adotar as seguintes medidas: o Verificação do estado dos pneus e respetivas pressões; o Transporte e colocação das correntes de neve nos veículos; o Nos veículos elétricos, deve ser verificada a carga da bateria e analisada a existência de postos de carregamento no seu itinerário; o Garantir que os sistemas de aquecimento dos veículos se encontram em bom estado de funcionamento; - Garantir adequada fixação de estruturas, nomeadamente andaimes, placards e outras estruturas suspensas; - Garantir a desobstrução dos sistemas de escoamento das águas pluviais e retirada de inertes e outros objetos que possam ser arrastados ou criem obstáculos ao livre escoamento das águas; Recomenda-se ainda: - Se utilizar lareiras, braseiras, salamandras ou equipamentos a gás mantenha a correta ventilação das divisões de forma a evitar a acumulação de gases nocivos à saúde; - Evitar o uso de dispositivos de aquecimento durante o sono, desligando sempre quaisquer aparelhos antes de se deitar; - Ter atenção à condução em locais onde se forme neve e gelo na estrada, adotando uma condução defensiva. - Estar atento às informações da meteorologia e às indicações da Proteção Civil e Forças de Segurança. - Mantenha-se sempre informado através da nossa página e siga os conselhos e recomendações das autoridades.</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;O Servi&amp;ccedil;o Municipal de Prote&amp;ccedil;&amp;atilde;o Civil de S&amp;aacute;t&amp;atilde;o (SMPC) recomenda &amp;agrave; popula&amp;ccedil;&amp;atilde;o que tome as medidas de preven&amp;ccedil;&amp;atilde;o e autoprote&amp;ccedil;&amp;atilde;o necess&amp;aacute;rias, nomeadamente:&lt;/p&gt;
+&lt;p&gt;- Garantir especial cuidado na circula&amp;ccedil;&amp;atilde;o e perman&amp;ecirc;ncia junto a &amp;aacute;reas arborizadas, mantendo aten&amp;ccedil;&amp;atilde;o &amp;agrave; possibilidade de queda de ramos e &amp;aacute;rvores;&lt;/p&gt;
+&lt;p&gt;- Adotar uma condu&amp;ccedil;&amp;atilde;o defensiva, reduzindo a velocidade e tendo especial cuidado com a poss&amp;iacute;vel forma&amp;ccedil;&amp;atilde;o de gelo e neve nas vias rodovi&amp;aacute;rias e zonas de fraca visibilidade;&lt;/p&gt;
+&lt;p&gt;- Evitar a circula&amp;ccedil;&amp;atilde;o em vias afetadas pela acumula&amp;ccedil;&amp;atilde;o de neve e quando isso n&amp;atilde;o for poss&amp;iacute;vel, adotar as seguintes medidas:&lt;/p&gt;
+&lt;p&gt;o Verifica&amp;ccedil;&amp;atilde;o do estado dos pneus e respetivas press&amp;otilde;es;&lt;/p&gt;
+&lt;p&gt;o Transporte e coloca&amp;ccedil;&amp;atilde;o das correntes de neve nos ve&amp;iacute;culos;&lt;/p&gt;
+&lt;p&gt;o Nos ve&amp;iacute;culos el&amp;eacute;tricos, deve ser verificada a carga da bateria e analisada a exist&amp;ecirc;ncia de postos de carregamento no seu itiner&amp;aacute;rio;&lt;/p&gt;
+&lt;p&gt;o Garantir que os sistemas de aquecimento dos ve&amp;iacute;culos se encontram em bom estado de funcionamento;&lt;/p&gt;
+&lt;p&gt;- Garantir adequada fixa&amp;ccedil;&amp;atilde;o de estruturas, nomeadamente andaimes, placards e outras estruturas suspensas;&lt;/p&gt;
+&lt;p&gt;- Garantir a desobstru&amp;ccedil;&amp;atilde;o dos sistemas de escoamento das &amp;aacute;guas pluviais e retirada de inertes e outros objetos que possam ser arrastados ou criem obst&amp;aacute;culos ao livre escoamento das &amp;aacute;guas;&lt;/p&gt;
+&lt;p&gt;Recomenda-se ainda:&lt;/p&gt;
+&lt;p&gt;- Se utilizar lareiras, braseiras, salamandras ou equipamentos a g&amp;aacute;s mantenha a correta ventila&amp;ccedil;&amp;atilde;o das divis&amp;otilde;es de forma a evitar a acumula&amp;ccedil;&amp;atilde;o de gases nocivos &amp;agrave; sa&amp;uacute;de;&lt;/p&gt;
+&lt;p&gt;- Evitar o uso de dispositivos de aquecimento durante o sono, desligando sempre quaisquer aparelhos antes de se deitar;&lt;/p&gt;
+&lt;p&gt;- Ter aten&amp;ccedil;&amp;atilde;o &amp;agrave; condu&amp;ccedil;&amp;atilde;o em locais onde se forme neve e gelo na estrada, adotando uma condu&amp;ccedil;&amp;atilde;o defensiva.&lt;/p&gt;
+&lt;p&gt;- Estar atento &amp;agrave;s informa&amp;ccedil;&amp;otilde;es da meteorologia e &amp;agrave;s indica&amp;ccedil;&amp;otilde;es da Prote&amp;ccedil;&amp;atilde;o Civil e For&amp;ccedil;as de Seguran&amp;ccedil;a.&lt;/p&gt;
+&lt;p&gt;- Mantenha-se sempre informado atrav&amp;eacute;s da nossa p&amp;aacute;gina e siga os conselhos e recomenda&amp;ccedil;&amp;otilde;es das autoridades.&lt;/p&gt;
+&lt;p&gt;Em caso de necessidade, LIGUE DE IMEDIATO 112 ou os BOMBEIROS 232 981 325 (Chamada para rede fixa Nacional)&lt;/p&gt;
+&lt;p&gt;A PROTE&amp;Ccedil;&amp;Atilde;O CIVIL SOMOS TODOS N&amp;Oacute;S!&lt;/p&gt;&lt;a href="https://www.cm-satao.pt/ficha-tecnica/rss-feed/noticia/aviso-vermelho-queda-de-neve" target="_blank"&gt;&lt;img src="https://www.cm-satao.pt/cmsatao/uploads/news/image/451/2.png"&gt;&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>2026-01-21</t>
+  </si>
+  <si>
+    <t>https://www.buysatao.pt/files/images/blog/aviso_laranja__2__1_150_150.jpg</t>
+  </si>
+  <si>
+    <t>Aviso Laranja - Queda de Neve</t>
+  </si>
+  <si>
+    <t>&lt;div&gt; &lt;p&gt;O Servi&amp;ccedil;o Municipal de Prote&amp;ccedil;&amp;atilde;o Civil de S&amp;aacute;t&amp;atilde;o (SMPC) recomenda &amp;agrave; popula&amp;ccedil;&amp;atilde;o que tome as medidas de preven&amp;ccedil;&amp;atilde;o e autoprote&amp;ccedil;&amp;atilde;o necess&amp;aacute;rias, nomeadamente:&lt;/p&gt; &lt;p&gt;- Garantir especial cuidado na circula&amp;ccedil;&amp;atilde;o e perman&amp;ecirc;ncia junto a &amp;aacute;reas arborizadas, mantendo aten&amp;ccedil;&amp;atilde;o &amp;agrave; possibilidade de queda de ramos e &amp;aacute;rvores;&lt;/p&gt; &lt;p&gt;- Adotar uma condu&amp;ccedil;&amp;atilde;o defensiva, reduzindo a velocidade e tendo especial cuidado com a poss&amp;iacute;vel forma&amp;ccedil;&amp;atilde;o de gelo e neve nas vias rodovi&amp;aacute;rias e zonas de fraca visibilidade;&lt;/p&gt; &lt;p&gt;- Evitar a circula&amp;ccedil;&amp;atilde;o em vias afetadas pela acumula&amp;ccedil;&amp;atilde;o de neve e quando isso n&amp;atilde;o for poss&amp;iacute;vel, adotar as seguintes medidas:&lt;/p&gt; &lt;p&gt;o Verifica&amp;ccedil;&amp;atilde;o do estado dos pneus e respetivas press&amp;otilde;es;&lt;/p&gt; &lt;p&gt;o Transporte e coloca&amp;ccedil;&amp;atilde;o das correntes de neve nos ve&amp;iacute;culos;&lt;/p&gt; &lt;p&gt;o Nos ve&amp;iacute;culos el&amp;eacute;tricos, deve ser verificada a carga da bateria e analisada a exist&amp;ecirc;ncia de postos de carregamento no seu itiner&amp;aacute;rio;&lt;/p&gt; &lt;p&gt;o Garantir que os sistemas de aquecimento dos ve&amp;iacute;culos se encontram em bom estado de funcionamento;&lt;/p&gt; &lt;p&gt;- Garantir adequada fixa&amp;ccedil;&amp;atilde;o de estruturas, nomeadamente andaimes, placards e outras estruturas suspensas;&lt;/p&gt; &lt;p&gt;- Garantir a desobstru&amp;ccedil;&amp;atilde;o dos sistemas de escoamento das &amp;aacute;guas pluviais e retirada de inertes e outros objetos que possam ser arrastados ou criem obst&amp;aacute;culos ao livre escoamento das &amp;aacute;guas;&lt;/p&gt; &lt;p&gt;Recomenda-se ainda:&lt;/p&gt; &lt;p&gt;- Se utilizar lareiras, braseiras, salamandras ou equipamentos a g&amp;aacute;s mantenha a correta ventila&amp;ccedil;&amp;atilde;o das divis&amp;otilde;es de forma a evitar a acumula&amp;ccedil;&amp;atilde;o de gases nocivos &amp;agrave; sa&amp;uacute;de;&lt;/p&gt; &lt;p&gt;- Evitar o uso de dispositivos de aquecimento durante o sono, desligando sempre quaisquer aparelhos antes de se deitar;&lt;/p&gt; &lt;p&gt;- Ter aten&amp;ccedil;&amp;atilde;o &amp;agrave; condu&amp;ccedil;&amp;atilde;o em locais onde se forme neve e gelo na estrada, adotando uma condu&amp;ccedil;&amp;atilde;o defensiva.&lt;/p&gt; &lt;p&gt;- Estar atento &amp;agrave;s informa&amp;ccedil;&amp;otilde;es da meteorologia e &amp;agrave;s indica&amp;ccedil;&amp;otilde;es da Prote&amp;ccedil;&amp;atilde;o Civil e For&amp;ccedil;as de Seguran&amp;ccedil;a.&lt;/p&gt; &lt;p&gt;- Mantenha-se sempre informado atrav&amp;eacute;s da nossa p&amp;aacute;gina e siga os conselhos e recomenda&amp;ccedil;&amp;otilde;es das autoridades.&lt;/p&gt; &lt;p&gt;Em caso de necessidade, LIGUE DE IMEDIATO 112 ou os BOMBEIROS 232 981 325 (Chamada para rede fixa Nacional)&lt;/p&gt; &lt;p&gt;A PROTE&amp;Ccedil;&amp;Atilde;O CIVIL SOMOS TODOS N&amp;Oacute;S&lt;/p&gt; &lt;/div&gt; &lt;p&gt;&lt;/p&gt; &lt;p&gt;&lt;strong&gt;&amp;nbsp;&lt;/strong&gt;&lt;/p&gt; &lt;div&gt; &lt;ul&gt; &lt;li&gt; &lt;div&gt; &lt;p&gt;&lt;/p&gt; &amp;nbsp;&lt;/div&gt; &lt;/li&gt; &lt;/ul&gt; &lt;/div&gt; &lt;p&gt;&lt;strong&gt;&amp;nbsp;&lt;/strong&gt;&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>2026-01-20</t>
+  </si>
+  <si>
+    <t>https://www.buysatao.pt/files/images/blog/dsc08673_1_150_150.jpg</t>
+  </si>
+  <si>
+    <t>Inauguração do Museu de Pintura Naïf e do Restauro da Capela Mor de São Saturnino em Sátão</t>
+  </si>
+  <si>
+    <t>O dia 19 de janeiro de 2026 vai ficar na memória dos satenses, mas principalmente na dos habitantes da localidade das Pedrosas.</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;O dia 19 de janeiro de 2026 vai ficar na mem&amp;oacute;ria dos satenses, mas principalmente na dos habitantes da localidade das Pedrosas. Emo&amp;ccedil;&amp;atilde;o, cultura e arte andaram de m&amp;atilde;os dadas neste dia em que foi inaugurado o Museu de Pintura Na&amp;iuml;f (doa&amp;ccedil;&amp;atilde;o da casa do s&amp;eacute;culo XVIII e da cole&amp;ccedil;&amp;atilde;o de obras de arte na&amp;iuml;f por parte de Herm&amp;iacute;nio Ferreira) e o Restauro da Capela Mor de S&amp;atilde;o Saturnino.&lt;/p&gt; &lt;p&gt;A cerim&amp;oacute;nia teve a presen&amp;ccedil;a da Ministra da Cultura, Juventude e Desporto, Margarida Balseiro Lopes e demais entidades civis, militares, religiosas, comunica&amp;ccedil;&amp;atilde;o social, al&amp;eacute;m de uma moldura humana das Pedrosas e do concelho de S&amp;aacute;t&amp;atilde;o.&lt;/p&gt; &lt;p&gt;Este evento iniciou com o descerrar da placa inaugural do Museu de Pintura Na&amp;iuml;f, seguido da atua&amp;ccedil;&amp;atilde;o do grupo musical Zaatam. Depois dos discursos pr&amp;oacute;prios da ocasi&amp;atilde;o, foi realizada uma visita guiada ao Museu.&lt;/p&gt; &lt;p&gt;Seguiu-se a inaugura&amp;ccedil;&amp;atilde;o do Restauro da Capela Mor de S&amp;atilde;o Saturnino, com a atua&amp;ccedil;&amp;atilde;o do Grupo Coral das Pedrosas. Depois dos discursos do Presidente da C&amp;acirc;mara Municipal de S&amp;aacute;t&amp;atilde;o, Alexandre Vaz e do Bispo de Viseu, D. Ant&amp;oacute;nio Luciano, foi tamb&amp;eacute;m realizada uma apresenta&amp;ccedil;&amp;atilde;o, por parte de Ana Bidarra, das obras realizadas.&lt;/p&gt; &lt;p&gt;O Museu de Pintura Na&amp;iuml;f abre ao p&amp;uacute;blico no dia 22 de janeiro e ter&amp;aacute; o seguinte hor&amp;aacute;rio de funcionamento: quinta e sexta-feira das 09h00 &amp;agrave;s 13h00 e das 14h00 &amp;agrave;s 17h00, s&amp;aacute;bado e domingo das 14h00 &amp;agrave;s 17h00.&lt;/p&gt; &lt;p&gt;&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>2026-01-19</t>
+  </si>
+  <si>
+    <t>https://www.buysatao.pt/files/images/blog/posts_post_1_1_150_150.jpg</t>
+  </si>
+  <si>
+    <t>Campanha de Bioresíduos “Sou Resto mas ainda Presto”</t>
+  </si>
+  <si>
+    <t>Os biorresíduos representam cerca de 40% do lixo produzido.</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;Os biorres&amp;iacute;duos representam cerca de 40% do lixo produzido. Sendo estes res&amp;iacute;duos org&amp;acirc;nicos que ainda cont&amp;ecirc;m nutrientes e energia que podem ser aproveitados, estes devem ser separados.&lt;/p&gt; &lt;p&gt;A correta separa&amp;ccedil;&amp;atilde;o de biorres&amp;iacute;duos permite a sua transforma&amp;ccedil;&amp;atilde;o num composto org&amp;acirc;nico rico em nutrientes para fertilizar o solo, reduzindo a quantidade de res&amp;iacute;duos em aterros e promovendo uma menor emiss&amp;atilde;o de gases de efeito estufa e menor produ&amp;ccedil;&amp;atilde;o de odores nos contentores.&lt;/p&gt; &lt;p&gt;&lt;strong&gt;Quem ir&amp;aacute; separar biorres&amp;iacute;duos?&lt;/strong&gt;&lt;/p&gt; &lt;p&gt;Conhecidos como/por Conhecido pela Arte de Bem Receber, S&amp;aacute;t&amp;atilde;o &amp;eacute; um destino que une natureza, hist&amp;oacute;ria e tradi&amp;ccedil;&amp;atilde;o e um patrim&amp;oacute;nio cultural e religioso deslumbrantes.&lt;/p&gt; &lt;p&gt;Com a hospitalidade das gentes de S&amp;aacute;t&amp;atilde;o aliada ao turismo religioso, gastron&amp;oacute;mico, natural e agora tamb&amp;eacute;m turismo desportivo, que tem vindo a aumentar devido &amp;agrave; crescente preocupa&amp;ccedil;&amp;atilde;o em conservar a natureza e em proporcionar desportos que atraiam cada vez mais pessoas, o Munic&amp;iacute;pio de S&amp;aacute;t&amp;atilde;o conta com 11.138 habitantes. Ser&amp;atilde;o disponibilizados 32 contentores para caf&amp;eacute;s, cantinas e restaurantes do Concelho, de forma a promover a separa&amp;ccedil;&amp;atilde;o e recolha de biorres&amp;iacute;duos n&amp;atilde;o dom&amp;eacute;sticos.&lt;/p&gt; &lt;p&gt;&lt;strong&gt;Como se ir&amp;aacute; processar a recolha?&lt;/strong&gt;&lt;/p&gt; &lt;p&gt;Os biorres&amp;iacute;duos ser&amp;atilde;o depositados em contentores pr&amp;oacute;prios, fornecidos pela C&amp;acirc;mara Municipal, e, em dias espec&amp;iacute;ficos, ser&amp;aacute; realizada a recolha dos res&amp;iacute;duos org&amp;acirc;nicos para que estes sejam alvo de tratamento adequado.&lt;/p&gt; &lt;p&gt;A recolha de biorres&amp;iacute;duos em caf&amp;eacute;s, cantinas, restaurantes e IPSS promove uma economia circular!&lt;/p&gt; &lt;p&gt;&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>2026-01-16</t>
+  </si>
+  <si>
+    <t>https://www.buysatao.pt/files/images/blog/616107617_1322861446537578_2980568123817220194_n_1_150_150.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Vencedores do concurso "Natal no Comércio Local - Ofereça Sátão</t>
+  </si>
+  <si>
+    <t>No âmbito do concurso “Natal no Comércio Local – Ofereça Sátão”, são divulgados os cupões premiados e suplentes do sorteio realizado no dia 16 de janeiro de 2026, no átrio da Câmara Municipal de Sátão.</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;No &amp;acirc;mbito do concurso &amp;ldquo;Natal no Com&amp;eacute;rcio Local &amp;ndash; Ofere&amp;ccedil;a S&amp;aacute;t&amp;atilde;o&amp;rdquo;, s&amp;atilde;o divulgados os cup&amp;otilde;es premiados e suplentes do sorteio realizado no dia 16 de janeiro de 2026, no &amp;aacute;trio da C&amp;acirc;mara Municipal de S&amp;aacute;t&amp;atilde;o.&lt;/p&gt; &lt;p&gt;Os vencedores ser&amp;atilde;o contactados atrav&amp;eacute;s dos dados fornecidos no cup&amp;atilde;o e dever&amp;atilde;o reclamar os pr&amp;eacute;mios at&amp;eacute; ao dia 31 de janeiro de 2026, no Gabinete de Atendimento ao Mun&amp;iacute;cipe.&lt;/p&gt; &lt;p&gt;O levantamento dos pr&amp;eacute;mios est&amp;aacute; condicionado &amp;agrave; apresenta&amp;ccedil;&amp;atilde;o de um documento de identifica&amp;ccedil;&amp;atilde;o v&amp;aacute;lido e do tal&amp;atilde;o de compra associado ao cup&amp;atilde;o sorteado, conforme indicado no regulamento do concurso, dispon&amp;iacute;vel em www.cm-satao.pt.&lt;/p&gt; &lt;p&gt;Os pr&amp;eacute;mios atribu&amp;iacute;dos dever&amp;atilde;o ser utilizados at&amp;eacute; ao dia 31 de agosto de 2026 nos estabelecimentos comerciais aderentes. Para solicitar o reembolso, os vencedores dever&amp;atilde;o entregar a fatura e o certificado do pr&amp;eacute;mio na C&amp;acirc;mara Municipal at&amp;eacute; ao dia 31 de outubro de 2026, respeitando o limite m&amp;aacute;ximo do valor atribu&amp;iacute;do.&lt;/p&gt; &lt;p&gt;&lt;/p&gt;  &lt;p&gt;&amp;nbsp;&lt;/p&gt; &lt;p&gt;&amp;nbsp; &amp;nbsp;&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>https://www.buysatao.pt/files/images/blog/16jan2026__1_150_150.jpg</t>
+  </si>
+  <si>
+    <t>Aviso Amarelo - Queda de Neve</t>
+  </si>
+  <si>
+    <t>O Serviço Municipal de Proteção Civil de Sátão (SMPC) recomenda à população que tome as medidas de prevenção e autoproteção necessárias, nomeadamente:  - Garantir especial cuidado na circulação e permanência junto a áreas arborizadas, mantendo atenção à possibilidade de queda de ramos e árvores;  - Adotar uma condução defensiva, reduzindo a velocidade e tendo especial cuidado com a possível formação de gelo e neve nas vias rodoviárias e zonas de fraca visibilidade;  - Evitar a circulação em vias afetadas pela acumulação de neve e quando isso não for possível, adotar as seguintes medidas:     o Verificação do estado dos pneus e respetivas pressões;     o Transporte e colocação das correntes de neve nos veículos;     o Nos veículos elétricos, deve ser verificada a carga da bateria e analisada a existência de postos de carregamento no seu itinerário;     o Garantir que os sistemas de aquecimento dos veículos se encontram em bom estado de funcionamento;  - Garantir adequada fixação de estruturas, nomeadamente andaimes, placards e outras estruturas suspensas;  - Garantir a desobstrução dos sistemas de escoamento das águas pluviais e retirada de inertes e outros objetos que possam ser arrastados ou criem obstáculos ao livre escoamento das águas; Recomenda-se ainda: - Se utilizar lareiras, braseiras, salamandras ou equipamentos a gás mantenha a correta ventilação das divisões de forma a evitar a acumulação de gases nocivos à saúde; - Evitar o uso de dispositivos de aquecimento durante o sono, desligando sempre quaisquer aparelhos antes de se deitar; - Ter atenção à condução em locais onde se forme neve e gelo na estrada, adotando uma condução defensiva. - Estar atento às informações da meteorologia e às indicações da Proteção Civil e Forças de Segurança. - Mantenha-se sempre informado através da nossa página e siga os conselhos e recomendações das autoridades.</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;O Servi&amp;ccedil;o Municipal de Prote&amp;ccedil;&amp;atilde;o Civil de S&amp;aacute;t&amp;atilde;o (SMPC) recomenda &amp;agrave; popula&amp;ccedil;&amp;atilde;o que tome as medidas de preven&amp;ccedil;&amp;atilde;o e autoprote&amp;ccedil;&amp;atilde;o necess&amp;aacute;rias, nomeadamente:&lt;/p&gt; &lt;p&gt;&amp;nbsp;- Garantir especial cuidado na circula&amp;ccedil;&amp;atilde;o e perman&amp;ecirc;ncia junto a &amp;aacute;reas arborizadas, mantendo aten&amp;ccedil;&amp;atilde;o &amp;agrave; possibilidade de queda de ramos e &amp;aacute;rvores;&lt;/p&gt; &lt;p&gt;&amp;nbsp;- Adotar uma condu&amp;ccedil;&amp;atilde;o defensiva, reduzindo a velocidade e tendo especial cuidado com a poss&amp;iacute;vel forma&amp;ccedil;&amp;atilde;o de gelo e neve nas vias rodovi&amp;aacute;rias e zonas de fraca visibilidade;&lt;/p&gt; &lt;p&gt;&amp;nbsp;- Evitar a circula&amp;ccedil;&amp;atilde;o em vias afetadas pela acumula&amp;ccedil;&amp;atilde;o de neve e quando isso n&amp;atilde;o for poss&amp;iacute;vel, adotar as seguintes medidas:&lt;/p&gt; &lt;p&gt;&amp;nbsp; &amp;nbsp; o Verifica&amp;ccedil;&amp;atilde;o do estado dos pneus e respetivas press&amp;otilde;es;&lt;/p&gt; &lt;p&gt;&amp;nbsp; &amp;nbsp; o Transporte e coloca&amp;ccedil;&amp;atilde;o das correntes de neve nos ve&amp;iacute;culos;&lt;/p&gt; &lt;p&gt;&amp;nbsp; &amp;nbsp; o Nos ve&amp;iacute;culos el&amp;eacute;tricos, deve ser verificada a carga da bateria e analisada a exist&amp;ecirc;ncia de postos de carregamento no seu itiner&amp;aacute;rio;&lt;/p&gt; &lt;p&gt;&amp;nbsp; &amp;nbsp; o Garantir que os sistemas de aquecimento dos ve&amp;iacute;culos se encontram em bom estado de funcionamento;&lt;/p&gt; &lt;p&gt;&amp;nbsp;- Garantir adequada fixa&amp;ccedil;&amp;atilde;o de estruturas, nomeadamente andaimes, placards e outras estruturas suspensas;&lt;/p&gt; &lt;p&gt;&amp;nbsp;- Garantir a desobstru&amp;ccedil;&amp;atilde;o dos sistemas de escoamento das &amp;aacute;guas pluviais e retirada de inertes e outros objetos que possam ser arrastados ou criem obst&amp;aacute;culos ao livre escoamento das &amp;aacute;guas;&lt;/p&gt; &lt;p&gt;&lt;strong&gt;Recomenda-se ainda:&lt;/strong&gt;&lt;/p&gt; &lt;p&gt;- Se utilizar lareiras, braseiras, salamandras ou equipamentos a g&amp;aacute;s mantenha a correta ventila&amp;ccedil;&amp;atilde;o das divis&amp;otilde;es de forma a evitar a acumula&amp;ccedil;&amp;atilde;o de gases nocivos &amp;agrave; sa&amp;uacute;de;&lt;/p&gt; &lt;p&gt;- Evitar o uso de dispositivos de aquecimento durante o sono, desligando sempre quaisquer aparelhos antes de se deitar;&lt;/p&gt; &lt;p&gt;- Ter aten&amp;ccedil;&amp;atilde;o &amp;agrave; condu&amp;ccedil;&amp;atilde;o em locais onde se forme neve e gelo na estrada, adotando uma condu&amp;ccedil;&amp;atilde;o defensiva.&lt;/p&gt; &lt;p&gt;- Estar atento &amp;agrave;s informa&amp;ccedil;&amp;otilde;es da meteorologia e &amp;agrave;s indica&amp;ccedil;&amp;otilde;es da Prote&amp;ccedil;&amp;atilde;o Civil e For&amp;ccedil;as de Seguran&amp;ccedil;a.&lt;/p&gt; &lt;p&gt;- Mantenha-se sempre informado atrav&amp;eacute;s da nossa p&amp;aacute;gina e siga os conselhos e recomenda&amp;ccedil;&amp;otilde;es das autoridades.&lt;/p&gt; &lt;p&gt;Em caso de necessidade, &lt;strong&gt;LIGUE DE IMEDIATO 112&lt;/strong&gt; ou os &lt;strong&gt;BOMBEIROS 232 981 325&lt;/strong&gt;*&lt;/p&gt; &lt;p&gt;*Chamada para rede fixa Nacional&lt;/p&gt; &lt;p&gt;&lt;/p&gt; &lt;p&gt;&lt;strong&gt;A PROTE&amp;Ccedil;&amp;Atilde;O CIVIL SOMOS TODOS N&amp;Oacute;S&lt;/strong&gt;&lt;/p&gt; &lt;div&gt; &lt;ul&gt; &lt;li&gt; &lt;div&gt;Aviso Amarelo - Queda de Neve&amp;nbsp;&lt;/div&gt; &lt;/li&gt; &lt;/ul&gt; &lt;/div&gt; &lt;p&gt;&lt;strong&gt;&amp;nbsp;&lt;/strong&gt;&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>https://www.buysatao.pt/files/images/blog/iberian_trex_viseu_dao_lafoes_2026_1_150_150.png</t>
+  </si>
+  <si>
+    <t>IBERIAN TREX Viseu Dão Lafões 2026</t>
+  </si>
+  <si>
+    <t>A Comunidade Intermunicipal Viseu Dão Lafões, no âmbito do projeto “FIREPOCTEP+ | Paisagem resiliente face a grandes incêndios florestais”, está a organizar o IBERIAN TREX Viseu Dão Lafões 2026, que decorrerá entre os dias 16 e 23 de janeiro de 2026.</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;A Comunidade Intermunicipal Viseu D&amp;atilde;o Laf&amp;otilde;es, no &amp;acirc;mbito do projeto &amp;ldquo;FIREPOCTEP+ | Paisagem resiliente face a grandes inc&amp;ecirc;ndios florestais&amp;rdquo;, est&amp;aacute; a organizar o IBERIAN TREX Viseu D&amp;atilde;o Laf&amp;otilde;es 2026, que decorrer&amp;aacute; entre os dias 16 e 23 de janeiro de 2026. Trata-se de uma iniciativa internacional que visa promover a partilha de conhecimentos e pr&amp;aacute;ticas na preven&amp;ccedil;&amp;atilde;o de inc&amp;ecirc;ndios florestais, com &amp;ecirc;nfase no uso do fogo controlado como ferramenta de gest&amp;atilde;o da paisagem.&lt;/p&gt; &lt;p&gt;O evento arranca com um semin&amp;aacute;rio &amp;ldquo;O uso do fogo na gest&amp;atilde;o da paisagem&amp;rdquo;, em Vouzela, e at&amp;eacute; &amp;agrave; pr&amp;oacute;xima sexta-feira, ser&amp;atilde;o promovidas a&amp;ccedil;&amp;otilde;es do uso do fogo controlado em v&amp;aacute;rios munic&amp;iacute;pios de Viseu D&amp;atilde;o Laf&amp;otilde;es.&lt;/p&gt; &lt;p&gt;No caso concreto do S&amp;aacute;t&amp;atilde;o, est&amp;aacute; agendada uma a&amp;ccedil;&amp;atilde;o no dia 19 de janeiro, em parcelas situadas na freguesia de Ferreira de Aves, pr&amp;oacute;ximo da Capela de Santa B&amp;aacute;rbara, Carvalhal.&lt;/p&gt; &lt;p&gt;&lt;/p&gt;  &lt;p&gt;&amp;nbsp;&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>2026-01-14</t>
+  </si>
+  <si>
+    <t>https://www.buysatao.pt/files/images/blog/976edd28_db42_4d43_8a6c_402950dce048_1_150_150.jpeg</t>
+  </si>
+  <si>
+    <t>Pelas Mãos de Quem Sabe - Workshop "Arranjo de Outono"</t>
+  </si>
+  <si>
+    <t>No âmbito da iniciativa “Pelas mãos de quem sabe”, decorreu no dia 10 de janeiro de 2026, sábado, entre as 10h00 e as 12h00, na Casa da Cultura de Sátão, o workshop “Calendário” com a artesã Tânia Chaves.    </t>
+  </si>
+  <si>
+    <t>&lt;div&gt; &lt;div&gt; &lt;p&gt;No &amp;acirc;mbito da iniciativa &amp;ldquo;Pelas m&amp;atilde;os de quem sabe&amp;rdquo;, decorreu no dia 10 de janeiro de 2026, s&amp;aacute;bado, entre as 10h00 e as 12h00, na Casa da Cultura de S&amp;aacute;t&amp;atilde;o, o workshop &amp;ldquo;Calend&amp;aacute;rio&amp;rdquo; com a artes&amp;atilde; T&amp;acirc;nia Chaves.&lt;/p&gt; &lt;p&gt;&lt;/p&gt;  &lt;p&gt;&amp;nbsp;&lt;/p&gt; &lt;/div&gt; &lt;/div&gt; &lt;p&gt;&amp;nbsp;&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>2026-01-12</t>
+  </si>
+  <si>
+    <t>https://www.buysatao.pt/files/images/blog/12jan2026_1_150_150.jpg</t>
+  </si>
+  <si>
+    <t>Aviso Meteorológico - Ocorrência de precipitação</t>
+  </si>
+  <si>
+    <t>O Serviço Municipal de Proteção Civil de Sátão (SMPC) recomenda à população que tome as medidas de prevenção e autoproteção necessárias, nomeadamente:  -Garantir especial cuidado na circulação e permanência junto a áreas arborizadas, especialmente nas zonas afetadas pelos incêndios, mantendo atenção à possibilidade de queda de ramos e árvores;  -Adotar uma condução defensiva, reduzindo a velocidade e tendo especial cuidado com a possível formação de lençóis de água e a existência de zonas de fraca visibilidade;  -Garantir adequada fixação de estruturas, nomeadamente andaimes, placards e outras estruturas suspensas;  -Garantir a desobstrução dos sistemas de escoamento das águas pluviais e retirada de inertes e outros objetos que possam ser arrastados ou criem obstáculos ao livre escoamento das águas;  -Não atravessar zonas inundadas, de modo a precaver o arrastamento de pessoas ou viaturas para buracos no pavimento ou caixas de esgoto abertas; Mantenha-se sempre informado através da nossa página e siga os conselhos e recomendações das autoridades.</t>
+  </si>
+  <si>
+    <t>&lt;div&gt; &lt;div&gt; &lt;p&gt;O Servi&amp;ccedil;o Municipal de Prote&amp;ccedil;&amp;atilde;o Civil de S&amp;aacute;t&amp;atilde;o (SMPC) recomenda &amp;agrave; popula&amp;ccedil;&amp;atilde;o que tome as medidas de preven&amp;ccedil;&amp;atilde;o e autoprote&amp;ccedil;&amp;atilde;o necess&amp;aacute;rias, nomeadamente:&lt;/p&gt; &lt;p&gt;&amp;nbsp;-Garantir especial cuidado na circula&amp;ccedil;&amp;atilde;o e perman&amp;ecirc;ncia junto a &amp;aacute;reas arborizadas, especialmente nas zonas afetadas pelos inc&amp;ecirc;ndios, mantendo aten&amp;ccedil;&amp;atilde;o &amp;agrave; possibilidade de queda de ramos e &amp;aacute;rvores;&lt;/p&gt; &lt;p&gt;&amp;nbsp;-Adotar uma condu&amp;ccedil;&amp;atilde;o defensiva, reduzindo a velocidade e tendo especial cuidado com a poss&amp;iacute;vel forma&amp;ccedil;&amp;atilde;o de len&amp;ccedil;&amp;oacute;is de &amp;aacute;gua e a exist&amp;ecirc;ncia de zonas de fraca visibilidade;&lt;/p&gt; &lt;p&gt;&amp;nbsp;-Garantir adequada fixa&amp;ccedil;&amp;atilde;o de estruturas, nomeadamente andaimes, placards e outras estruturas suspensas;&lt;/p&gt; &lt;p&gt;&amp;nbsp;-Garantir a desobstru&amp;ccedil;&amp;atilde;o dos sistemas de escoamento das &amp;aacute;guas pluviais e retirada de inertes e outros objetos que possam ser arrastados ou criem obst&amp;aacute;culos ao livre escoamento das &amp;aacute;guas;&lt;/p&gt; &lt;p&gt;&amp;nbsp;-N&amp;atilde;o atravessar zonas inundadas, de modo a precaver o arrastamento de pessoas ou viaturas para buracos no pavimento ou caixas de esgoto abertas;&lt;/p&gt; &lt;p&gt;Mantenha-se sempre informado atrav&amp;eacute;s da nossa p&amp;aacute;gina e siga os conselhos e recomenda&amp;ccedil;&amp;otilde;es das autoridades.&lt;/p&gt; &lt;p&gt;Em caso de necessidade, LIGUE DE IMEDIATO 112 ou os BOMBEIROS 232 981 325*&lt;/p&gt; &lt;p&gt;*Chamada para rede fixa Nacional&lt;/p&gt; &lt;p&gt;A PROTE&amp;Ccedil;&amp;Atilde;O CIVIL SOMOS TODOS N&amp;Oacute;S&lt;/p&gt; &lt;p&gt;&lt;/p&gt; &lt;/div&gt; &lt;/div&gt;</t>
+  </si>
+  <si>
+    <t>2026-01-07</t>
+  </si>
+  <si>
+    <t>Aviso - Constrangimento na Circulação na "EN229 - IP5/Parque Industrial do Mundão” 12 e 13 de janeiro</t>
+  </si>
+  <si>
+    <t>No âmbito da empreitada “EN229 - IP5/Parque Industrial do Mundão”, e para a colocação de Guardas de Segurança Metálicas, haverá necessidade de implementar um condicionamento de tráfego com recurso a circulação alternada num trecho da EN229, entre o km 69+300 e o km 69+500, nos dias 12 e 13 de janeiro, no período entre as 8:00 e as 18:00 horas.</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;No &amp;acirc;mbito da empreitada &amp;ldquo;EN229 - IP5/Parque Industrial do Mund&amp;atilde;o&amp;rdquo;, e para a coloca&amp;ccedil;&amp;atilde;o de Guardas de Seguran&amp;ccedil;a Met&amp;aacute;licas, haver&amp;aacute; necessidade de implementar um condicionamento de tr&amp;aacute;fego com recurso a circula&amp;ccedil;&amp;atilde;o alternada num trecho da EN229, entre o km 69+300 e o km 69+500, nos dias 12 e 13 de janeiro, no per&amp;iacute;odo entre as 8:00 e as 18:00 horas.&lt;/p&gt;
+&lt;p&gt;Este condicionamento de tr&amp;acirc;nsito estar&amp;aacute; devidamente sinalizado.&lt;/p&gt;
+&lt;p&gt;Agradecemos a melhor compreens&amp;atilde;o pelos inc&amp;oacute;modos e inconvenientes que esta situa&amp;ccedil;&amp;atilde;o provoca, na certeza de estarmos a contribuir para a melhoria das condi&amp;ccedil;&amp;otilde;es de seguran&amp;ccedil;a dos utilizadores da infraestrutura.&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>2025-12-23</t>
+  </si>
+  <si>
+    <t>https://www.buysatao.pt/files/images/blog/img_6402_1_150_150.JPG</t>
+  </si>
+  <si>
+    <t>Escola Municipal de Acrobacia Aérea de Sátão assinalou o Natal com aula aberta e espetáculo</t>
+  </si>
+  <si>
+    <t>A Escola Municipal de Acrobacia Aérea de Sátão promoveu, nos dias 18 e 19 de dezembro de 2025, dois momentos marcantes que assinalaram a quadra natalícia com arte, movimento e emoção.</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;A Escola Municipal de Acrobacia A&amp;eacute;rea de S&amp;aacute;t&amp;atilde;o promoveu, nos dias 18 e 19 de dezembro de 2025, dois momentos marcantes que assinalaram a quadra natal&amp;iacute;cia com arte, movimento e emo&amp;ccedil;&amp;atilde;o.&lt;/p&gt; &lt;p&gt;No dia 18 de dezembro, o Pavilh&amp;atilde;o Gimnodesportivo da Escola Secund&amp;aacute;ria Frei Rosa Viterbo recebeu a aula aberta &amp;ldquo;Natal nas Alturas&amp;rdquo;, orientada pela professora Emanuela Shirripa. A iniciativa contou com a participa&amp;ccedil;&amp;atilde;o dos grupos Miniflyers e Acroflyers, proporcionando ao p&amp;uacute;blico uma demonstra&amp;ccedil;&amp;atilde;o do trabalho desenvolvido ao longo do ano, num ambiente festivo e de grande proximidade com a comunidade.&lt;/p&gt; &lt;p&gt;J&amp;aacute; no dia 19 de dezembro, o Cineteatro Municipal de S&amp;aacute;t&amp;atilde;o foi palco do espet&amp;aacute;culo &amp;ldquo;Asas de Natal&amp;rdquo;, apresentado pelas Highflyers. O espet&amp;aacute;culo encantou o p&amp;uacute;blico com atua&amp;ccedil;&amp;otilde;es de elevada qualidade art&amp;iacute;stica, combinando t&amp;eacute;cnica, express&amp;atilde;o corporal e esp&amp;iacute;rito natal&amp;iacute;cio.&lt;/p&gt; &lt;p&gt;Ambos os eventos evidenciaram o talento, a dedica&amp;ccedil;&amp;atilde;o e a evolu&amp;ccedil;&amp;atilde;o dos alunos da Escola Municipal de Acrobacia A&amp;eacute;rea de S&amp;aacute;t&amp;atilde;o, refor&amp;ccedil;ando a import&amp;acirc;ncia da forma&amp;ccedil;&amp;atilde;o art&amp;iacute;stica e desportiva no concelho e proporcionando momentos de celebra&amp;ccedil;&amp;atilde;o e partilha &amp;agrave; comunidade satense.&lt;/p&gt; &lt;p&gt;&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>2025-12-17</t>
+  </si>
+  <si>
+    <t>https://www.buysatao.pt/files/images/blog/1000008779_1_150_150.jpg</t>
+  </si>
+  <si>
+    <t>Município de Sátão ofereceu o livro “Sátão, Retratos da Nossa História”, de Carlos Paixão aos alunos do 3.º ano</t>
+  </si>
+  <si>
+    <t>O Município de Sátão, através do Pelouro da Educação, tem vindo ao longo dos anos a oferecer a todas as crianças do 3º ano do Agrupamentos de Escolas de Sátão, o livro “Sátão, Retratos da Nossa História”, do autor Carlos Paixão.</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;O Munic&amp;iacute;pio de S&amp;aacute;t&amp;atilde;o, atrav&amp;eacute;s do Pelouro da Educa&amp;ccedil;&amp;atilde;o, tem vindo ao longo dos anos a oferecer a todas as crian&amp;ccedil;as do 3&amp;ordm; ano do Agrupamentos de Escolas de S&amp;aacute;t&amp;atilde;o, o livro &amp;ldquo;S&amp;aacute;t&amp;atilde;o, Retratos da Nossa Hist&amp;oacute;ria&amp;rdquo;, do autor Carlos Paix&amp;atilde;o. Este ano n&amp;atilde;o foi exce&amp;ccedil;&amp;atilde;o e, deste modo, os alunos podem conhecer a hist&amp;oacute;ria do concelho de S&amp;aacute;t&amp;atilde;o de uma forma divertida e mais din&amp;acirc;mica, despertando o seu interesse e curiosidade pelo patrim&amp;oacute;nio satense.&lt;/p&gt; &lt;p&gt;Os alunos do 4.&amp;ordm; ano ter&amp;atilde;o ainda a oportunidade de realizar uma vista aos locais mencionados no livro, o que lhe permitir&amp;aacute; aprofundar os seus conhecimentos sobre o nosso concelho, rico em patrim&amp;oacute;nio religioso e arquitet&amp;oacute;nico, cultura e tradi&amp;ccedil;&amp;otilde;es.&lt;/p&gt; &lt;p&gt;&lt;/p&gt;  &lt;p&gt;&amp;nbsp;&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>2025-12-15</t>
+  </si>
+  <si>
+    <t>Aviso - Constrangimento na Circulação na "EN229 - IP5/Parque Industrial do Mundão”</t>
+  </si>
+  <si>
+    <t>No âmbito da empreitada “EN229 - IP5/Parque Industrial do Mundão”, e para a colocação dos Painéis de Pré-Aviso Gráfico nos Pórticos, haverá necessidade de implementar um condicionamento de tráfego com recurso a circulação alternada no trecho do ex-IP5, entre os km 95 e 96, no dia 17 de dezembro, no período entre as 8:00 e as 18:00 horas.</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;No &amp;acirc;mbito da empreitada &amp;ldquo;EN229 - IP5/Parque Industrial do Mund&amp;atilde;o&amp;rdquo;, e para a coloca&amp;ccedil;&amp;atilde;o dos Pain&amp;eacute;is de Pr&amp;eacute;-Aviso Gr&amp;aacute;fico nos P&amp;oacute;rticos, haver&amp;aacute; necessidade de implementar um &lt;strong&gt;condicionamento de tr&amp;aacute;fego&lt;/strong&gt; com recurso a circula&amp;ccedil;&amp;atilde;o alternada no trecho do ex-IP5, entre os km 95 e 96, &lt;strong&gt;no dia 17 de dezembro&lt;/strong&gt;, no per&amp;iacute;odo entre as &lt;strong&gt;8:00 e as 18:00 horas&lt;/strong&gt;.&lt;/p&gt;
+&lt;p&gt;Este condicionamento de tr&amp;acirc;nsito estar&amp;aacute; devidamente sinalizado e ser&amp;aacute; acompanhado pelas Autoridades.&lt;/p&gt;
+&lt;p&gt;Agradecemos a melhor compreens&amp;atilde;o pelos inc&amp;oacute;modos e inconvenientes que esta situa&amp;ccedil;&amp;atilde;o provoca, na certeza de estarmos a contribuir para a melhoria das condi&amp;ccedil;&amp;otilde;es de seguran&amp;ccedil;a dos utilizadores da infraestrutura.&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>Informação - Despacho Tolerância de Ponto</t>
+  </si>
+  <si>
+    <t>Despacho Tolerância de Ponto</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;&lt;a href="https://www.cm-satao.pt/cmsatao/uploads/writer_file/document/810/despacho_tolerancia_de_ponto.pdf" target="_blank" data-smiledocument="smiledocument" target="_blank"&gt;Despacho Toler&amp;acirc;ncia de Ponto&lt;/a&gt;&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>Informação - Encerramento de Seviços</t>
+  </si>
+  <si>
+    <t>Despacho encerramento servicos</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;&lt;a href="https://www.cm-satao.pt/cmsatao/uploads/writer_file/document/811/despacho_encerramento_servicos.pdf" target="_blank" data-smiledocument="smiledocument" target="_blank"&gt;&lt;/a&gt;&lt;/p&gt;</t>
+  </si>
+  <si>
     <t>2025-12-10</t>
   </si>
   <si>
     <t>Aviso - Previsão de Greve</t>
   </si>
   <si>
     <t>O Município de Sátão avisa os encarregados de educação que, devido à greve prevista para os dias 11 e 12 de dezembro de 2025, poderá haver constrangimentos nos transportes e refeições escolares das escolas do Agrupamento de Escolas de Sátão.</t>
   </si>
   <si>
     <t>&lt;p&gt;O Munic&amp;iacute;pio de S&amp;aacute;t&amp;atilde;o avisa os encarregados de educa&amp;ccedil;&amp;atilde;o que, devido &amp;agrave; greve prevista para os dias 11 e 12 de dezembro de 2025, poder&amp;aacute; haver constrangimentos nos transportes e refei&amp;ccedil;&amp;otilde;es escolares das escolas do Agrupamento de Escolas de S&amp;aacute;t&amp;atilde;o.&lt;/p&gt;</t>
-  </si>
-[...1 lines deleted...]
-    <t>[{"name":"CM-Sátão"}]</t>
   </si>
   <si>
     <t>https://www.buysatao.pt/files/images/blog/img_6259_1_150_150.jpg</t>
   </si>
   <si>
     <t>Apresentação do Projeto Municipal de Recolha de Biorresíduos</t>
   </si>
   <si>
     <t>O Município de Sátão realizou a apresentação do Projeto Municipal de Recolha de Biorresíduos, no dia 05 de dezembro de 2025, na Escola Secundária Frei Rosa Viterbo, em Sátão.</t>
   </si>
   <si>
     <t>&lt;p&gt;O Munic&amp;iacute;pio de S&amp;aacute;t&amp;atilde;o realizou a apresenta&amp;ccedil;&amp;atilde;o do Projeto Municipal de Recolha de Biorres&amp;iacute;duos, no dia 05 de dezembro de 2025, na Escola Secund&amp;aacute;ria Frei Rosa Viterbo, em S&amp;aacute;t&amp;atilde;o. Estiveram presentes, o Presidente da C&amp;acirc;mara Municipal de S&amp;aacute;t&amp;atilde;o, que presidiu &amp;agrave; cerim&amp;oacute;nia, o Secret&amp;aacute;rio Executivo da Associa&amp;ccedil;&amp;atilde;o de Munic&amp;iacute;pios da Regi&amp;atilde;o do Planalto Beir&amp;atilde;o, a Diretora do Agrupamento de Escolas de S&amp;aacute;t&amp;atilde;o, o representante da Associa&amp;ccedil;&amp;atilde;o de Comerciantes do Distrito de Viseu e os alunos dos cursos profissionais do Agrupamento de Escolas de S&amp;aacute;t&amp;atilde;o.&lt;/p&gt; &lt;p&gt;Para assinalar o in&amp;iacute;cio da recolha de biorres&amp;iacute;duos no concelho de S&amp;aacute;t&amp;atilde;o, foram entregues os primeiros contentores na escola, e simbolicamente depositados os primeiros biorres&amp;iacute;duos alimentares, provenientes da respetiva cantina.&lt;/p&gt;  &lt;p&gt;&amp;nbsp;&lt;/p&gt;</t>
   </si>
   <si>
     <t>2025-12-09</t>
   </si>
   <si>
     <t>https://www.buysatao.pt/files/images/blog/7cc8257e_cdf9_488a_8064_c21405b174bd_1_150_150.jpeg</t>
   </si>
   <si>
     <t>Pelas Mãos de Quem Sabe - Workshop "Lanternas de Natal"</t>
   </si>
   <si>
     <t>No âmbito da iniciativa “Pelas mãos de quem sabe”, decorreu no dia 6 de dezembro de 2025, na Casa da Cultura de Sátão, o workshop “Lanterna de Natal”, orientado por Tânia Chaves.</t>
   </si>
@@ -308,53 +696,50 @@
     <t>Inscrições abertas para a XVIII edição da Feira do Míscaro</t>
   </si>
   <si>
     <t>O Município de Sátão informa que estão abertas as inscrições até ao dia 19 de novembro de 2025, para participação dos artesãos e dos vendedores de míscaros na Feira do Míscaro 2025, que irá decorrer no dia 30 de novembro.</t>
   </si>
   <si>
     <t>&lt;p&gt;O Munic&amp;iacute;pio de S&amp;aacute;t&amp;atilde;o informa que est&amp;atilde;o abertas as inscri&amp;ccedil;&amp;otilde;es at&amp;eacute; ao dia 19 de novembro de 2025, para participa&amp;ccedil;&amp;atilde;o dos artes&amp;atilde;os e dos vendedores de m&amp;iacute;scaros na Feira do M&amp;iacute;scaro 2025, que ir&amp;aacute; decorrer no dia 30 de novembro. Os interessados devem dirigir-se ao Gabinete de Atendimento ao Mun&amp;iacute;cipe da C&amp;acirc;mara Municipal de S&amp;aacute;t&amp;atilde;o para realiza&amp;ccedil;&amp;atilde;o da respetiva inscri&amp;ccedil;&amp;atilde;o ou efetuar a inscri&amp;ccedil;&amp;atilde;o &lt;a href="https://www.cm-satao.pt/balcao-virtual/formularios/feira-do-miscaro" title="Ficha de Inscri&amp;ccedil;&amp;atilde;o Feira do M&amp;iacute;scaro" target="_blank" target="_blank"&gt;online&lt;/a&gt;.&lt;/p&gt;</t>
   </si>
   <si>
     <t>2025-11-10</t>
   </si>
   <si>
     <t>https://www.buysatao.pt/files/images/blog/img_6178_1_150_150.JPG</t>
   </si>
   <si>
     <t>Lançamento do livro  O Emigrante – A saga de uma família abalada por segredos antigos, do escritor Acácio Pinto foi um sucesso</t>
   </si>
   <si>
     <t>Decorreu ontem, dia 09 de novembro de 2025, na Biblioteca Municipal de Sátão, o lançamento do livro O Emigrante – A saga de uma família abalada por segredos antigos, um romance do autor Acácio Pinto.</t>
   </si>
   <si>
     <t>&lt;div&gt; &lt;div&gt; &lt;p&gt;Decorreu ontem, dia 09 de novembro de 2025, na Biblioteca Municipal de S&amp;aacute;t&amp;atilde;o, o lan&amp;ccedil;amento do livro &lt;em&gt;&lt;strong&gt;O Emigrante&lt;/strong&gt;&lt;/em&gt; &amp;ndash; &lt;strong&gt;&lt;em&gt;A saga de uma fam&amp;iacute;lia abalada por segredos antigos&lt;/em&gt;&lt;/strong&gt;, um romance do autor Ac&amp;aacute;cio Pinto. A apresenta&amp;ccedil;&amp;atilde;o desta obra esteve a cargo do escritor Carlos Paix&amp;atilde;o e contou com a presen&amp;ccedil;a do Presidente da C&amp;acirc;mara Municipal de S&amp;aacute;t&amp;atilde;o, Alexandre Vaz e de Z&amp;eacute;lia Silva, Vereadora da Cultura.&lt;/p&gt; &lt;p&gt;Dezenas de pessoas quiseram assistir &amp;agrave; apresenta&amp;ccedil;&amp;atilde;o de uma obra que nos mostra o interior da emigra&amp;ccedil;&amp;atilde;o a salto para Fran&amp;ccedil;a nos anos 60 e que inicia com um encontro fortuito de Renato e Augusto no Sud Express, que ia apinhado depois das f&amp;eacute;rias de ver&amp;atilde;o.&lt;/p&gt; &lt;p&gt;&lt;/p&gt;  &lt;/div&gt; &lt;/div&gt;</t>
   </si>
   <si>
     <t>https://www.buysatao.pt/files/images/blog/image8_1_150_150.jpeg</t>
-  </si>
-[...1 lines deleted...]
-    <t>Pelas Mãos de Quem Sabe - Workshop "Arranjo de Outono"</t>
   </si>
   <si>
     <t>No âmbito da iniciativa “Pelas mãos de quem sabe”, decorreu no dia 8 de novembro de 2025, na Casa da Cultura de Sátão, o workshop “Arranjo de Outono”, orientado por Tânia Chaves.</t>
   </si>
   <si>
     <t>&lt;p&gt;No &amp;acirc;mbito da iniciativa &amp;ldquo;Pelas m&amp;atilde;os de quem sabe&amp;rdquo;, decorreu no dia 8 de novembro de 2025, na Casa da Cultura de S&amp;aacute;t&amp;atilde;o, o workshop &amp;ldquo;Arranjo de Outono&amp;rdquo;, orientado por T&amp;acirc;nia Chaves.&lt;/p&gt; &lt;p&gt;Durante a atividade, os participantes tiveram oportunidade de aprender t&amp;eacute;cnicas de composi&amp;ccedil;&amp;atilde;o floral e de criar arranjos inspirados nas cores e elementos caracter&amp;iacute;sticos da esta&amp;ccedil;&amp;atilde;o, utilizando materiais naturais e sustent&amp;aacute;veis.&lt;/p&gt; &lt;p&gt;O ambiente foi de partilha, criatividade e aprendizagem, promovendo o valor das tradi&amp;ccedil;&amp;otilde;es locais e do saber-fazer artesanal.&lt;/p&gt; &lt;p&gt;Esta iniciativa, promovida pelo Munic&amp;iacute;pio de S&amp;aacute;t&amp;atilde;o, teve como objetivo valorizar o trabalho manual e incentivar a participa&amp;ccedil;&amp;atilde;o da comunidade em atividades culturais e formativas.&lt;/p&gt;  &lt;p&gt;&amp;nbsp;&lt;/p&gt;</t>
   </si>
   <si>
     <t>2025-11-05</t>
   </si>
   <si>
     <t xml:space="preserve"> Informação das Infraestruturas de Portugal</t>
   </si>
   <si>
     <t>No âmbito da empreitada “EN229 - IP5/Parque Industrial do Mundão”, e para a realização de trabalhos de pavimentação, haverá necessidade de implementar um condicionamento de tráfego com recurso a circulação alternada nos dias 8, 10 e 11 de novembro, no período entre as 8:00 e as 18:00 horas, num trecho do ex-IP5 entre o km 95+000 e o km 96+000, cuja circulação se procede atualmente por um dos ramos de acesso que permite a ligação entre a futura rotunda e a futura via de circulação.</t>
   </si>
   <si>
     <t>&lt;p&gt;No &amp;acirc;mbito da empreitada &amp;ldquo;EN229 - IP5/Parque Industrial do Mund&amp;atilde;o&amp;rdquo;, e para a realiza&amp;ccedil;&amp;atilde;o de trabalhos de pavimenta&amp;ccedil;&amp;atilde;o, haver&amp;aacute; necessidade de implementar um condicionamento de tr&amp;aacute;fego com recurso a circula&amp;ccedil;&amp;atilde;o alternada nos dias 8, 10 e 11 de novembro, no per&amp;iacute;odo entre as 8:00 e as 18:00 horas, num trecho do ex-IP5 entre o km 95+000 e o km 96+000, cuja circula&amp;ccedil;&amp;atilde;o se procede atualmente por um dos ramos de acesso que permite a liga&amp;ccedil;&amp;atilde;o entre a futura rotunda e a futura via de circula&amp;ccedil;&amp;atilde;o.&lt;/p&gt;
 &lt;p&gt;Este condicionamento de tr&amp;acirc;nsito estar&amp;aacute; devidamente sinalizado e ser&amp;aacute; acompanhado pelas Autoridades.&lt;/p&gt;
 &lt;p&gt;A partir do dia 12 de novembro, a circula&amp;ccedil;&amp;atilde;o no trecho ser&amp;aacute; retomada nos dois sentidos, mantendo-se as medidas de acalmia de tr&amp;aacute;fego, para a execu&amp;ccedil;&amp;atilde;o dos restantes trabalhos da empreitada.&lt;/p&gt;
 &lt;p&gt;Agradecemos a melhor compreens&amp;atilde;o pelos inc&amp;oacute;modos e inconvenientes que esta situa&amp;ccedil;&amp;atilde;o provoca, na certeza de estarmos a contribuir para a melhoria das condi&amp;ccedil;&amp;otilde;es de seguran&amp;ccedil;a dos utilizadores da infraestrutura.&lt;/p&gt;&lt;a href="https://www.cm-satao.pt/rss-feed/noticia/informacao-das-infraestruturas-de-portugal-5" target="_blank"&gt;&lt;img src="https://www.cm-satao.pt/cmsatao/uploads/news/image/419/noticias_slide_constragimento_circulacao.jpg"&gt;&lt;/a&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;No &amp;acirc;mbito da empreitada &amp;ldquo;EN229 - IP5/Parque Industrial do Mund&amp;atilde;o&amp;rdquo;, e para a realiza&amp;ccedil;&amp;atilde;o de trabalhos de pavimenta&amp;ccedil;&amp;atilde;o, haver&amp;aacute; necessidade de implementar um condicionamento de tr&amp;aacute;fego com recurso a circula&amp;ccedil;&amp;atilde;o alternada nos dias 8, 10 e 11 de novembro, no per&amp;iacute;odo entre as 8:00 e as 18:00 horas, num trecho do ex-IP5 entre o km 95+000 e o km 96+000, cuja circula&amp;ccedil;&amp;atilde;o se procede atualmente por um dos ramos de acesso que permite a liga&amp;ccedil;&amp;atilde;o entre a futura rotunda e a futura via de circula&amp;ccedil;&amp;atilde;o.&lt;/p&gt;
 &lt;p&gt;Este condicionamento de tr&amp;acirc;nsito estar&amp;aacute; devidamente sinalizado e ser&amp;aacute; acompanhado pelas Autoridades.&lt;/p&gt;
@@ -2067,53 +2452,50 @@
 &lt;p&gt;A PROTE&amp;Ccedil;&amp;Atilde;O CIVIL SOMOS TODOS N&amp;Oacute;S&lt;/p&gt;&lt;a href="https://www.cm-satao.pt/rss-feed/noticia/aviso-amarelo-8-de-maio-precipitacao" target="_blank"&gt;&lt;img src="https://www.cm-satao.pt/cmsatao/uploads/news/image/298/08mai2025.jpg"&gt;&lt;/a&gt;</t>
   </si>
   <si>
     <t>2025-05-05</t>
   </si>
   <si>
     <t>https://www.buysatao.pt/files/images/blog/noticia_apoio_natalidade_2025_prancheta_1_copia_1_2500_2500.jpg</t>
   </si>
   <si>
     <t>Inscrições abertas para apoio à natalidade no Município de Sátão</t>
   </si>
   <si>
     <t>A Câmara Municipal de Sátão informa que se encontram abertas as inscrições para o apoio à natalidade, incentivo social que tem vindo a ser atribuído ao longo dos anos a todas as crianças nascidas neste concelho.</t>
   </si>
   <si>
     <t>&lt;p&gt;A C&amp;acirc;mara Municipal de S&amp;aacute;t&amp;atilde;o informa que se encontram abertas as inscri&amp;ccedil;&amp;otilde;es para o apoio &amp;agrave; natalidade, incentivo social que tem vindo a ser atribu&amp;iacute;do ao longo dos anos a todas as crian&amp;ccedil;as nascidas neste concelho.&lt;/p&gt;
 &lt;p&gt;Este incentivo vai ser entregue no dia 01 de junho, domingo, &amp;agrave;s 18 horas, no Largo de S. Bernardo, nas comemora&amp;ccedil;&amp;otilde;es do &amp;ldquo;Dia Mundial da Crian&amp;ccedil;a&amp;rdquo;.&lt;/p&gt;
 &lt;p&gt;A m&amp;atilde;e/pai das crian&amp;ccedil;as nascidas no ano de 2024 que cumpram os requisitos de atribui&amp;ccedil;&amp;atilde;o deste apoio, devem fazer a sua inscri&amp;ccedil;&amp;atilde;o at&amp;eacute; ao dia 23 de maio no Gabinete de Atendimento ao Mun&amp;iacute;cipe ou atrav&amp;eacute;s da Internet em &lt;a href="https://www.cm-satao.pt/admin/manager/news/297/" target="_self" target="_blank"&gt;https://servicosonline.cm-satao.pt&lt;/a&gt; no menu da A&amp;ccedil;&amp;atilde;o Social, preenchendo o requerimento dispon&amp;iacute;vel para o efeito e juntar c&amp;oacute;pia do assento de nascimento da crian&amp;ccedil;a.&lt;/p&gt;
 &lt;p&gt;Para mais informa&amp;ccedil;&amp;otilde;es os interessados podem contactar o n&amp;uacute;mero de telefone 232980000 (chamada para a rede fixa nacional).&lt;/p&gt;&lt;a href="https://www.cm-satao.pt/rss-feed/noticia/inscricoes-abertas-para-apoio-a-natalidade-no-municipio-de-satao" target="_blank"&gt;&lt;img src="https://www.cm-satao.pt/cmsatao/uploads/news/image/297/noticia_apoio_natalidade_2025_prancheta_1_copia.jpg"&gt;&lt;/a&gt;</t>
   </si>
   <si>
     <t>2025-05-01</t>
   </si>
   <si>
     <t>https://www.buysatao.pt/files/images/blog/avisoamarelotrovoada05_2025_1_2500_2500.jpg</t>
-  </si>
-[...1 lines deleted...]
-    <t>O Serviço Municipal de Proteção Civil de Sátão (SMPC) recomenda à população que tome as medidas de prevenção e autoproteção necessárias, nomeadamente: Garantir especial cuidado na circulação e permanência junto a áreas arborizadas, mantendo atenção à possibilidade de queda de ramos e árvores; Adotar uma condução defensiva, reduzindo a velocidade e tendo especial cuidado com a possível formação de lençóis de água e a existência de zonas de fraca visibilidade; Garantir adequada fixação de estruturas, nomeadamente andaimes, placards e outras estruturas suspensas; Garantir a desobstrução dos sistemas de escoamento das águas pluviais e retirada de inertes e outros objetos que possam ser arrastados ou criem obstáculos ao livre escoamento das águas; Não atravessar zonas inundadas, de modo a precaver o arrastamento de pessoas ou viaturas para buracos no pavimento ou caixas de esgoto abertas; Mantenha-se sempre informado através da nossa página e siga os conselhos e recomendações das autoridades.</t>
   </si>
   <si>
     <t>&lt;p&gt;&lt;/p&gt;
 &lt;p&gt;O Servi&amp;ccedil;o Municipal de Prote&amp;ccedil;&amp;atilde;o Civil de S&amp;aacute;t&amp;atilde;o (SMPC) recomenda &amp;agrave; popula&amp;ccedil;&amp;atilde;o que tome as medidas de preven&amp;ccedil;&amp;atilde;o e autoprote&amp;ccedil;&amp;atilde;o necess&amp;aacute;rias, nomeadamente:&lt;/p&gt;
 &lt;p&gt;Garantir especial cuidado na circula&amp;ccedil;&amp;atilde;o e perman&amp;ecirc;ncia junto a &amp;aacute;reas arborizadas, mantendo aten&amp;ccedil;&amp;atilde;o &amp;agrave; possibilidade de queda de ramos e &amp;aacute;rvores;&lt;/p&gt;
 &lt;p&gt;Adotar uma condu&amp;ccedil;&amp;atilde;o defensiva, reduzindo a velocidade e tendo especial cuidado com a poss&amp;iacute;vel forma&amp;ccedil;&amp;atilde;o de len&amp;ccedil;&amp;oacute;is de &amp;aacute;gua e a exist&amp;ecirc;ncia de zonas de fraca visibilidade;&lt;/p&gt;
 &lt;p&gt;Garantir adequada fixa&amp;ccedil;&amp;atilde;o de estruturas, nomeadamente andaimes, placards e outras estruturas suspensas;&lt;/p&gt;
 &lt;p&gt;Garantir a desobstru&amp;ccedil;&amp;atilde;o dos sistemas de escoamento das &amp;aacute;guas pluviais e retirada de inertes e outros objetos que possam ser arrastados ou criem obst&amp;aacute;culos ao livre escoamento das &amp;aacute;guas;&lt;/p&gt;
 &lt;p&gt;N&amp;atilde;o atravessar zonas inundadas, de modo a precaver o arrastamento de pessoas ou viaturas para buracos no pavimento ou caixas de esgoto abertas;&lt;/p&gt;
 &lt;p&gt;Mantenha-se sempre informado atrav&amp;eacute;s da nossa p&amp;aacute;gina e siga os conselhos e recomenda&amp;ccedil;&amp;otilde;es das autoridades.&lt;/p&gt;
 &lt;p&gt;Em caso de necessidade, LIGUE DE IMEDIATO 112 ou os BOMBEIROS 232 981 325 (chamada para a rede fixa nacional)&lt;/p&gt;
 &lt;p&gt;A PROTE&amp;Ccedil;&amp;Atilde;O CIVIL SOMOS TODOS N&amp;Oacute;S&lt;/p&gt;&lt;a href="https://www.cm-satao.pt/rss-feed/noticia/avisos-meteorologicos-26" target="_blank"&gt;&lt;img src="https://www.cm-satao.pt/cmsatao/uploads/news/image/296/avisoamarelotrovoada05_2025.jpg"&gt;&lt;/a&gt;</t>
   </si>
   <si>
     <t>2025-04-29</t>
   </si>
   <si>
     <t>https://www.buysatao.pt/files/images/blog/30abr2025_1_2500_2500.jpg</t>
   </si>
   <si>
     <t>Aviso Amarelo 30 de abril de 2025 - Ocorrência de Precipitação</t>
   </si>
   <si>
     <t>Devido à progressão de sul para norte de uma superfície frontal fria ao longo do dia de hoje (30/04/2025), o Instituto Português do Mar e da Atmosfera (IPMA) emitiu Aviso AMARELO de PRECIPITAÇÃO: Até às 15h00 do dia 30 de abril de 2025, precipitação por vezes forte, podendo ser acompanhada de trovoada.</t>
   </si>
@@ -2743,51 +3125,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:S147"/>
+  <dimension ref="A1:S172"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:19">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -2815,4688 +3197,5470 @@
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
       <c r="O1" t="s">
         <v>14</v>
       </c>
       <c r="P1" t="s">
         <v>15</v>
       </c>
       <c r="Q1" t="s">
         <v>16</v>
       </c>
       <c r="R1" t="s">
         <v>17</v>
       </c>
       <c r="S1" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="2" spans="1:19">
       <c r="A2" t="s">
         <v>19</v>
       </c>
       <c r="B2">
-        <v>60</v>
+        <v>127</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
       </c>
       <c r="D2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="H2" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="L2" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="P2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="3" spans="1:19">
       <c r="A3" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="B3">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="C3" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D3" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="H3" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="L3" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="P3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="4" spans="1:19">
       <c r="A4" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B4">
         <v>60</v>
       </c>
       <c r="C4" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="D4" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="H4" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="L4" t="s">
         <v>32</v>
       </c>
       <c r="P4" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q4" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R4" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S4" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="5" spans="1:19">
       <c r="A5" t="s">
         <v>33</v>
       </c>
       <c r="B5">
-        <v>80</v>
-[...1 lines deleted...]
-      <c r="C5" t="s">
+        <v>125</v>
+      </c>
+      <c r="D5" t="s">
         <v>34</v>
       </c>
-      <c r="D5" t="s">
+      <c r="H5" t="s">
         <v>35</v>
       </c>
-      <c r="H5" t="s">
+      <c r="L5" t="s">
         <v>36</v>
       </c>
-      <c r="L5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="6" spans="1:19">
       <c r="A6" t="s">
+        <v>37</v>
+      </c>
+      <c r="B6">
+        <v>83</v>
+      </c>
+      <c r="C6" t="s">
         <v>38</v>
       </c>
-      <c r="B6">
-[...2 lines deleted...]
-      <c r="C6" t="s">
+      <c r="D6" t="s">
         <v>39</v>
       </c>
-      <c r="D6" t="s">
+      <c r="H6" t="s">
         <v>40</v>
       </c>
-      <c r="H6" t="s">
+      <c r="L6" t="s">
         <v>41</v>
       </c>
-      <c r="L6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P6" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q6" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R6" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S6" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="7" spans="1:19">
       <c r="A7" t="s">
+        <v>37</v>
+      </c>
+      <c r="B7">
+        <v>217</v>
+      </c>
+      <c r="C7" t="s">
+        <v>42</v>
+      </c>
+      <c r="D7" t="s">
         <v>43</v>
       </c>
-      <c r="B7">
-[...2 lines deleted...]
-      <c r="D7" t="s">
+      <c r="H7" t="s">
         <v>44</v>
       </c>
-      <c r="H7" t="s">
+      <c r="L7" t="s">
         <v>45</v>
       </c>
-      <c r="L7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P7" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q7" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R7" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S7" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:19">
       <c r="A8" t="s">
+        <v>37</v>
+      </c>
+      <c r="B8">
+        <v>121</v>
+      </c>
+      <c r="C8" t="s">
+        <v>46</v>
+      </c>
+      <c r="D8" t="s">
         <v>47</v>
       </c>
-      <c r="B8">
-[...2 lines deleted...]
-      <c r="C8" t="s">
+      <c r="H8" t="s">
         <v>48</v>
       </c>
-      <c r="D8" t="s">
+      <c r="L8" t="s">
         <v>49</v>
       </c>
-      <c r="H8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P8" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q8" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R8" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S8" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:19">
       <c r="A9" t="s">
+        <v>50</v>
+      </c>
+      <c r="B9">
+        <v>74</v>
+      </c>
+      <c r="C9" t="s">
+        <v>51</v>
+      </c>
+      <c r="D9" t="s">
         <v>52</v>
       </c>
-      <c r="B9">
-[...2 lines deleted...]
-      <c r="C9" t="s">
+      <c r="H9" t="s">
         <v>53</v>
       </c>
-      <c r="D9" t="s">
+      <c r="L9" t="s">
         <v>54</v>
       </c>
-      <c r="H9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P9" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q9" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R9" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S9" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="10" spans="1:19">
       <c r="A10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B10">
+        <v>218</v>
+      </c>
+      <c r="C10" t="s">
+        <v>55</v>
+      </c>
+      <c r="D10" t="s">
+        <v>56</v>
+      </c>
+      <c r="H10" t="s">
         <v>57</v>
       </c>
-      <c r="B10">
-[...2 lines deleted...]
-      <c r="C10" t="s">
+      <c r="L10" t="s">
         <v>58</v>
       </c>
-      <c r="D10" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P10" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q10" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R10" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S10" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="11" spans="1:19">
       <c r="A11" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="B11">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>58</v>
+        <v>67</v>
       </c>
       <c r="D11" t="s">
         <v>59</v>
       </c>
       <c r="H11" t="s">
         <v>60</v>
       </c>
       <c r="L11" t="s">
         <v>61</v>
       </c>
       <c r="P11" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q11" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R11" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S11" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" t="s">
         <v>62</v>
       </c>
       <c r="B12">
-        <v>83</v>
+        <v>233</v>
       </c>
       <c r="C12" t="s">
         <v>63</v>
       </c>
       <c r="D12" t="s">
         <v>64</v>
       </c>
       <c r="H12" t="s">
         <v>65</v>
       </c>
       <c r="L12" t="s">
         <v>66</v>
       </c>
       <c r="P12" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q12" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R12" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S12" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="B13">
-        <v>83</v>
+        <v>234</v>
+      </c>
+      <c r="C13" t="s">
+        <v>68</v>
       </c>
       <c r="D13" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="H13" t="s">
         <v>65</v>
       </c>
       <c r="L13" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="P13" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q13" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R13" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S13" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="B14">
-        <v>60</v>
+        <v>98</v>
       </c>
       <c r="C14" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="D14" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="H14" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="L14" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="P14" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q14" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R14" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S14" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" t="s">
-        <v>67</v>
+        <v>76</v>
       </c>
       <c r="B15">
-        <v>60</v>
+        <v>95</v>
       </c>
       <c r="C15" t="s">
-        <v>68</v>
+        <v>77</v>
       </c>
       <c r="D15" t="s">
-        <v>69</v>
+        <v>78</v>
       </c>
       <c r="H15" t="s">
-        <v>70</v>
+        <v>79</v>
       </c>
       <c r="L15" t="s">
-        <v>72</v>
+        <v>80</v>
       </c>
       <c r="P15" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q15" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R15" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S15" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="16" spans="1:19">
       <c r="A16" t="s">
-        <v>73</v>
+        <v>81</v>
       </c>
       <c r="B16">
-        <v>128</v>
+        <v>77</v>
       </c>
       <c r="C16" t="s">
-        <v>74</v>
+        <v>82</v>
       </c>
       <c r="D16" t="s">
-        <v>75</v>
+        <v>83</v>
       </c>
       <c r="H16" t="s">
-        <v>76</v>
+        <v>84</v>
       </c>
       <c r="L16" t="s">
-        <v>77</v>
+        <v>85</v>
       </c>
       <c r="P16" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q16" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R16" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S16" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="17" spans="1:19">
       <c r="A17" t="s">
-        <v>73</v>
+        <v>81</v>
       </c>
       <c r="B17">
-        <v>128</v>
+        <v>240</v>
       </c>
       <c r="C17" t="s">
-        <v>74</v>
+        <v>86</v>
       </c>
       <c r="D17" t="s">
-        <v>75</v>
+        <v>87</v>
       </c>
       <c r="H17" t="s">
-        <v>76</v>
+        <v>88</v>
       </c>
       <c r="L17" t="s">
-        <v>78</v>
+        <v>89</v>
       </c>
       <c r="P17" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q17" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R17" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S17" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="18" spans="1:19">
       <c r="A18" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="B18">
-        <v>60</v>
+        <v>70</v>
+      </c>
+      <c r="C18" t="s">
+        <v>90</v>
       </c>
       <c r="D18" t="s">
-        <v>80</v>
+        <v>91</v>
       </c>
       <c r="H18" t="s">
-        <v>81</v>
+        <v>92</v>
       </c>
       <c r="L18" t="s">
-        <v>82</v>
+        <v>93</v>
       </c>
       <c r="P18" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q18" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R18" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S18" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="19" spans="1:19">
       <c r="A19" t="s">
-        <v>79</v>
+        <v>94</v>
       </c>
       <c r="B19">
         <v>60</v>
       </c>
+      <c r="C19" t="s">
+        <v>95</v>
+      </c>
       <c r="D19" t="s">
-        <v>80</v>
+        <v>96</v>
       </c>
       <c r="H19" t="s">
-        <v>81</v>
+        <v>97</v>
       </c>
       <c r="L19" t="s">
-        <v>82</v>
+        <v>98</v>
       </c>
       <c r="P19" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q19" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R19" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S19" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="20" spans="1:19">
       <c r="A20" t="s">
-        <v>83</v>
+        <v>99</v>
       </c>
       <c r="B20">
-        <v>60</v>
+        <v>128</v>
       </c>
       <c r="C20" t="s">
-        <v>84</v>
+        <v>100</v>
       </c>
       <c r="D20" t="s">
-        <v>85</v>
+        <v>101</v>
       </c>
       <c r="H20" t="s">
-        <v>86</v>
+        <v>102</v>
       </c>
       <c r="L20" t="s">
-        <v>87</v>
+        <v>103</v>
       </c>
       <c r="P20" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q20" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R20" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S20" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="21" spans="1:19">
       <c r="A21" t="s">
-        <v>83</v>
+        <v>104</v>
       </c>
       <c r="B21">
         <v>60</v>
       </c>
-      <c r="C21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D21" t="s">
-        <v>89</v>
+        <v>105</v>
       </c>
       <c r="H21" t="s">
-        <v>90</v>
+        <v>106</v>
       </c>
       <c r="L21" t="s">
-        <v>91</v>
+        <v>107</v>
       </c>
       <c r="P21" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q21" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R21" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S21" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="22" spans="1:19">
       <c r="A22" t="s">
-        <v>83</v>
+        <v>108</v>
       </c>
       <c r="B22">
-        <v>60</v>
+        <v>82</v>
       </c>
       <c r="C22" t="s">
-        <v>84</v>
+        <v>109</v>
       </c>
       <c r="D22" t="s">
-        <v>85</v>
+        <v>110</v>
       </c>
       <c r="H22" t="s">
-        <v>86</v>
+        <v>111</v>
       </c>
       <c r="L22" t="s">
-        <v>87</v>
+        <v>112</v>
       </c>
       <c r="P22" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q22" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R22" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S22" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="23" spans="1:19">
       <c r="A23" t="s">
-        <v>83</v>
+        <v>113</v>
       </c>
       <c r="B23">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="C23" t="s">
-        <v>88</v>
+        <v>114</v>
       </c>
       <c r="D23" t="s">
-        <v>89</v>
+        <v>115</v>
       </c>
       <c r="H23" t="s">
-        <v>90</v>
+        <v>116</v>
       </c>
       <c r="L23" t="s">
-        <v>91</v>
+        <v>117</v>
       </c>
       <c r="P23" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q23" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R23" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S23" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="24" spans="1:19">
       <c r="A24" t="s">
-        <v>92</v>
+        <v>118</v>
       </c>
       <c r="B24">
-        <v>87</v>
-[...2 lines deleted...]
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="D24" t="s">
-        <v>93</v>
+        <v>119</v>
       </c>
       <c r="H24" t="s">
-        <v>94</v>
+        <v>120</v>
       </c>
       <c r="L24" t="s">
-        <v>95</v>
+        <v>121</v>
       </c>
       <c r="P24" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q24" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R24" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S24" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="25" spans="1:19">
       <c r="A25" t="s">
-        <v>92</v>
+        <v>118</v>
       </c>
       <c r="B25">
-        <v>87</v>
-[...2 lines deleted...]
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="D25" t="s">
-        <v>93</v>
+        <v>122</v>
       </c>
       <c r="H25" t="s">
-        <v>94</v>
+        <v>123</v>
       </c>
       <c r="L25" t="s">
-        <v>96</v>
+        <v>124</v>
       </c>
       <c r="P25" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q25" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R25" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S25" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="26" spans="1:19">
       <c r="A26" t="s">
-        <v>97</v>
+        <v>118</v>
       </c>
       <c r="B26">
-        <v>128</v>
-[...2 lines deleted...]
-        <v>98</v>
+        <v>60</v>
       </c>
       <c r="D26" t="s">
-        <v>99</v>
+        <v>125</v>
       </c>
       <c r="H26" t="s">
-        <v>76</v>
+        <v>126</v>
       </c>
       <c r="L26" t="s">
-        <v>100</v>
+        <v>127</v>
       </c>
       <c r="P26" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q26" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R26" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S26" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="27" spans="1:19">
       <c r="A27" t="s">
-        <v>97</v>
+        <v>128</v>
       </c>
       <c r="B27">
         <v>60</v>
       </c>
-      <c r="C27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D27" t="s">
-        <v>102</v>
+        <v>129</v>
       </c>
       <c r="H27" t="s">
-        <v>103</v>
+        <v>130</v>
       </c>
       <c r="L27" t="s">
-        <v>104</v>
+        <v>131</v>
       </c>
       <c r="P27" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q27" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R27" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S27" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="28" spans="1:19">
       <c r="A28" t="s">
-        <v>97</v>
+        <v>128</v>
       </c>
       <c r="B28">
-        <v>128</v>
+        <v>62</v>
       </c>
       <c r="C28" t="s">
-        <v>98</v>
+        <v>132</v>
       </c>
       <c r="D28" t="s">
-        <v>99</v>
+        <v>133</v>
       </c>
       <c r="H28" t="s">
-        <v>76</v>
+        <v>134</v>
       </c>
       <c r="L28" t="s">
-        <v>105</v>
+        <v>135</v>
       </c>
       <c r="P28" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q28" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R28" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S28" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="29" spans="1:19">
       <c r="A29" t="s">
-        <v>97</v>
+        <v>136</v>
       </c>
       <c r="B29">
         <v>60</v>
       </c>
       <c r="C29" t="s">
-        <v>101</v>
+        <v>137</v>
       </c>
       <c r="D29" t="s">
-        <v>102</v>
+        <v>138</v>
       </c>
       <c r="H29" t="s">
-        <v>103</v>
+        <v>139</v>
       </c>
       <c r="L29" t="s">
-        <v>106</v>
+        <v>140</v>
       </c>
       <c r="P29" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q29" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R29" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S29" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="30" spans="1:19">
       <c r="A30" t="s">
-        <v>107</v>
+        <v>141</v>
       </c>
       <c r="B30">
-        <v>60</v>
+        <v>80</v>
       </c>
       <c r="C30" t="s">
-        <v>108</v>
+        <v>142</v>
       </c>
       <c r="D30" t="s">
-        <v>109</v>
+        <v>143</v>
       </c>
       <c r="H30" t="s">
-        <v>110</v>
+        <v>144</v>
       </c>
       <c r="L30" t="s">
-        <v>111</v>
+        <v>145</v>
       </c>
       <c r="P30" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q30" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R30" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S30" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="31" spans="1:19">
       <c r="A31" t="s">
-        <v>107</v>
+        <v>146</v>
       </c>
       <c r="B31">
-        <v>128</v>
+        <v>73</v>
       </c>
       <c r="C31" t="s">
-        <v>112</v>
+        <v>147</v>
       </c>
       <c r="D31" t="s">
-        <v>113</v>
+        <v>148</v>
       </c>
       <c r="H31" t="s">
-        <v>76</v>
+        <v>149</v>
       </c>
       <c r="L31" t="s">
-        <v>114</v>
+        <v>150</v>
       </c>
       <c r="P31" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q31" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R31" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S31" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="32" spans="1:19">
       <c r="A32" t="s">
-        <v>107</v>
+        <v>151</v>
       </c>
       <c r="B32">
         <v>60</v>
       </c>
-      <c r="C32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D32" t="s">
-        <v>109</v>
+        <v>152</v>
       </c>
       <c r="H32" t="s">
-        <v>110</v>
+        <v>153</v>
       </c>
       <c r="L32" t="s">
-        <v>115</v>
+        <v>154</v>
       </c>
       <c r="P32" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q32" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R32" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S32" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="33" spans="1:19">
       <c r="A33" t="s">
-        <v>107</v>
+        <v>155</v>
       </c>
       <c r="B33">
-        <v>128</v>
+        <v>61</v>
       </c>
       <c r="C33" t="s">
-        <v>112</v>
+        <v>156</v>
       </c>
       <c r="D33" t="s">
-        <v>113</v>
+        <v>157</v>
       </c>
       <c r="H33" t="s">
-        <v>76</v>
+        <v>158</v>
       </c>
       <c r="L33" t="s">
-        <v>116</v>
+        <v>159</v>
       </c>
       <c r="P33" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q33" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R33" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S33" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" t="s">
-        <v>117</v>
+        <v>160</v>
       </c>
       <c r="B34">
         <v>60</v>
       </c>
       <c r="C34" t="s">
-        <v>118</v>
+        <v>161</v>
       </c>
       <c r="D34" t="s">
-        <v>119</v>
+        <v>162</v>
       </c>
       <c r="H34" t="s">
-        <v>120</v>
+        <v>163</v>
       </c>
       <c r="L34" t="s">
-        <v>121</v>
+        <v>164</v>
       </c>
       <c r="P34" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q34" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R34" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S34" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" t="s">
-        <v>117</v>
+        <v>165</v>
       </c>
       <c r="B35">
         <v>60</v>
       </c>
       <c r="C35" t="s">
-        <v>118</v>
+        <v>166</v>
       </c>
       <c r="D35" t="s">
-        <v>119</v>
+        <v>167</v>
       </c>
       <c r="H35" t="s">
-        <v>120</v>
+        <v>168</v>
       </c>
       <c r="L35" t="s">
-        <v>122</v>
+        <v>169</v>
       </c>
       <c r="P35" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q35" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R35" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S35" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" t="s">
-        <v>123</v>
+        <v>165</v>
       </c>
       <c r="B36">
-        <v>70</v>
+        <v>60</v>
       </c>
       <c r="C36" t="s">
-        <v>124</v>
+        <v>166</v>
       </c>
       <c r="D36" t="s">
-        <v>125</v>
+        <v>167</v>
       </c>
       <c r="H36" t="s">
-        <v>126</v>
+        <v>168</v>
       </c>
       <c r="L36" t="s">
-        <v>127</v>
+        <v>169</v>
       </c>
       <c r="P36" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q36" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R36" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S36" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" t="s">
-        <v>123</v>
+        <v>170</v>
       </c>
       <c r="B37">
-        <v>70</v>
+        <v>83</v>
       </c>
       <c r="C37" t="s">
-        <v>124</v>
+        <v>171</v>
       </c>
       <c r="D37" t="s">
-        <v>125</v>
+        <v>172</v>
       </c>
       <c r="H37" t="s">
-        <v>126</v>
+        <v>173</v>
       </c>
       <c r="L37" t="s">
-        <v>128</v>
+        <v>174</v>
       </c>
       <c r="P37" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q37" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R37" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S37" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" t="s">
-        <v>129</v>
+        <v>170</v>
       </c>
       <c r="B38">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>130</v>
+        <v>83</v>
       </c>
       <c r="D38" t="s">
-        <v>131</v>
+        <v>172</v>
       </c>
       <c r="H38" t="s">
-        <v>132</v>
+        <v>173</v>
       </c>
       <c r="L38" t="s">
-        <v>133</v>
+        <v>174</v>
       </c>
       <c r="P38" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q38" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R38" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S38" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" t="s">
-        <v>129</v>
+        <v>175</v>
       </c>
       <c r="B39">
         <v>60</v>
       </c>
       <c r="C39" t="s">
-        <v>130</v>
+        <v>176</v>
       </c>
       <c r="D39" t="s">
-        <v>131</v>
+        <v>177</v>
       </c>
       <c r="H39" t="s">
-        <v>132</v>
+        <v>178</v>
       </c>
       <c r="L39" t="s">
-        <v>134</v>
+        <v>179</v>
       </c>
       <c r="P39" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q39" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R39" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S39" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="40" spans="1:19">
       <c r="A40" t="s">
-        <v>135</v>
+        <v>175</v>
       </c>
       <c r="B40">
-        <v>128</v>
+        <v>60</v>
       </c>
       <c r="C40" t="s">
-        <v>136</v>
+        <v>176</v>
       </c>
       <c r="D40" t="s">
-        <v>137</v>
+        <v>177</v>
       </c>
       <c r="H40" t="s">
-        <v>76</v>
+        <v>178</v>
       </c>
       <c r="L40" t="s">
-        <v>138</v>
+        <v>180</v>
       </c>
       <c r="P40" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q40" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R40" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S40" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="41" spans="1:19">
       <c r="A41" t="s">
-        <v>135</v>
+        <v>181</v>
       </c>
       <c r="B41">
         <v>128</v>
       </c>
       <c r="C41" t="s">
-        <v>136</v>
+        <v>182</v>
       </c>
       <c r="D41" t="s">
-        <v>137</v>
+        <v>183</v>
       </c>
       <c r="H41" t="s">
-        <v>76</v>
+        <v>184</v>
       </c>
       <c r="L41" t="s">
-        <v>139</v>
+        <v>185</v>
       </c>
       <c r="P41" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q41" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R41" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S41" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="42" spans="1:19">
       <c r="A42" t="s">
-        <v>140</v>
+        <v>181</v>
       </c>
       <c r="B42">
-        <v>76</v>
+        <v>128</v>
       </c>
       <c r="C42" t="s">
-        <v>63</v>
+        <v>182</v>
       </c>
       <c r="D42" t="s">
-        <v>93</v>
+        <v>183</v>
       </c>
       <c r="H42" t="s">
-        <v>141</v>
+        <v>184</v>
       </c>
       <c r="L42" t="s">
-        <v>142</v>
+        <v>186</v>
       </c>
       <c r="P42" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q42" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R42" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S42" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="43" spans="1:19">
       <c r="A43" t="s">
-        <v>140</v>
+        <v>187</v>
       </c>
       <c r="B43">
-        <v>73</v>
-[...2 lines deleted...]
-        <v>143</v>
+        <v>60</v>
       </c>
       <c r="D43" t="s">
-        <v>144</v>
+        <v>188</v>
       </c>
       <c r="H43" t="s">
-        <v>145</v>
+        <v>189</v>
       </c>
       <c r="L43" t="s">
-        <v>146</v>
+        <v>190</v>
       </c>
       <c r="P43" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q43" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R43" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S43" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="44" spans="1:19">
       <c r="A44" t="s">
-        <v>140</v>
+        <v>187</v>
       </c>
       <c r="B44">
-        <v>76</v>
-[...2 lines deleted...]
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="D44" t="s">
-        <v>93</v>
+        <v>188</v>
       </c>
       <c r="H44" t="s">
-        <v>141</v>
+        <v>189</v>
       </c>
       <c r="L44" t="s">
-        <v>147</v>
+        <v>190</v>
       </c>
       <c r="P44" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q44" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R44" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S44" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="45" spans="1:19">
       <c r="A45" t="s">
-        <v>140</v>
+        <v>191</v>
       </c>
       <c r="B45">
-        <v>73</v>
+        <v>60</v>
       </c>
       <c r="C45" t="s">
-        <v>143</v>
+        <v>192</v>
       </c>
       <c r="D45" t="s">
-        <v>144</v>
+        <v>193</v>
       </c>
       <c r="H45" t="s">
-        <v>145</v>
+        <v>194</v>
       </c>
       <c r="L45" t="s">
-        <v>148</v>
+        <v>195</v>
       </c>
       <c r="P45" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q45" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R45" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S45" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="46" spans="1:19">
       <c r="A46" t="s">
-        <v>149</v>
+        <v>191</v>
       </c>
       <c r="B46">
-        <v>71</v>
+        <v>60</v>
       </c>
       <c r="C46" t="s">
-        <v>150</v>
+        <v>196</v>
       </c>
       <c r="D46" t="s">
-        <v>151</v>
+        <v>96</v>
       </c>
       <c r="H46" t="s">
-        <v>152</v>
+        <v>197</v>
       </c>
       <c r="L46" t="s">
-        <v>153</v>
+        <v>198</v>
       </c>
       <c r="P46" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q46" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R46" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S46" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="47" spans="1:19">
       <c r="A47" t="s">
-        <v>149</v>
+        <v>191</v>
       </c>
       <c r="B47">
-        <v>71</v>
+        <v>60</v>
       </c>
       <c r="C47" t="s">
-        <v>150</v>
+        <v>192</v>
       </c>
       <c r="D47" t="s">
-        <v>151</v>
+        <v>193</v>
       </c>
       <c r="H47" t="s">
-        <v>152</v>
+        <v>194</v>
       </c>
       <c r="L47" t="s">
-        <v>154</v>
+        <v>195</v>
       </c>
       <c r="P47" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q47" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R47" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S47" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="48" spans="1:19">
       <c r="A48" t="s">
-        <v>155</v>
+        <v>191</v>
       </c>
       <c r="B48">
         <v>60</v>
       </c>
       <c r="C48" t="s">
-        <v>63</v>
+        <v>196</v>
       </c>
       <c r="D48" t="s">
-        <v>156</v>
+        <v>96</v>
       </c>
       <c r="H48" t="s">
-        <v>157</v>
+        <v>197</v>
       </c>
       <c r="L48" t="s">
-        <v>158</v>
+        <v>198</v>
       </c>
       <c r="P48" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q48" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R48" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S48" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="49" spans="1:19">
       <c r="A49" t="s">
-        <v>155</v>
+        <v>199</v>
       </c>
       <c r="B49">
-        <v>60</v>
+        <v>87</v>
       </c>
       <c r="C49" t="s">
-        <v>63</v>
+        <v>171</v>
       </c>
       <c r="D49" t="s">
-        <v>156</v>
+        <v>200</v>
       </c>
       <c r="H49" t="s">
-        <v>157</v>
+        <v>201</v>
       </c>
       <c r="L49" t="s">
-        <v>159</v>
+        <v>202</v>
       </c>
       <c r="P49" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q49" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R49" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S49" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="50" spans="1:19">
       <c r="A50" t="s">
-        <v>160</v>
+        <v>199</v>
       </c>
       <c r="B50">
-        <v>60</v>
+        <v>87</v>
       </c>
       <c r="C50" t="s">
-        <v>161</v>
+        <v>171</v>
       </c>
       <c r="D50" t="s">
-        <v>162</v>
+        <v>200</v>
       </c>
       <c r="H50" t="s">
-        <v>163</v>
+        <v>201</v>
       </c>
       <c r="L50" t="s">
-        <v>164</v>
+        <v>203</v>
       </c>
       <c r="P50" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q50" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R50" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S50" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="51" spans="1:19">
       <c r="A51" t="s">
-        <v>160</v>
+        <v>204</v>
       </c>
       <c r="B51">
-        <v>60</v>
+        <v>128</v>
       </c>
       <c r="C51" t="s">
-        <v>161</v>
+        <v>205</v>
       </c>
       <c r="D51" t="s">
-        <v>162</v>
+        <v>206</v>
       </c>
       <c r="H51" t="s">
-        <v>163</v>
+        <v>184</v>
       </c>
       <c r="L51" t="s">
-        <v>165</v>
+        <v>207</v>
       </c>
       <c r="P51" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q51" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R51" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S51" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="52" spans="1:19">
       <c r="A52" t="s">
-        <v>166</v>
+        <v>204</v>
       </c>
       <c r="B52">
         <v>60</v>
       </c>
       <c r="C52" t="s">
-        <v>167</v>
+        <v>208</v>
       </c>
       <c r="D52" t="s">
-        <v>168</v>
+        <v>209</v>
       </c>
       <c r="H52" t="s">
-        <v>169</v>
+        <v>210</v>
       </c>
       <c r="L52" t="s">
-        <v>170</v>
+        <v>211</v>
       </c>
       <c r="P52" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q52" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R52" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S52" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="53" spans="1:19">
       <c r="A53" t="s">
-        <v>166</v>
+        <v>204</v>
       </c>
       <c r="B53">
-        <v>60</v>
+        <v>128</v>
       </c>
       <c r="C53" t="s">
-        <v>167</v>
+        <v>205</v>
       </c>
       <c r="D53" t="s">
-        <v>168</v>
+        <v>206</v>
       </c>
       <c r="H53" t="s">
-        <v>169</v>
+        <v>184</v>
       </c>
       <c r="L53" t="s">
-        <v>171</v>
+        <v>212</v>
       </c>
       <c r="P53" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q53" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R53" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S53" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="54" spans="1:19">
       <c r="A54" t="s">
-        <v>172</v>
+        <v>204</v>
       </c>
       <c r="B54">
         <v>60</v>
       </c>
       <c r="C54" t="s">
-        <v>173</v>
+        <v>208</v>
       </c>
       <c r="D54" t="s">
-        <v>174</v>
+        <v>209</v>
       </c>
       <c r="H54" t="s">
-        <v>175</v>
+        <v>210</v>
       </c>
       <c r="L54" t="s">
-        <v>176</v>
+        <v>213</v>
       </c>
       <c r="P54" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q54" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R54" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S54" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="55" spans="1:19">
       <c r="A55" t="s">
-        <v>172</v>
+        <v>214</v>
       </c>
       <c r="B55">
         <v>60</v>
       </c>
       <c r="C55" t="s">
-        <v>173</v>
+        <v>215</v>
       </c>
       <c r="D55" t="s">
-        <v>174</v>
+        <v>216</v>
       </c>
       <c r="H55" t="s">
-        <v>175</v>
+        <v>217</v>
       </c>
       <c r="L55" t="s">
-        <v>177</v>
+        <v>218</v>
       </c>
       <c r="P55" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q55" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R55" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S55" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="56" spans="1:19">
       <c r="A56" t="s">
-        <v>178</v>
+        <v>214</v>
       </c>
       <c r="B56">
-        <v>60</v>
+        <v>128</v>
       </c>
       <c r="C56" t="s">
-        <v>130</v>
+        <v>219</v>
       </c>
       <c r="D56" t="s">
-        <v>179</v>
+        <v>220</v>
       </c>
       <c r="H56" t="s">
-        <v>180</v>
+        <v>184</v>
       </c>
       <c r="L56" t="s">
-        <v>181</v>
+        <v>221</v>
       </c>
       <c r="P56" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q56" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R56" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S56" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="57" spans="1:19">
       <c r="A57" t="s">
-        <v>178</v>
+        <v>214</v>
       </c>
       <c r="B57">
         <v>60</v>
       </c>
       <c r="C57" t="s">
-        <v>63</v>
+        <v>215</v>
       </c>
       <c r="D57" t="s">
-        <v>44</v>
+        <v>216</v>
       </c>
       <c r="H57" t="s">
-        <v>182</v>
+        <v>217</v>
       </c>
       <c r="L57" t="s">
-        <v>183</v>
+        <v>222</v>
       </c>
       <c r="P57" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q57" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R57" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S57" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="58" spans="1:19">
       <c r="A58" t="s">
-        <v>178</v>
+        <v>214</v>
       </c>
       <c r="B58">
-        <v>60</v>
+        <v>128</v>
       </c>
       <c r="C58" t="s">
-        <v>130</v>
+        <v>219</v>
       </c>
       <c r="D58" t="s">
-        <v>179</v>
+        <v>220</v>
       </c>
       <c r="H58" t="s">
-        <v>180</v>
+        <v>184</v>
       </c>
       <c r="L58" t="s">
-        <v>184</v>
+        <v>223</v>
       </c>
       <c r="P58" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q58" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R58" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S58" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="59" spans="1:19">
       <c r="A59" t="s">
-        <v>178</v>
+        <v>224</v>
       </c>
       <c r="B59">
         <v>60</v>
       </c>
       <c r="C59" t="s">
-        <v>63</v>
+        <v>225</v>
       </c>
       <c r="D59" t="s">
-        <v>44</v>
+        <v>226</v>
       </c>
       <c r="H59" t="s">
-        <v>182</v>
+        <v>227</v>
       </c>
       <c r="L59" t="s">
-        <v>185</v>
+        <v>228</v>
       </c>
       <c r="P59" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q59" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R59" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S59" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="60" spans="1:19">
       <c r="A60" t="s">
-        <v>186</v>
+        <v>224</v>
       </c>
       <c r="B60">
         <v>60</v>
       </c>
       <c r="C60" t="s">
-        <v>187</v>
+        <v>225</v>
       </c>
       <c r="D60" t="s">
-        <v>188</v>
+        <v>226</v>
       </c>
       <c r="H60" t="s">
-        <v>189</v>
+        <v>227</v>
       </c>
       <c r="L60" t="s">
-        <v>190</v>
+        <v>229</v>
       </c>
       <c r="P60" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q60" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R60" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S60" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="61" spans="1:19">
       <c r="A61" t="s">
-        <v>186</v>
+        <v>230</v>
       </c>
       <c r="B61">
-        <v>60</v>
+        <v>70</v>
       </c>
       <c r="C61" t="s">
-        <v>187</v>
+        <v>231</v>
       </c>
       <c r="D61" t="s">
-        <v>188</v>
+        <v>232</v>
       </c>
       <c r="H61" t="s">
-        <v>189</v>
+        <v>233</v>
       </c>
       <c r="L61" t="s">
-        <v>191</v>
+        <v>234</v>
       </c>
       <c r="P61" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q61" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R61" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S61" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="62" spans="1:19">
       <c r="A62" t="s">
-        <v>192</v>
+        <v>230</v>
       </c>
       <c r="B62">
-        <v>60</v>
+        <v>70</v>
       </c>
       <c r="C62" t="s">
-        <v>193</v>
+        <v>231</v>
       </c>
       <c r="D62" t="s">
-        <v>194</v>
+        <v>232</v>
       </c>
       <c r="H62" t="s">
-        <v>195</v>
+        <v>233</v>
       </c>
       <c r="L62" t="s">
-        <v>196</v>
+        <v>235</v>
       </c>
       <c r="P62" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q62" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R62" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S62" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="63" spans="1:19">
       <c r="A63" t="s">
-        <v>192</v>
+        <v>236</v>
       </c>
       <c r="B63">
-        <v>172</v>
+        <v>60</v>
       </c>
       <c r="C63" t="s">
-        <v>197</v>
+        <v>237</v>
       </c>
       <c r="D63" t="s">
-        <v>198</v>
+        <v>238</v>
       </c>
       <c r="H63" t="s">
-        <v>199</v>
+        <v>239</v>
       </c>
       <c r="L63" t="s">
-        <v>200</v>
+        <v>240</v>
       </c>
       <c r="P63" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q63" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R63" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S63" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="64" spans="1:19">
       <c r="A64" t="s">
-        <v>192</v>
+        <v>236</v>
       </c>
       <c r="B64">
         <v>60</v>
       </c>
       <c r="C64" t="s">
-        <v>193</v>
+        <v>237</v>
       </c>
       <c r="D64" t="s">
-        <v>194</v>
+        <v>238</v>
       </c>
       <c r="H64" t="s">
-        <v>195</v>
+        <v>239</v>
       </c>
       <c r="L64" t="s">
-        <v>201</v>
+        <v>241</v>
       </c>
       <c r="P64" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q64" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R64" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S64" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="65" spans="1:19">
       <c r="A65" t="s">
-        <v>192</v>
+        <v>242</v>
       </c>
       <c r="B65">
-        <v>172</v>
+        <v>128</v>
       </c>
       <c r="C65" t="s">
-        <v>197</v>
+        <v>243</v>
       </c>
       <c r="D65" t="s">
-        <v>198</v>
+        <v>244</v>
       </c>
       <c r="H65" t="s">
-        <v>199</v>
+        <v>184</v>
       </c>
       <c r="L65" t="s">
-        <v>202</v>
+        <v>245</v>
       </c>
       <c r="P65" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q65" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R65" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S65" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="66" spans="1:19">
       <c r="A66" t="s">
-        <v>203</v>
+        <v>242</v>
       </c>
       <c r="B66">
-        <v>60</v>
+        <v>128</v>
       </c>
       <c r="C66" t="s">
-        <v>204</v>
+        <v>243</v>
       </c>
       <c r="D66" t="s">
-        <v>205</v>
+        <v>244</v>
+      </c>
+      <c r="H66" t="s">
+        <v>184</v>
       </c>
       <c r="L66" t="s">
-        <v>206</v>
+        <v>246</v>
       </c>
       <c r="P66" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q66" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R66" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S66" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="67" spans="1:19">
       <c r="A67" t="s">
-        <v>203</v>
+        <v>247</v>
       </c>
       <c r="B67">
-        <v>60</v>
+        <v>76</v>
       </c>
       <c r="C67" t="s">
-        <v>207</v>
+        <v>171</v>
       </c>
       <c r="D67" t="s">
-        <v>208</v>
+        <v>200</v>
+      </c>
+      <c r="H67" t="s">
+        <v>248</v>
       </c>
       <c r="L67" t="s">
-        <v>209</v>
+        <v>249</v>
       </c>
       <c r="P67" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q67" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R67" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S67" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="68" spans="1:19">
       <c r="A68" t="s">
-        <v>203</v>
+        <v>247</v>
       </c>
       <c r="B68">
-        <v>60</v>
+        <v>73</v>
       </c>
       <c r="C68" t="s">
-        <v>210</v>
+        <v>250</v>
       </c>
       <c r="D68" t="s">
-        <v>211</v>
+        <v>251</v>
+      </c>
+      <c r="H68" t="s">
+        <v>252</v>
       </c>
       <c r="L68" t="s">
-        <v>212</v>
+        <v>253</v>
       </c>
       <c r="P68" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q68" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R68" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S68" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="69" spans="1:19">
       <c r="A69" t="s">
-        <v>203</v>
+        <v>247</v>
       </c>
       <c r="B69">
-        <v>60</v>
+        <v>76</v>
       </c>
       <c r="C69" t="s">
-        <v>204</v>
+        <v>171</v>
       </c>
       <c r="D69" t="s">
-        <v>205</v>
+        <v>200</v>
+      </c>
+      <c r="H69" t="s">
+        <v>248</v>
       </c>
       <c r="L69" t="s">
-        <v>213</v>
+        <v>254</v>
       </c>
       <c r="P69" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q69" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R69" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S69" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="70" spans="1:19">
       <c r="A70" t="s">
-        <v>203</v>
+        <v>247</v>
       </c>
       <c r="B70">
-        <v>60</v>
+        <v>73</v>
       </c>
       <c r="C70" t="s">
-        <v>207</v>
+        <v>250</v>
       </c>
       <c r="D70" t="s">
-        <v>208</v>
+        <v>251</v>
+      </c>
+      <c r="H70" t="s">
+        <v>252</v>
       </c>
       <c r="L70" t="s">
-        <v>214</v>
+        <v>255</v>
       </c>
       <c r="P70" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q70" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R70" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S70" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="71" spans="1:19">
       <c r="A71" t="s">
-        <v>215</v>
+        <v>256</v>
       </c>
       <c r="B71">
-        <v>272</v>
+        <v>71</v>
       </c>
       <c r="C71" t="s">
-        <v>216</v>
+        <v>257</v>
       </c>
       <c r="D71" t="s">
-        <v>217</v>
+        <v>258</v>
       </c>
       <c r="H71" t="s">
-        <v>218</v>
+        <v>259</v>
       </c>
       <c r="L71" t="s">
-        <v>219</v>
+        <v>260</v>
       </c>
       <c r="P71" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q71" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R71" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S71" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="72" spans="1:19">
       <c r="A72" t="s">
-        <v>215</v>
+        <v>256</v>
       </c>
       <c r="B72">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="C72" t="s">
-        <v>187</v>
+        <v>257</v>
       </c>
       <c r="D72" t="s">
-        <v>220</v>
+        <v>258</v>
       </c>
       <c r="H72" t="s">
-        <v>221</v>
+        <v>259</v>
       </c>
       <c r="L72" t="s">
-        <v>222</v>
+        <v>261</v>
       </c>
       <c r="P72" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q72" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R72" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S72" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="73" spans="1:19">
       <c r="A73" t="s">
-        <v>223</v>
+        <v>262</v>
       </c>
       <c r="B73">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="C73" t="s">
-        <v>161</v>
+        <v>171</v>
       </c>
       <c r="D73" t="s">
-        <v>224</v>
+        <v>263</v>
       </c>
       <c r="H73" t="s">
-        <v>225</v>
+        <v>264</v>
       </c>
       <c r="L73" t="s">
-        <v>226</v>
+        <v>265</v>
       </c>
       <c r="P73" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q73" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R73" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S73" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="74" spans="1:19">
       <c r="A74" t="s">
-        <v>223</v>
+        <v>262</v>
       </c>
       <c r="B74">
         <v>60</v>
       </c>
       <c r="C74" t="s">
-        <v>161</v>
+        <v>171</v>
       </c>
       <c r="D74" t="s">
-        <v>227</v>
+        <v>263</v>
       </c>
       <c r="H74" t="s">
-        <v>228</v>
+        <v>264</v>
       </c>
       <c r="L74" t="s">
-        <v>229</v>
+        <v>266</v>
       </c>
       <c r="P74" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q74" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R74" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S74" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="75" spans="1:19">
       <c r="A75" t="s">
-        <v>223</v>
+        <v>267</v>
       </c>
       <c r="B75">
         <v>60</v>
       </c>
       <c r="C75" t="s">
-        <v>187</v>
+        <v>268</v>
       </c>
       <c r="D75" t="s">
-        <v>230</v>
+        <v>269</v>
       </c>
       <c r="H75" t="s">
-        <v>231</v>
+        <v>270</v>
       </c>
       <c r="L75" t="s">
-        <v>232</v>
+        <v>271</v>
       </c>
       <c r="P75" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q75" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R75" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S75" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="76" spans="1:19">
       <c r="A76" t="s">
-        <v>223</v>
+        <v>267</v>
       </c>
       <c r="B76">
         <v>60</v>
       </c>
       <c r="C76" t="s">
-        <v>187</v>
+        <v>268</v>
       </c>
       <c r="D76" t="s">
-        <v>233</v>
+        <v>269</v>
       </c>
       <c r="H76" t="s">
-        <v>234</v>
+        <v>270</v>
       </c>
       <c r="L76" t="s">
-        <v>235</v>
+        <v>272</v>
       </c>
       <c r="P76" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q76" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R76" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S76" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="77" spans="1:19">
       <c r="A77" t="s">
-        <v>236</v>
+        <v>273</v>
       </c>
       <c r="B77">
         <v>60</v>
       </c>
       <c r="C77" t="s">
-        <v>237</v>
+        <v>274</v>
       </c>
       <c r="D77" t="s">
-        <v>238</v>
+        <v>275</v>
       </c>
       <c r="H77" t="s">
-        <v>239</v>
+        <v>276</v>
       </c>
       <c r="L77" t="s">
-        <v>240</v>
+        <v>277</v>
       </c>
       <c r="P77" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q77" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R77" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S77" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="78" spans="1:19">
       <c r="A78" t="s">
-        <v>236</v>
+        <v>273</v>
       </c>
       <c r="B78">
-        <v>97</v>
+        <v>60</v>
       </c>
       <c r="C78" t="s">
-        <v>241</v>
+        <v>274</v>
       </c>
       <c r="D78" t="s">
-        <v>242</v>
+        <v>275</v>
       </c>
       <c r="H78" t="s">
-        <v>243</v>
+        <v>276</v>
       </c>
       <c r="L78" t="s">
-        <v>244</v>
+        <v>278</v>
       </c>
       <c r="P78" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q78" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R78" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S78" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="79" spans="1:19">
       <c r="A79" t="s">
-        <v>236</v>
+        <v>279</v>
       </c>
       <c r="B79">
         <v>60</v>
       </c>
       <c r="C79" t="s">
-        <v>245</v>
+        <v>280</v>
       </c>
       <c r="D79" t="s">
-        <v>246</v>
+        <v>281</v>
       </c>
       <c r="H79" t="s">
-        <v>247</v>
+        <v>282</v>
       </c>
       <c r="L79" t="s">
-        <v>248</v>
+        <v>283</v>
       </c>
       <c r="P79" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q79" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R79" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S79" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="80" spans="1:19">
       <c r="A80" t="s">
-        <v>249</v>
+        <v>279</v>
       </c>
       <c r="B80">
-        <v>278</v>
+        <v>60</v>
       </c>
       <c r="C80" t="s">
-        <v>250</v>
+        <v>280</v>
       </c>
       <c r="D80" t="s">
-        <v>251</v>
+        <v>281</v>
       </c>
       <c r="H80" t="s">
-        <v>252</v>
+        <v>282</v>
       </c>
       <c r="L80" t="s">
-        <v>253</v>
+        <v>284</v>
       </c>
       <c r="P80" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q80" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R80" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S80" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="81" spans="1:19">
       <c r="A81" t="s">
-        <v>254</v>
+        <v>285</v>
       </c>
       <c r="B81">
-        <v>161</v>
+        <v>60</v>
       </c>
       <c r="C81" t="s">
-        <v>255</v>
+        <v>237</v>
       </c>
       <c r="D81" t="s">
-        <v>256</v>
+        <v>286</v>
       </c>
       <c r="H81" t="s">
-        <v>257</v>
+        <v>287</v>
       </c>
       <c r="L81" t="s">
-        <v>258</v>
+        <v>288</v>
       </c>
       <c r="P81" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q81" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R81" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S81" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="82" spans="1:19">
       <c r="A82" t="s">
-        <v>259</v>
+        <v>285</v>
       </c>
       <c r="B82">
         <v>60</v>
       </c>
       <c r="C82" t="s">
-        <v>260</v>
+        <v>171</v>
       </c>
       <c r="D82" t="s">
-        <v>261</v>
+        <v>152</v>
       </c>
       <c r="H82" t="s">
-        <v>262</v>
+        <v>289</v>
       </c>
       <c r="L82" t="s">
-        <v>263</v>
+        <v>290</v>
       </c>
       <c r="P82" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q82" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R82" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S82" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="83" spans="1:19">
       <c r="A83" t="s">
-        <v>264</v>
+        <v>285</v>
       </c>
       <c r="B83">
-        <v>71</v>
+        <v>60</v>
       </c>
       <c r="C83" t="s">
-        <v>265</v>
+        <v>237</v>
       </c>
       <c r="D83" t="s">
-        <v>266</v>
+        <v>286</v>
       </c>
       <c r="H83" t="s">
-        <v>267</v>
+        <v>287</v>
       </c>
       <c r="L83" t="s">
-        <v>268</v>
+        <v>291</v>
       </c>
       <c r="P83" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q83" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R83" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S83" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="84" spans="1:19">
       <c r="A84" t="s">
-        <v>264</v>
+        <v>285</v>
       </c>
       <c r="B84">
-        <v>202</v>
+        <v>60</v>
       </c>
       <c r="C84" t="s">
-        <v>269</v>
+        <v>171</v>
       </c>
       <c r="D84" t="s">
-        <v>270</v>
+        <v>152</v>
       </c>
       <c r="H84" t="s">
-        <v>271</v>
+        <v>289</v>
       </c>
       <c r="L84" t="s">
-        <v>272</v>
+        <v>292</v>
       </c>
       <c r="P84" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q84" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R84" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S84" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="85" spans="1:19">
       <c r="A85" t="s">
-        <v>264</v>
+        <v>293</v>
       </c>
       <c r="B85">
-        <v>67</v>
+        <v>60</v>
       </c>
       <c r="C85" t="s">
-        <v>63</v>
+        <v>294</v>
       </c>
       <c r="D85" t="s">
-        <v>273</v>
+        <v>295</v>
       </c>
       <c r="H85" t="s">
-        <v>274</v>
+        <v>296</v>
       </c>
       <c r="L85" t="s">
-        <v>275</v>
+        <v>297</v>
       </c>
       <c r="P85" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q85" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R85" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S85" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="86" spans="1:19">
       <c r="A86" t="s">
-        <v>276</v>
+        <v>293</v>
       </c>
       <c r="B86">
         <v>60</v>
       </c>
       <c r="C86" t="s">
-        <v>277</v>
+        <v>294</v>
       </c>
       <c r="D86" t="s">
-        <v>278</v>
+        <v>295</v>
       </c>
       <c r="H86" t="s">
-        <v>279</v>
+        <v>296</v>
       </c>
       <c r="L86" t="s">
-        <v>280</v>
+        <v>298</v>
       </c>
       <c r="P86" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q86" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R86" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S86" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="87" spans="1:19">
       <c r="A87" t="s">
-        <v>281</v>
+        <v>299</v>
       </c>
       <c r="B87">
-        <v>185</v>
+        <v>60</v>
       </c>
       <c r="C87" t="s">
-        <v>282</v>
+        <v>300</v>
       </c>
       <c r="D87" t="s">
-        <v>251</v>
+        <v>301</v>
       </c>
       <c r="H87" t="s">
-        <v>283</v>
+        <v>302</v>
       </c>
       <c r="L87" t="s">
-        <v>284</v>
+        <v>303</v>
       </c>
       <c r="P87" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q87" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R87" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S87" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="88" spans="1:19">
       <c r="A88" t="s">
-        <v>285</v>
+        <v>299</v>
       </c>
       <c r="B88">
-        <v>213</v>
+        <v>172</v>
       </c>
       <c r="C88" t="s">
-        <v>286</v>
+        <v>304</v>
       </c>
       <c r="D88" t="s">
-        <v>99</v>
+        <v>305</v>
       </c>
       <c r="H88" t="s">
-        <v>287</v>
+        <v>306</v>
       </c>
       <c r="L88" t="s">
-        <v>288</v>
+        <v>307</v>
       </c>
       <c r="P88" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q88" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R88" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S88" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="89" spans="1:19">
       <c r="A89" t="s">
-        <v>285</v>
+        <v>299</v>
       </c>
       <c r="B89">
         <v>60</v>
       </c>
       <c r="C89" t="s">
-        <v>187</v>
+        <v>300</v>
       </c>
       <c r="D89" t="s">
-        <v>289</v>
+        <v>301</v>
       </c>
       <c r="H89" t="s">
-        <v>290</v>
+        <v>302</v>
       </c>
       <c r="L89" t="s">
-        <v>291</v>
+        <v>308</v>
       </c>
       <c r="P89" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q89" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R89" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S89" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="90" spans="1:19">
       <c r="A90" t="s">
-        <v>292</v>
+        <v>299</v>
       </c>
       <c r="B90">
-        <v>60</v>
+        <v>172</v>
       </c>
       <c r="C90" t="s">
-        <v>293</v>
+        <v>304</v>
       </c>
       <c r="D90" t="s">
-        <v>294</v>
+        <v>305</v>
       </c>
       <c r="H90" t="s">
-        <v>295</v>
+        <v>306</v>
       </c>
       <c r="L90" t="s">
-        <v>296</v>
+        <v>309</v>
       </c>
       <c r="P90" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q90" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R90" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S90" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="91" spans="1:19">
       <c r="A91" t="s">
-        <v>292</v>
+        <v>310</v>
       </c>
       <c r="B91">
         <v>60</v>
       </c>
       <c r="C91" t="s">
-        <v>297</v>
+        <v>311</v>
       </c>
       <c r="D91" t="s">
-        <v>298</v>
-[...2 lines deleted...]
-        <v>299</v>
+        <v>312</v>
       </c>
       <c r="L91" t="s">
-        <v>300</v>
+        <v>313</v>
       </c>
       <c r="P91" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q91" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R91" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S91" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="92" spans="1:19">
       <c r="A92" t="s">
-        <v>301</v>
+        <v>310</v>
       </c>
       <c r="B92">
         <v>60</v>
       </c>
       <c r="C92" t="s">
-        <v>302</v>
+        <v>314</v>
       </c>
       <c r="D92" t="s">
-        <v>303</v>
+        <v>315</v>
       </c>
       <c r="L92" t="s">
-        <v>304</v>
+        <v>316</v>
       </c>
       <c r="P92" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q92" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R92" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S92" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="93" spans="1:19">
       <c r="A93" t="s">
-        <v>305</v>
+        <v>310</v>
       </c>
       <c r="B93">
         <v>60</v>
       </c>
       <c r="C93" t="s">
-        <v>306</v>
+        <v>317</v>
       </c>
       <c r="D93" t="s">
-        <v>307</v>
-[...2 lines deleted...]
-        <v>308</v>
+        <v>318</v>
       </c>
       <c r="L93" t="s">
-        <v>309</v>
+        <v>319</v>
       </c>
       <c r="P93" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q93" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R93" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S93" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="94" spans="1:19">
       <c r="A94" t="s">
-        <v>305</v>
+        <v>310</v>
       </c>
       <c r="B94">
         <v>60</v>
       </c>
       <c r="C94" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="D94" t="s">
-        <v>311</v>
-[...1 lines deleted...]
-      <c r="H94" t="s">
         <v>312</v>
       </c>
       <c r="L94" t="s">
-        <v>313</v>
+        <v>320</v>
       </c>
       <c r="P94" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q94" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R94" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S94" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="95" spans="1:19">
       <c r="A95" t="s">
+        <v>310</v>
+      </c>
+      <c r="B95">
+        <v>60</v>
+      </c>
+      <c r="C95" t="s">
         <v>314</v>
-      </c>
-[...1 lines deleted...]
-        <v>147</v>
       </c>
       <c r="D95" t="s">
         <v>315</v>
       </c>
-      <c r="H95" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L95" t="s">
-        <v>317</v>
+        <v>321</v>
       </c>
       <c r="P95" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q95" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R95" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S95" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="96" spans="1:19">
       <c r="A96" t="s">
-        <v>314</v>
+        <v>322</v>
       </c>
       <c r="B96">
-        <v>60</v>
+        <v>272</v>
       </c>
       <c r="C96" t="s">
-        <v>318</v>
+        <v>323</v>
       </c>
       <c r="D96" t="s">
-        <v>319</v>
+        <v>324</v>
       </c>
       <c r="H96" t="s">
-        <v>320</v>
+        <v>325</v>
       </c>
       <c r="L96" t="s">
-        <v>321</v>
+        <v>326</v>
       </c>
       <c r="P96" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q96" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R96" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S96" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="97" spans="1:19">
       <c r="A97" t="s">
         <v>322</v>
       </c>
       <c r="B97">
         <v>60</v>
       </c>
       <c r="C97" t="s">
-        <v>187</v>
+        <v>294</v>
       </c>
       <c r="D97" t="s">
-        <v>323</v>
+        <v>327</v>
       </c>
       <c r="H97" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
       <c r="L97" t="s">
-        <v>325</v>
+        <v>329</v>
       </c>
       <c r="P97" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q97" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R97" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S97" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="98" spans="1:19">
       <c r="A98" t="s">
-        <v>326</v>
+        <v>330</v>
       </c>
       <c r="B98">
-        <v>88</v>
+        <v>64</v>
       </c>
       <c r="C98" t="s">
-        <v>327</v>
+        <v>268</v>
       </c>
       <c r="D98" t="s">
-        <v>328</v>
+        <v>331</v>
       </c>
       <c r="H98" t="s">
-        <v>329</v>
+        <v>332</v>
       </c>
       <c r="L98" t="s">
-        <v>330</v>
+        <v>333</v>
       </c>
       <c r="P98" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q98" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R98" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S98" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="99" spans="1:19">
       <c r="A99" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="B99">
         <v>60</v>
       </c>
       <c r="C99" t="s">
-        <v>332</v>
+        <v>268</v>
       </c>
       <c r="D99" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="H99" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="L99" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="P99" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q99" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R99" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S99" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="100" spans="1:19">
       <c r="A100" t="s">
-        <v>336</v>
+        <v>330</v>
       </c>
       <c r="B100">
-        <v>107</v>
+        <v>60</v>
       </c>
       <c r="C100" t="s">
-        <v>187</v>
+        <v>294</v>
       </c>
       <c r="D100" t="s">
         <v>337</v>
       </c>
       <c r="H100" t="s">
         <v>338</v>
       </c>
       <c r="L100" t="s">
         <v>339</v>
       </c>
       <c r="P100" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q100" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R100" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S100" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="101" spans="1:19">
       <c r="A101" t="s">
-        <v>336</v>
+        <v>330</v>
       </c>
       <c r="B101">
         <v>60</v>
       </c>
       <c r="C101" t="s">
+        <v>294</v>
+      </c>
+      <c r="D101" t="s">
         <v>340</v>
       </c>
-      <c r="D101" t="s">
+      <c r="H101" t="s">
         <v>341</v>
       </c>
-      <c r="H101" t="s">
+      <c r="L101" t="s">
         <v>342</v>
       </c>
-      <c r="L101" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P101" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q101" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R101" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S101" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="102" spans="1:19">
       <c r="A102" t="s">
-        <v>344</v>
+        <v>343</v>
       </c>
       <c r="B102">
         <v>60</v>
       </c>
       <c r="C102" t="s">
+        <v>344</v>
+      </c>
+      <c r="D102" t="s">
         <v>345</v>
-      </c>
-[...1 lines deleted...]
-        <v>311</v>
       </c>
       <c r="H102" t="s">
         <v>346</v>
       </c>
       <c r="L102" t="s">
         <v>347</v>
       </c>
       <c r="P102" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q102" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R102" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S102" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="103" spans="1:19">
       <c r="A103" t="s">
+        <v>343</v>
+      </c>
+      <c r="B103">
+        <v>97</v>
+      </c>
+      <c r="C103" t="s">
         <v>348</v>
       </c>
-      <c r="B103">
-[...2 lines deleted...]
-      <c r="C103" t="s">
+      <c r="D103" t="s">
         <v>349</v>
       </c>
-      <c r="D103" t="s">
+      <c r="H103" t="s">
         <v>350</v>
       </c>
-      <c r="H103" t="s">
+      <c r="L103" t="s">
         <v>351</v>
       </c>
-      <c r="L103" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P103" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q103" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R103" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S103" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="104" spans="1:19">
       <c r="A104" t="s">
+        <v>343</v>
+      </c>
+      <c r="B104">
+        <v>60</v>
+      </c>
+      <c r="C104" t="s">
+        <v>352</v>
+      </c>
+      <c r="D104" t="s">
         <v>353</v>
       </c>
-      <c r="B104">
-[...2 lines deleted...]
-      <c r="C104" t="s">
+      <c r="H104" t="s">
         <v>354</v>
       </c>
-      <c r="D104" t="s">
+      <c r="L104" t="s">
         <v>355</v>
       </c>
-      <c r="H104" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P104" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q104" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R104" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S104" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="105" spans="1:19">
       <c r="A105" t="s">
+        <v>356</v>
+      </c>
+      <c r="B105">
+        <v>278</v>
+      </c>
+      <c r="C105" t="s">
+        <v>357</v>
+      </c>
+      <c r="D105" t="s">
         <v>358</v>
       </c>
-      <c r="B105">
-[...2 lines deleted...]
-      <c r="C105" t="s">
+      <c r="H105" t="s">
         <v>359</v>
       </c>
-      <c r="D105" t="s">
+      <c r="L105" t="s">
         <v>360</v>
       </c>
-      <c r="H105" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P105" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q105" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R105" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S105" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="106" spans="1:19">
       <c r="A106" t="s">
+        <v>361</v>
+      </c>
+      <c r="B106">
+        <v>161</v>
+      </c>
+      <c r="C106" t="s">
+        <v>362</v>
+      </c>
+      <c r="D106" t="s">
         <v>363</v>
       </c>
-      <c r="B106">
-[...2 lines deleted...]
-      <c r="C106" t="s">
+      <c r="H106" t="s">
         <v>364</v>
       </c>
-      <c r="D106" t="s">
+      <c r="L106" t="s">
         <v>365</v>
       </c>
-      <c r="H106" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P106" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q106" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R106" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S106" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="107" spans="1:19">
       <c r="A107" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="B107">
         <v>60</v>
       </c>
       <c r="C107" t="s">
+        <v>367</v>
+      </c>
+      <c r="D107" t="s">
         <v>368</v>
       </c>
-      <c r="D107" t="s">
+      <c r="H107" t="s">
         <v>369</v>
       </c>
-      <c r="H107" t="s">
+      <c r="L107" t="s">
         <v>370</v>
       </c>
-      <c r="L107" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P107" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q107" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R107" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S107" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="108" spans="1:19">
       <c r="A108" t="s">
+        <v>371</v>
+      </c>
+      <c r="B108">
+        <v>71</v>
+      </c>
+      <c r="C108" t="s">
         <v>372</v>
       </c>
-      <c r="B108">
-[...2 lines deleted...]
-      <c r="C108" t="s">
+      <c r="D108" t="s">
         <v>373</v>
       </c>
-      <c r="D108" t="s">
+      <c r="H108" t="s">
         <v>374</v>
       </c>
-      <c r="H108" t="s">
+      <c r="L108" t="s">
         <v>375</v>
       </c>
-      <c r="L108" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P108" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q108" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R108" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S108" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="109" spans="1:19">
       <c r="A109" t="s">
-        <v>372</v>
+        <v>371</v>
       </c>
       <c r="B109">
-        <v>83</v>
+        <v>202</v>
       </c>
       <c r="C109" t="s">
+        <v>376</v>
+      </c>
+      <c r="D109" t="s">
         <v>377</v>
       </c>
-      <c r="D109" t="s">
+      <c r="H109" t="s">
         <v>378</v>
       </c>
-      <c r="H109" t="s">
+      <c r="L109" t="s">
         <v>379</v>
       </c>
-      <c r="L109" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P109" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q109" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R109" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S109" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="110" spans="1:19">
       <c r="A110" t="s">
-        <v>372</v>
+        <v>371</v>
       </c>
       <c r="B110">
-        <v>84</v>
+        <v>67</v>
       </c>
       <c r="C110" t="s">
+        <v>171</v>
+      </c>
+      <c r="D110" t="s">
+        <v>380</v>
+      </c>
+      <c r="H110" t="s">
         <v>381</v>
       </c>
-      <c r="D110" t="s">
+      <c r="L110" t="s">
         <v>382</v>
       </c>
-      <c r="H110" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P110" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q110" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R110" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S110" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="111" spans="1:19">
       <c r="A111" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="B111">
         <v>60</v>
       </c>
       <c r="C111" t="s">
-        <v>53</v>
+        <v>384</v>
       </c>
       <c r="D111" t="s">
+        <v>385</v>
+      </c>
+      <c r="H111" t="s">
         <v>386</v>
       </c>
-      <c r="H111" t="s">
+      <c r="L111" t="s">
         <v>387</v>
       </c>
-      <c r="L111" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P111" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q111" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R111" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S111" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="112" spans="1:19">
       <c r="A112" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="B112">
-        <v>134</v>
+        <v>185</v>
       </c>
       <c r="C112" t="s">
         <v>389</v>
       </c>
       <c r="D112" t="s">
-        <v>311</v>
+        <v>358</v>
       </c>
       <c r="H112" t="s">
         <v>390</v>
       </c>
       <c r="L112" t="s">
         <v>391</v>
       </c>
       <c r="P112" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q112" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R112" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S112" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="113" spans="1:19">
       <c r="A113" t="s">
         <v>392</v>
       </c>
       <c r="B113">
-        <v>129</v>
+        <v>213</v>
       </c>
       <c r="C113" t="s">
         <v>393</v>
       </c>
       <c r="D113" t="s">
+        <v>206</v>
+      </c>
+      <c r="H113" t="s">
         <v>394</v>
       </c>
-      <c r="H113" t="s">
+      <c r="L113" t="s">
         <v>395</v>
       </c>
-      <c r="L113" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P113" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q113" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R113" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S113" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="114" spans="1:19">
       <c r="A114" t="s">
         <v>392</v>
       </c>
       <c r="B114">
         <v>60</v>
       </c>
       <c r="C114" t="s">
+        <v>294</v>
+      </c>
+      <c r="D114" t="s">
+        <v>396</v>
+      </c>
+      <c r="H114" t="s">
         <v>397</v>
       </c>
-      <c r="D114" t="s">
+      <c r="L114" t="s">
         <v>398</v>
       </c>
-      <c r="H114" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P114" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q114" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R114" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S114" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="115" spans="1:19">
       <c r="A115" t="s">
-        <v>401</v>
+        <v>399</v>
       </c>
       <c r="B115">
         <v>60</v>
       </c>
       <c r="C115" t="s">
+        <v>400</v>
+      </c>
+      <c r="D115" t="s">
+        <v>401</v>
+      </c>
+      <c r="H115" t="s">
         <v>402</v>
       </c>
-      <c r="D115" t="s">
+      <c r="L115" t="s">
         <v>403</v>
       </c>
-      <c r="H115" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P115" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q115" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R115" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S115" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="116" spans="1:19">
       <c r="A116" t="s">
+        <v>399</v>
+      </c>
+      <c r="B116">
+        <v>60</v>
+      </c>
+      <c r="C116" t="s">
+        <v>404</v>
+      </c>
+      <c r="D116" t="s">
+        <v>405</v>
+      </c>
+      <c r="H116" t="s">
         <v>406</v>
       </c>
-      <c r="B116">
-[...2 lines deleted...]
-      <c r="C116" t="s">
+      <c r="L116" t="s">
         <v>407</v>
       </c>
-      <c r="D116" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P116" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q116" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R116" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S116" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="117" spans="1:19">
       <c r="A117" t="s">
+        <v>408</v>
+      </c>
+      <c r="B117">
+        <v>60</v>
+      </c>
+      <c r="C117" t="s">
+        <v>409</v>
+      </c>
+      <c r="D117" t="s">
+        <v>410</v>
+      </c>
+      <c r="L117" t="s">
         <v>411</v>
       </c>
-      <c r="B117">
-[...13 lines deleted...]
-      </c>
       <c r="P117" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q117" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R117" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S117" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="118" spans="1:19">
       <c r="A118" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="B118">
         <v>60</v>
       </c>
       <c r="C118" t="s">
+        <v>413</v>
+      </c>
+      <c r="D118" t="s">
+        <v>414</v>
+      </c>
+      <c r="H118" t="s">
+        <v>415</v>
+      </c>
+      <c r="L118" t="s">
         <v>416</v>
       </c>
-      <c r="D118" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P118" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q118" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R118" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S118" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="119" spans="1:19">
       <c r="A119" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="B119">
         <v>60</v>
       </c>
       <c r="C119" t="s">
+        <v>417</v>
+      </c>
+      <c r="D119" t="s">
+        <v>418</v>
+      </c>
+      <c r="H119" t="s">
         <v>419</v>
       </c>
-      <c r="D119" t="s">
+      <c r="L119" t="s">
         <v>420</v>
       </c>
-      <c r="H119" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P119" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q119" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R119" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S119" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="120" spans="1:19">
       <c r="A120" t="s">
+        <v>421</v>
+      </c>
+      <c r="B120">
+        <v>147</v>
+      </c>
+      <c r="D120" t="s">
+        <v>422</v>
+      </c>
+      <c r="H120" t="s">
         <v>423</v>
       </c>
-      <c r="B120">
-[...5 lines deleted...]
-      <c r="D120" t="s">
+      <c r="L120" t="s">
         <v>424</v>
       </c>
-      <c r="H120" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P120" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q120" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R120" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S120" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="121" spans="1:19">
       <c r="A121" t="s">
-        <v>427</v>
+        <v>421</v>
       </c>
       <c r="B121">
         <v>60</v>
       </c>
       <c r="C121" t="s">
+        <v>425</v>
+      </c>
+      <c r="D121" t="s">
+        <v>426</v>
+      </c>
+      <c r="H121" t="s">
+        <v>427</v>
+      </c>
+      <c r="L121" t="s">
         <v>428</v>
       </c>
-      <c r="D121" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P121" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q121" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R121" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S121" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="122" spans="1:19">
       <c r="A122" t="s">
+        <v>429</v>
+      </c>
+      <c r="B122">
+        <v>60</v>
+      </c>
+      <c r="C122" t="s">
+        <v>294</v>
+      </c>
+      <c r="D122" t="s">
+        <v>430</v>
+      </c>
+      <c r="H122" t="s">
         <v>431</v>
       </c>
-      <c r="B122">
-[...2 lines deleted...]
-      <c r="C122" t="s">
+      <c r="L122" t="s">
         <v>432</v>
       </c>
-      <c r="D122" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P122" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q122" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R122" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S122" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="123" spans="1:19">
       <c r="A123" t="s">
+        <v>433</v>
+      </c>
+      <c r="B123">
+        <v>88</v>
+      </c>
+      <c r="C123" t="s">
+        <v>434</v>
+      </c>
+      <c r="D123" t="s">
+        <v>435</v>
+      </c>
+      <c r="H123" t="s">
         <v>436</v>
       </c>
-      <c r="B123">
-[...2 lines deleted...]
-      <c r="C123" t="s">
+      <c r="L123" t="s">
         <v>437</v>
       </c>
-      <c r="D123" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P123" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q123" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R123" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S123" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="124" spans="1:19">
       <c r="A124" t="s">
-        <v>441</v>
+        <v>438</v>
       </c>
       <c r="B124">
         <v>60</v>
       </c>
       <c r="C124" t="s">
-        <v>161</v>
+        <v>439</v>
       </c>
       <c r="D124" t="s">
+        <v>440</v>
+      </c>
+      <c r="H124" t="s">
+        <v>441</v>
+      </c>
+      <c r="L124" t="s">
         <v>442</v>
       </c>
-      <c r="L124" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P124" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q124" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R124" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S124" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="125" spans="1:19">
       <c r="A125" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="B125">
-        <v>60</v>
+        <v>107</v>
       </c>
       <c r="C125" t="s">
-        <v>161</v>
+        <v>294</v>
       </c>
       <c r="D125" t="s">
         <v>444</v>
       </c>
+      <c r="H125" t="s">
+        <v>445</v>
+      </c>
       <c r="L125" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="P125" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q125" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R125" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S125" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="126" spans="1:19">
       <c r="A126" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="B126">
-        <v>74</v>
+        <v>60</v>
       </c>
       <c r="C126" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="D126" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="H126" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="L126" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="P126" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q126" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R126" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S126" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="127" spans="1:19">
       <c r="A127" t="s">
-        <v>441</v>
+        <v>451</v>
       </c>
       <c r="B127">
         <v>60</v>
       </c>
       <c r="C127" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="D127" t="s">
-        <v>451</v>
+        <v>418</v>
       </c>
       <c r="H127" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="L127" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="P127" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q127" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R127" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S127" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="128" spans="1:19">
       <c r="A128" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="B128">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="C128" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="D128" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="H128" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="L128" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="P128" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q128" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R128" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S128" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="129" spans="1:19">
       <c r="A129" t="s">
-        <v>454</v>
+        <v>460</v>
       </c>
       <c r="B129">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="C129" t="s">
-        <v>161</v>
+        <v>461</v>
       </c>
       <c r="D129" t="s">
-        <v>459</v>
+        <v>462</v>
       </c>
       <c r="H129" t="s">
-        <v>460</v>
+        <v>463</v>
       </c>
       <c r="L129" t="s">
-        <v>461</v>
+        <v>464</v>
       </c>
       <c r="P129" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q129" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R129" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S129" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="130" spans="1:19">
       <c r="A130" t="s">
-        <v>462</v>
+        <v>465</v>
       </c>
       <c r="B130">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="C130" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="D130" t="s">
-        <v>464</v>
+        <v>467</v>
       </c>
       <c r="H130" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="L130" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="P130" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q130" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R130" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S130" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="131" spans="1:19">
       <c r="A131" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="B131">
-        <v>60</v>
+        <v>70</v>
       </c>
       <c r="C131" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="D131" t="s">
-        <v>469</v>
+        <v>472</v>
       </c>
       <c r="H131" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="L131" t="s">
-        <v>471</v>
+        <v>474</v>
       </c>
       <c r="P131" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q131" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R131" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S131" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="132" spans="1:19">
       <c r="A132" t="s">
-        <v>472</v>
+        <v>470</v>
       </c>
       <c r="B132">
-        <v>127</v>
+        <v>60</v>
       </c>
       <c r="C132" t="s">
-        <v>419</v>
+        <v>475</v>
       </c>
       <c r="D132" t="s">
-        <v>473</v>
+        <v>476</v>
       </c>
       <c r="H132" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
       <c r="L132" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
       <c r="P132" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q132" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R132" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S132" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="133" spans="1:19">
       <c r="A133" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="B133">
-        <v>60</v>
+        <v>131</v>
       </c>
       <c r="C133" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="D133" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="H133" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="L133" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="P133" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q133" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R133" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S133" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="134" spans="1:19">
       <c r="A134" t="s">
-        <v>481</v>
+        <v>479</v>
       </c>
       <c r="B134">
-        <v>125</v>
+        <v>83</v>
       </c>
       <c r="C134" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="D134" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="H134" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="L134" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="P134" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q134" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R134" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S134" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="135" spans="1:19">
       <c r="A135" t="s">
-        <v>486</v>
+        <v>479</v>
       </c>
       <c r="B135">
-        <v>69</v>
+        <v>84</v>
       </c>
       <c r="C135" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="D135" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="H135" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="L135" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="P135" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q135" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R135" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S135" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="136" spans="1:19">
       <c r="A136" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="B136">
-        <v>123</v>
+        <v>60</v>
       </c>
       <c r="C136" t="s">
-        <v>492</v>
+        <v>161</v>
       </c>
       <c r="D136" t="s">
-        <v>99</v>
+        <v>493</v>
       </c>
       <c r="H136" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="L136" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="P136" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q136" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R136" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S136" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="137" spans="1:19">
       <c r="A137" t="s">
-        <v>495</v>
+        <v>492</v>
       </c>
       <c r="B137">
-        <v>108</v>
+        <v>134</v>
       </c>
       <c r="C137" t="s">
         <v>496</v>
       </c>
       <c r="D137" t="s">
+        <v>418</v>
+      </c>
+      <c r="H137" t="s">
         <v>497</v>
       </c>
-      <c r="H137" t="s">
+      <c r="L137" t="s">
         <v>498</v>
       </c>
-      <c r="L137" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P137" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q137" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="R137" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="S137" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="138" spans="1:19">
       <c r="A138" t="s">
+        <v>499</v>
+      </c>
+      <c r="B138">
+        <v>129</v>
+      </c>
+      <c r="C138" t="s">
         <v>500</v>
       </c>
-      <c r="B138">
-[...2 lines deleted...]
-      <c r="C138" t="s">
+      <c r="D138" t="s">
         <v>501</v>
       </c>
-      <c r="D138" t="s">
+      <c r="H138" t="s">
         <v>502</v>
       </c>
-      <c r="H138" t="s">
+      <c r="L138" t="s">
         <v>503</v>
       </c>
-      <c r="L138" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P138" t="s">
-        <v>505</v>
+        <v>24</v>
       </c>
       <c r="Q138" t="s">
-        <v>506</v>
+        <v>24</v>
       </c>
       <c r="R138" t="s">
-        <v>507</v>
+        <v>24</v>
       </c>
       <c r="S138" t="s">
-        <v>508</v>
+        <v>24</v>
       </c>
     </row>
     <row r="139" spans="1:19">
       <c r="A139" t="s">
-        <v>500</v>
+        <v>499</v>
       </c>
       <c r="B139">
-        <v>120</v>
+        <v>60</v>
       </c>
       <c r="C139" t="s">
-        <v>509</v>
+        <v>504</v>
       </c>
       <c r="D139" t="s">
-        <v>510</v>
+        <v>505</v>
       </c>
       <c r="H139" t="s">
-        <v>511</v>
+        <v>506</v>
       </c>
       <c r="L139" t="s">
-        <v>512</v>
+        <v>507</v>
       </c>
       <c r="P139" t="s">
-        <v>513</v>
+        <v>24</v>
       </c>
       <c r="Q139" t="s">
-        <v>514</v>
+        <v>24</v>
       </c>
       <c r="R139" t="s">
-        <v>515</v>
+        <v>24</v>
       </c>
       <c r="S139" t="s">
-        <v>516</v>
+        <v>24</v>
       </c>
     </row>
     <row r="140" spans="1:19">
       <c r="A140" t="s">
-        <v>517</v>
+        <v>508</v>
       </c>
       <c r="B140">
-        <v>120</v>
+        <v>60</v>
       </c>
       <c r="C140" t="s">
-        <v>518</v>
+        <v>509</v>
       </c>
       <c r="D140" t="s">
-        <v>519</v>
+        <v>510</v>
       </c>
       <c r="H140" t="s">
-        <v>520</v>
+        <v>511</v>
       </c>
       <c r="L140" t="s">
-        <v>521</v>
+        <v>512</v>
       </c>
       <c r="P140" t="s">
-        <v>522</v>
+        <v>24</v>
       </c>
       <c r="Q140" t="s">
-        <v>523</v>
+        <v>24</v>
       </c>
       <c r="R140" t="s">
-        <v>524</v>
+        <v>24</v>
       </c>
       <c r="S140" t="s">
-        <v>525</v>
+        <v>24</v>
       </c>
     </row>
     <row r="141" spans="1:19">
       <c r="A141" t="s">
-        <v>526</v>
+        <v>513</v>
       </c>
       <c r="B141">
-        <v>120</v>
+        <v>146</v>
       </c>
       <c r="C141" t="s">
-        <v>527</v>
+        <v>514</v>
       </c>
       <c r="D141" t="s">
-        <v>528</v>
+        <v>515</v>
       </c>
       <c r="H141" t="s">
-        <v>529</v>
+        <v>516</v>
       </c>
       <c r="L141" t="s">
-        <v>530</v>
+        <v>517</v>
       </c>
       <c r="P141" t="s">
-        <v>531</v>
+        <v>24</v>
       </c>
       <c r="Q141" t="s">
-        <v>532</v>
+        <v>24</v>
       </c>
       <c r="R141" t="s">
-        <v>533</v>
+        <v>24</v>
       </c>
       <c r="S141" t="s">
-        <v>534</v>
+        <v>24</v>
       </c>
     </row>
     <row r="142" spans="1:19">
       <c r="A142" t="s">
-        <v>535</v>
+        <v>518</v>
+      </c>
+      <c r="B142">
+        <v>127</v>
       </c>
       <c r="C142" t="s">
-        <v>536</v>
+        <v>519</v>
       </c>
       <c r="D142" t="s">
-        <v>537</v>
-[...8 lines deleted...]
-        <v>540</v>
+        <v>520</v>
       </c>
       <c r="H142" t="s">
-        <v>541</v>
-[...8 lines deleted...]
-        <v>544</v>
+        <v>521</v>
       </c>
       <c r="L142" t="s">
-        <v>545</v>
-[...8 lines deleted...]
-        <v>548</v>
+        <v>522</v>
       </c>
       <c r="P142" t="s">
-        <v>505</v>
+        <v>24</v>
       </c>
       <c r="Q142" t="s">
-        <v>506</v>
+        <v>24</v>
       </c>
       <c r="R142" t="s">
-        <v>507</v>
+        <v>24</v>
       </c>
       <c r="S142" t="s">
-        <v>508</v>
+        <v>24</v>
       </c>
     </row>
     <row r="143" spans="1:19">
       <c r="A143" t="s">
-        <v>549</v>
+        <v>518</v>
+      </c>
+      <c r="B143">
+        <v>60</v>
       </c>
       <c r="C143" t="s">
-        <v>550</v>
+        <v>523</v>
       </c>
       <c r="D143" t="s">
-        <v>551</v>
+        <v>418</v>
+      </c>
+      <c r="H143" t="s">
+        <v>524</v>
       </c>
       <c r="L143" t="s">
-        <v>552</v>
+        <v>525</v>
       </c>
       <c r="P143" t="s">
-        <v>553</v>
+        <v>24</v>
       </c>
       <c r="Q143" t="s">
-        <v>554</v>
+        <v>24</v>
       </c>
       <c r="R143" t="s">
-        <v>555</v>
+        <v>24</v>
       </c>
       <c r="S143" t="s">
-        <v>556</v>
+        <v>24</v>
       </c>
     </row>
     <row r="144" spans="1:19">
       <c r="A144" t="s">
-        <v>557</v>
+        <v>518</v>
+      </c>
+      <c r="B144">
+        <v>60</v>
       </c>
       <c r="C144" t="s">
-        <v>558</v>
+        <v>526</v>
       </c>
       <c r="D144" t="s">
-        <v>559</v>
+        <v>527</v>
       </c>
       <c r="H144" t="s">
-        <v>560</v>
+        <v>528</v>
       </c>
       <c r="L144" t="s">
-        <v>561</v>
+        <v>529</v>
       </c>
       <c r="P144" t="s">
-        <v>562</v>
+        <v>24</v>
       </c>
       <c r="Q144" t="s">
-        <v>563</v>
+        <v>24</v>
       </c>
       <c r="R144" t="s">
-        <v>564</v>
+        <v>24</v>
       </c>
       <c r="S144" t="s">
-        <v>565</v>
+        <v>24</v>
       </c>
     </row>
     <row r="145" spans="1:19">
       <c r="A145" t="s">
-        <v>566</v>
+        <v>530</v>
       </c>
       <c r="B145">
-        <v>2</v>
+        <v>60</v>
       </c>
       <c r="C145" t="s">
-        <v>567</v>
+        <v>268</v>
       </c>
       <c r="D145" t="s">
-        <v>568</v>
+        <v>531</v>
       </c>
       <c r="H145" t="s">
-        <v>569</v>
+        <v>532</v>
       </c>
       <c r="L145" t="s">
-        <v>570</v>
+        <v>533</v>
       </c>
       <c r="P145" t="s">
-        <v>562</v>
+        <v>24</v>
       </c>
       <c r="Q145" t="s">
-        <v>563</v>
+        <v>24</v>
       </c>
       <c r="R145" t="s">
-        <v>564</v>
+        <v>24</v>
       </c>
       <c r="S145" t="s">
-        <v>565</v>
+        <v>24</v>
       </c>
     </row>
     <row r="146" spans="1:19">
       <c r="A146" t="s">
-        <v>566</v>
+        <v>534</v>
       </c>
       <c r="B146">
-        <v>2</v>
+        <v>60</v>
       </c>
       <c r="C146" t="s">
-        <v>571</v>
+        <v>535</v>
       </c>
       <c r="D146" t="s">
-        <v>572</v>
+        <v>493</v>
       </c>
       <c r="H146" t="s">
-        <v>573</v>
+        <v>536</v>
       </c>
       <c r="L146" t="s">
-        <v>574</v>
+        <v>537</v>
       </c>
       <c r="P146" t="s">
-        <v>575</v>
+        <v>24</v>
       </c>
       <c r="Q146" t="s">
-        <v>576</v>
+        <v>24</v>
       </c>
       <c r="R146" t="s">
-        <v>577</v>
+        <v>24</v>
       </c>
       <c r="S146" t="s">
-        <v>578</v>
+        <v>24</v>
       </c>
     </row>
     <row r="147" spans="1:19">
       <c r="A147" t="s">
+        <v>538</v>
+      </c>
+      <c r="B147">
+        <v>123</v>
+      </c>
+      <c r="C147" t="s">
+        <v>539</v>
+      </c>
+      <c r="D147" t="s">
+        <v>540</v>
+      </c>
+      <c r="H147" t="s">
+        <v>541</v>
+      </c>
+      <c r="L147" t="s">
+        <v>542</v>
+      </c>
+      <c r="P147" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q147" t="s">
+        <v>24</v>
+      </c>
+      <c r="R147" t="s">
+        <v>24</v>
+      </c>
+      <c r="S147" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="148" spans="1:19">
+      <c r="A148" t="s">
+        <v>543</v>
+      </c>
+      <c r="B148">
+        <v>60</v>
+      </c>
+      <c r="C148" t="s">
+        <v>544</v>
+      </c>
+      <c r="D148" t="s">
+        <v>545</v>
+      </c>
+      <c r="H148" t="s">
+        <v>546</v>
+      </c>
+      <c r="L148" t="s">
+        <v>547</v>
+      </c>
+      <c r="P148" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q148" t="s">
+        <v>24</v>
+      </c>
+      <c r="R148" t="s">
+        <v>24</v>
+      </c>
+      <c r="S148" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="149" spans="1:19">
+      <c r="A149" t="s">
+        <v>548</v>
+      </c>
+      <c r="B149">
+        <v>60</v>
+      </c>
+      <c r="C149" t="s">
+        <v>268</v>
+      </c>
+      <c r="D149" t="s">
+        <v>549</v>
+      </c>
+      <c r="L149" t="s">
+        <v>550</v>
+      </c>
+      <c r="P149" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q149" t="s">
+        <v>24</v>
+      </c>
+      <c r="R149" t="s">
+        <v>24</v>
+      </c>
+      <c r="S149" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="150" spans="1:19">
+      <c r="A150" t="s">
+        <v>548</v>
+      </c>
+      <c r="B150">
+        <v>60</v>
+      </c>
+      <c r="C150" t="s">
+        <v>268</v>
+      </c>
+      <c r="D150" t="s">
+        <v>551</v>
+      </c>
+      <c r="L150" t="s">
+        <v>552</v>
+      </c>
+      <c r="P150" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q150" t="s">
+        <v>24</v>
+      </c>
+      <c r="R150" t="s">
+        <v>24</v>
+      </c>
+      <c r="S150" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="151" spans="1:19">
+      <c r="A151" t="s">
+        <v>548</v>
+      </c>
+      <c r="B151">
+        <v>74</v>
+      </c>
+      <c r="C151" t="s">
+        <v>553</v>
+      </c>
+      <c r="D151" t="s">
+        <v>554</v>
+      </c>
+      <c r="H151" t="s">
+        <v>555</v>
+      </c>
+      <c r="L151" t="s">
+        <v>556</v>
+      </c>
+      <c r="P151" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q151" t="s">
+        <v>24</v>
+      </c>
+      <c r="R151" t="s">
+        <v>24</v>
+      </c>
+      <c r="S151" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="152" spans="1:19">
+      <c r="A152" t="s">
+        <v>548</v>
+      </c>
+      <c r="B152">
+        <v>60</v>
+      </c>
+      <c r="C152" t="s">
+        <v>557</v>
+      </c>
+      <c r="D152" t="s">
+        <v>558</v>
+      </c>
+      <c r="H152" t="s">
+        <v>559</v>
+      </c>
+      <c r="L152" t="s">
+        <v>560</v>
+      </c>
+      <c r="P152" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q152" t="s">
+        <v>24</v>
+      </c>
+      <c r="R152" t="s">
+        <v>24</v>
+      </c>
+      <c r="S152" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="153" spans="1:19">
+      <c r="A153" t="s">
+        <v>561</v>
+      </c>
+      <c r="B153">
+        <v>60</v>
+      </c>
+      <c r="C153" t="s">
+        <v>562</v>
+      </c>
+      <c r="D153" t="s">
+        <v>563</v>
+      </c>
+      <c r="H153" t="s">
+        <v>564</v>
+      </c>
+      <c r="L153" t="s">
+        <v>565</v>
+      </c>
+      <c r="P153" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q153" t="s">
+        <v>24</v>
+      </c>
+      <c r="R153" t="s">
+        <v>24</v>
+      </c>
+      <c r="S153" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="154" spans="1:19">
+      <c r="A154" t="s">
+        <v>561</v>
+      </c>
+      <c r="B154">
+        <v>70</v>
+      </c>
+      <c r="C154" t="s">
+        <v>268</v>
+      </c>
+      <c r="D154" t="s">
+        <v>566</v>
+      </c>
+      <c r="H154" t="s">
+        <v>567</v>
+      </c>
+      <c r="L154" t="s">
+        <v>568</v>
+      </c>
+      <c r="P154" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q154" t="s">
+        <v>24</v>
+      </c>
+      <c r="R154" t="s">
+        <v>24</v>
+      </c>
+      <c r="S154" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="155" spans="1:19">
+      <c r="A155" t="s">
+        <v>569</v>
+      </c>
+      <c r="B155">
+        <v>86</v>
+      </c>
+      <c r="C155" t="s">
+        <v>570</v>
+      </c>
+      <c r="D155" t="s">
+        <v>571</v>
+      </c>
+      <c r="H155" t="s">
+        <v>572</v>
+      </c>
+      <c r="L155" t="s">
+        <v>573</v>
+      </c>
+      <c r="P155" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q155" t="s">
+        <v>24</v>
+      </c>
+      <c r="R155" t="s">
+        <v>24</v>
+      </c>
+      <c r="S155" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="156" spans="1:19">
+      <c r="A156" t="s">
+        <v>574</v>
+      </c>
+      <c r="B156">
+        <v>60</v>
+      </c>
+      <c r="C156" t="s">
+        <v>575</v>
+      </c>
+      <c r="D156" t="s">
+        <v>576</v>
+      </c>
+      <c r="H156" t="s">
+        <v>577</v>
+      </c>
+      <c r="L156" t="s">
+        <v>578</v>
+      </c>
+      <c r="P156" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q156" t="s">
+        <v>24</v>
+      </c>
+      <c r="R156" t="s">
+        <v>24</v>
+      </c>
+      <c r="S156" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="157" spans="1:19">
+      <c r="A157" t="s">
         <v>579</v>
       </c>
-      <c r="B147">
+      <c r="B157">
+        <v>127</v>
+      </c>
+      <c r="C157" t="s">
+        <v>526</v>
+      </c>
+      <c r="D157" t="s">
+        <v>580</v>
+      </c>
+      <c r="H157" t="s">
+        <v>581</v>
+      </c>
+      <c r="L157" t="s">
+        <v>582</v>
+      </c>
+      <c r="P157" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q157" t="s">
+        <v>24</v>
+      </c>
+      <c r="R157" t="s">
+        <v>24</v>
+      </c>
+      <c r="S157" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="158" spans="1:19">
+      <c r="A158" t="s">
+        <v>583</v>
+      </c>
+      <c r="B158">
+        <v>60</v>
+      </c>
+      <c r="C158" t="s">
+        <v>584</v>
+      </c>
+      <c r="D158" t="s">
+        <v>585</v>
+      </c>
+      <c r="H158" t="s">
+        <v>586</v>
+      </c>
+      <c r="L158" t="s">
+        <v>587</v>
+      </c>
+      <c r="P158" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q158" t="s">
+        <v>24</v>
+      </c>
+      <c r="R158" t="s">
+        <v>24</v>
+      </c>
+      <c r="S158" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="159" spans="1:19">
+      <c r="A159" t="s">
+        <v>588</v>
+      </c>
+      <c r="B159">
+        <v>125</v>
+      </c>
+      <c r="C159" t="s">
+        <v>589</v>
+      </c>
+      <c r="D159" t="s">
+        <v>590</v>
+      </c>
+      <c r="H159" t="s">
+        <v>591</v>
+      </c>
+      <c r="L159" t="s">
+        <v>592</v>
+      </c>
+      <c r="P159" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q159" t="s">
+        <v>24</v>
+      </c>
+      <c r="R159" t="s">
+        <v>24</v>
+      </c>
+      <c r="S159" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="160" spans="1:19">
+      <c r="A160" t="s">
+        <v>593</v>
+      </c>
+      <c r="B160">
+        <v>69</v>
+      </c>
+      <c r="C160" t="s">
+        <v>594</v>
+      </c>
+      <c r="D160" t="s">
+        <v>595</v>
+      </c>
+      <c r="H160" t="s">
+        <v>596</v>
+      </c>
+      <c r="L160" t="s">
+        <v>597</v>
+      </c>
+      <c r="P160" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q160" t="s">
+        <v>24</v>
+      </c>
+      <c r="R160" t="s">
+        <v>24</v>
+      </c>
+      <c r="S160" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="161" spans="1:19">
+      <c r="A161" t="s">
+        <v>598</v>
+      </c>
+      <c r="B161">
+        <v>123</v>
+      </c>
+      <c r="C161" t="s">
+        <v>599</v>
+      </c>
+      <c r="D161" t="s">
+        <v>206</v>
+      </c>
+      <c r="H161" t="s">
+        <v>22</v>
+      </c>
+      <c r="L161" t="s">
+        <v>600</v>
+      </c>
+      <c r="P161" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q161" t="s">
+        <v>24</v>
+      </c>
+      <c r="R161" t="s">
+        <v>24</v>
+      </c>
+      <c r="S161" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="162" spans="1:19">
+      <c r="A162" t="s">
+        <v>601</v>
+      </c>
+      <c r="B162">
+        <v>108</v>
+      </c>
+      <c r="C162" t="s">
+        <v>602</v>
+      </c>
+      <c r="D162" t="s">
+        <v>603</v>
+      </c>
+      <c r="H162" t="s">
+        <v>604</v>
+      </c>
+      <c r="L162" t="s">
+        <v>605</v>
+      </c>
+      <c r="P162" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q162" t="s">
+        <v>24</v>
+      </c>
+      <c r="R162" t="s">
+        <v>24</v>
+      </c>
+      <c r="S162" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="163" spans="1:19">
+      <c r="A163" t="s">
+        <v>606</v>
+      </c>
+      <c r="B163">
+        <v>60</v>
+      </c>
+      <c r="C163" t="s">
+        <v>607</v>
+      </c>
+      <c r="D163" t="s">
+        <v>608</v>
+      </c>
+      <c r="H163" t="s">
+        <v>609</v>
+      </c>
+      <c r="L163" t="s">
+        <v>610</v>
+      </c>
+      <c r="P163" t="s">
+        <v>611</v>
+      </c>
+      <c r="Q163" t="s">
+        <v>612</v>
+      </c>
+      <c r="R163" t="s">
+        <v>613</v>
+      </c>
+      <c r="S163" t="s">
+        <v>614</v>
+      </c>
+    </row>
+    <row r="164" spans="1:19">
+      <c r="A164" t="s">
+        <v>606</v>
+      </c>
+      <c r="B164">
+        <v>120</v>
+      </c>
+      <c r="C164" t="s">
+        <v>615</v>
+      </c>
+      <c r="D164" t="s">
+        <v>616</v>
+      </c>
+      <c r="H164" t="s">
+        <v>617</v>
+      </c>
+      <c r="L164" t="s">
+        <v>618</v>
+      </c>
+      <c r="P164" t="s">
+        <v>619</v>
+      </c>
+      <c r="Q164" t="s">
+        <v>620</v>
+      </c>
+      <c r="R164" t="s">
+        <v>621</v>
+      </c>
+      <c r="S164" t="s">
+        <v>622</v>
+      </c>
+    </row>
+    <row r="165" spans="1:19">
+      <c r="A165" t="s">
+        <v>623</v>
+      </c>
+      <c r="B165">
+        <v>120</v>
+      </c>
+      <c r="C165" t="s">
+        <v>624</v>
+      </c>
+      <c r="D165" t="s">
+        <v>625</v>
+      </c>
+      <c r="H165" t="s">
+        <v>626</v>
+      </c>
+      <c r="L165" t="s">
+        <v>627</v>
+      </c>
+      <c r="P165" t="s">
+        <v>628</v>
+      </c>
+      <c r="Q165" t="s">
+        <v>629</v>
+      </c>
+      <c r="R165" t="s">
+        <v>630</v>
+      </c>
+      <c r="S165" t="s">
+        <v>631</v>
+      </c>
+    </row>
+    <row r="166" spans="1:19">
+      <c r="A166" t="s">
+        <v>632</v>
+      </c>
+      <c r="B166">
+        <v>120</v>
+      </c>
+      <c r="C166" t="s">
+        <v>633</v>
+      </c>
+      <c r="D166" t="s">
+        <v>634</v>
+      </c>
+      <c r="H166" t="s">
+        <v>635</v>
+      </c>
+      <c r="L166" t="s">
+        <v>636</v>
+      </c>
+      <c r="P166" t="s">
+        <v>637</v>
+      </c>
+      <c r="Q166" t="s">
+        <v>638</v>
+      </c>
+      <c r="R166" t="s">
+        <v>639</v>
+      </c>
+      <c r="S166" t="s">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="167" spans="1:19">
+      <c r="A167" t="s">
+        <v>641</v>
+      </c>
+      <c r="C167" t="s">
+        <v>642</v>
+      </c>
+      <c r="D167" t="s">
+        <v>643</v>
+      </c>
+      <c r="E167" t="s">
+        <v>644</v>
+      </c>
+      <c r="F167" t="s">
+        <v>645</v>
+      </c>
+      <c r="G167" t="s">
+        <v>646</v>
+      </c>
+      <c r="H167" t="s">
+        <v>647</v>
+      </c>
+      <c r="I167" t="s">
+        <v>648</v>
+      </c>
+      <c r="J167" t="s">
+        <v>649</v>
+      </c>
+      <c r="K167" t="s">
+        <v>650</v>
+      </c>
+      <c r="L167" t="s">
+        <v>651</v>
+      </c>
+      <c r="M167" t="s">
+        <v>652</v>
+      </c>
+      <c r="N167" t="s">
+        <v>653</v>
+      </c>
+      <c r="O167" t="s">
+        <v>654</v>
+      </c>
+      <c r="P167" t="s">
+        <v>611</v>
+      </c>
+      <c r="Q167" t="s">
+        <v>612</v>
+      </c>
+      <c r="R167" t="s">
+        <v>613</v>
+      </c>
+      <c r="S167" t="s">
+        <v>614</v>
+      </c>
+    </row>
+    <row r="168" spans="1:19">
+      <c r="A168" t="s">
+        <v>655</v>
+      </c>
+      <c r="C168" t="s">
+        <v>656</v>
+      </c>
+      <c r="D168" t="s">
+        <v>657</v>
+      </c>
+      <c r="L168" t="s">
+        <v>658</v>
+      </c>
+      <c r="P168" t="s">
+        <v>659</v>
+      </c>
+      <c r="Q168" t="s">
+        <v>660</v>
+      </c>
+      <c r="R168" t="s">
+        <v>661</v>
+      </c>
+      <c r="S168" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="169" spans="1:19">
+      <c r="A169" t="s">
+        <v>663</v>
+      </c>
+      <c r="C169" t="s">
+        <v>664</v>
+      </c>
+      <c r="D169" t="s">
+        <v>665</v>
+      </c>
+      <c r="H169" t="s">
+        <v>666</v>
+      </c>
+      <c r="L169" t="s">
+        <v>667</v>
+      </c>
+      <c r="P169" t="s">
+        <v>668</v>
+      </c>
+      <c r="Q169" t="s">
+        <v>669</v>
+      </c>
+      <c r="R169" t="s">
+        <v>670</v>
+      </c>
+      <c r="S169" t="s">
+        <v>671</v>
+      </c>
+    </row>
+    <row r="170" spans="1:19">
+      <c r="A170" t="s">
+        <v>672</v>
+      </c>
+      <c r="B170">
+        <v>2</v>
+      </c>
+      <c r="C170" t="s">
+        <v>673</v>
+      </c>
+      <c r="D170" t="s">
+        <v>674</v>
+      </c>
+      <c r="H170" t="s">
+        <v>675</v>
+      </c>
+      <c r="L170" t="s">
+        <v>676</v>
+      </c>
+      <c r="P170" t="s">
+        <v>668</v>
+      </c>
+      <c r="Q170" t="s">
+        <v>669</v>
+      </c>
+      <c r="R170" t="s">
+        <v>670</v>
+      </c>
+      <c r="S170" t="s">
+        <v>671</v>
+      </c>
+    </row>
+    <row r="171" spans="1:19">
+      <c r="A171" t="s">
+        <v>672</v>
+      </c>
+      <c r="B171">
+        <v>2</v>
+      </c>
+      <c r="C171" t="s">
+        <v>677</v>
+      </c>
+      <c r="D171" t="s">
+        <v>678</v>
+      </c>
+      <c r="H171" t="s">
+        <v>679</v>
+      </c>
+      <c r="L171" t="s">
+        <v>680</v>
+      </c>
+      <c r="P171" t="s">
+        <v>681</v>
+      </c>
+      <c r="Q171" t="s">
+        <v>682</v>
+      </c>
+      <c r="R171" t="s">
+        <v>683</v>
+      </c>
+      <c r="S171" t="s">
+        <v>684</v>
+      </c>
+    </row>
+    <row r="172" spans="1:19">
+      <c r="A172" t="s">
+        <v>685</v>
+      </c>
+      <c r="B172">
         <v>5</v>
       </c>
-      <c r="C147" t="s">
-[...21 lines deleted...]
-        <v>578</v>
+      <c r="C172" t="s">
+        <v>686</v>
+      </c>
+      <c r="D172" t="s">
+        <v>687</v>
+      </c>
+      <c r="H172" t="s">
+        <v>688</v>
+      </c>
+      <c r="L172" t="s">
+        <v>689</v>
+      </c>
+      <c r="P172" t="s">
+        <v>681</v>
+      </c>
+      <c r="Q172" t="s">
+        <v>682</v>
+      </c>
+      <c r="R172" t="s">
+        <v>683</v>
+      </c>
+      <c r="S172" t="s">
+        <v>684</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>