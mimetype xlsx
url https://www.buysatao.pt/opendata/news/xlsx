--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="690">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="792">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Reading Time</t>
   </si>
   <si>
     <t>Image</t>
   </si>
   <si>
     <t>Name (pt)</t>
   </si>
   <si>
     <t>Name (en)</t>
   </si>
   <si>
     <t>Name (es)</t>
   </si>
   <si>
     <t>Name (fr)</t>
   </si>
   <si>
     <t>Introduction (pt)</t>
   </si>
   <si>
@@ -71,66 +71,403 @@
   <si>
     <t>Description (pt)</t>
   </si>
   <si>
     <t>Description (en)</t>
   </si>
   <si>
     <t>Description (es)</t>
   </si>
   <si>
     <t>Description (fr)</t>
   </si>
   <si>
     <t>Categories (pt)</t>
   </si>
   <si>
     <t>Categories (en)</t>
   </si>
   <si>
     <t>Categories (es)</t>
   </si>
   <si>
     <t>Categories (fr)</t>
   </si>
   <si>
+    <t>2026-03-20</t>
+  </si>
+  <si>
+    <t>https://www.buysatao.pt/files/images/blog/16_9_etapa1_1_2500_2500.png</t>
+  </si>
+  <si>
+    <t>Um site para todos</t>
+  </si>
+  <si>
+    <t>&lt;a href="https://www.cm-satao.pt/ficha-tecnica/rss-feed/noticia/um-site-para-todos" target="_blank"&gt;&lt;img src="https://www.cm-satao.pt/cmsatao/uploads/news/image/486/16_9_etapa1.png"&gt;&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>[{"name":"CM-Sátão"}]</t>
+  </si>
+  <si>
+    <t>https://www.buysatao.pt/files/images/blog/corte_de_transito_1_2500_2500.png</t>
+  </si>
+  <si>
+    <t>Aviso</t>
+  </si>
+  <si>
+    <t>A partir do dia 23 de março de 2026 (segunda-feira), no âmbito das obras de requalificação do Jardim da Praça Paulo VI, a via em frente à Câmara Municipal estará encerrada ao trânsito.</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;A partir do dia 23 de mar&amp;ccedil;o de 2026 (segunda-feira), no &amp;acirc;mbito das obras de requalifica&amp;ccedil;&amp;atilde;o do Jardim da Pra&amp;ccedil;a Paulo VI, a via em frente &amp;agrave; C&amp;acirc;mara Municipal estar&amp;aacute; encerrada ao tr&amp;acirc;nsito. Ainda, por motivos de mobilidade e seguran&amp;ccedil;a, a Rua Serafim de Sousa Figueiredo ter&amp;aacute; os estacionamentos suprimidos do lado esquerdo.&lt;/p&gt;
+&lt;p&gt;Agradecemos a melhor compreens&amp;atilde;o. Lamentamos os inc&amp;oacute;modos causados.&lt;/p&gt;&lt;a href="https://www.cm-satao.pt/ficha-tecnica/rss-feed/noticia/aviso-22" target="_blank"&gt;&lt;img src="https://www.cm-satao.pt/cmsatao/uploads/news/image/485/corte_de_transito.png"&gt;&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>2026-03-17</t>
+  </si>
+  <si>
+    <t>https://www.buysatao.pt/files/images/blog/download_1_2500_2500.jpg</t>
+  </si>
+  <si>
+    <t>Inauguração da exposição temporária LUZ PRÓPRIA</t>
+  </si>
+  <si>
+    <t>Partilhamos alguns dos momentos da inauguração da exposição temporária LUZ PRÓPRIA, de Maria Barros Abreu, que decorreu no passado sábado na Casa da Cultura, em Sátão.</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;Partilhamos alguns dos momentos da inaugura&amp;ccedil;&amp;atilde;o da exposi&amp;ccedil;&amp;atilde;o tempor&amp;aacute;ria LUZ PR&amp;Oacute;PRIA, de Maria Barros Abreu, que decorreu no passado s&amp;aacute;bado na Casa da Cultura, em S&amp;aacute;t&amp;atilde;o.&lt;/p&gt;
+&lt;p&gt;A exposi&amp;ccedil;&amp;atilde;o pode ser visitada de 2&amp;ordf; a 6&amp;ordf; feira, entre as 9h00 e as 17h30 e aos s&amp;aacute;bados entre as 08h30 e as 13h00, at&amp;eacute; 28 de maio.&lt;/p&gt;
+&lt;p&gt;O Munic&amp;iacute;pio de S&amp;aacute;t&amp;atilde;o agradece a colabora&amp;ccedil;&amp;atilde;o dos alunos dos cursos de T&amp;eacute;cnico de Multim&amp;eacute;dia e de T&amp;eacute;cnico de Cozinha - Pastelaria, do Agrupamento de Escolas de S&amp;aacute;t&amp;atilde;o.&lt;/p&gt;&lt;a href="https://www.cm-satao.pt/ficha-tecnica/rss-feed/noticia/inauguracao-da-exposicao-temporaria-luz-propria" target="_blank"&gt;&lt;img src="https://www.cm-satao.pt/cmsatao/uploads/news/image/484/download.jpg"&gt;&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>2026-03-11</t>
+  </si>
+  <si>
+    <t>https://www.buysatao.pt/files/images/blog/2026_cartaz_montra_azul_contra_os_maus_tratos_1_2500_2500.jpg</t>
+  </si>
+  <si>
+    <t>Concurso "Montra Azul Contra os Maus-Tratos" com inscrições abertas</t>
+  </si>
+  <si>
+    <t>No âmbito do Plano Anual de Atividades, a Comissão de Proteção de Crianças e Jovens de Sátão irá realizar o Concurso "Montra Azul Contra os Maus-Tratos", entre os dias 1 e 30 de abril de 2026, concurso este destinado aos proprietários do comércio local de Sátão, no âmbito do Mês da Prevenção dos Maus-Tratos na Infância .</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;No &amp;acirc;mbito do Plano Anual de Atividades, a Comiss&amp;atilde;o de Prote&amp;ccedil;&amp;atilde;o de Crian&amp;ccedil;as e Jovens de S&amp;aacute;t&amp;atilde;o ir&amp;aacute; realizar o Concurso "Montra Azul Contra os Maus-Tratos", entre os dias 1 e 30 de abril de 2026, concurso este destinado aos propriet&amp;aacute;rios do com&amp;eacute;rcio local de S&amp;aacute;t&amp;atilde;o, no &amp;acirc;mbito do M&amp;ecirc;s da Preven&amp;ccedil;&amp;atilde;o dos Maus-Tratos na Inf&amp;acirc;ncia .&lt;/p&gt; &lt;p&gt;Esta iniciativa pretende promover a sensibiliza&amp;ccedil;&amp;atilde;o da comunidade para a problem&amp;aacute;tica dos maus-tratos infantis, e destacar a import&amp;acirc;ncia da promo&amp;ccedil;&amp;atilde;o dos direitos e prote&amp;ccedil;&amp;atilde;o das crian&amp;ccedil;as e jovens, de forma a garantir o seu bem-estar e desenvolvimento integral, atrav&amp;eacute;s da decora&amp;ccedil;&amp;atilde;o das montras do com&amp;eacute;rcio local com la&amp;ccedil;os azuis, s&amp;iacute;mbolo do m&amp;ecirc;s de abril.&lt;/p&gt; &lt;p&gt;A data limite para inscri&amp;ccedil;&amp;atilde;o no concurso &amp;eacute; dia 31 de mar&amp;ccedil;o, e o respetivo regulamento poder&amp;aacute; ser consultado nas redes sociais da CPCJ de S&amp;aacute;t&amp;atilde;o e no site do Munic&amp;iacute;pio.&lt;/p&gt; &lt;p&gt;Inscri&amp;ccedil;&amp;otilde;es ou qualquer d&amp;uacute;vida poder&amp;aacute; contactar atrav&amp;eacute;s do e-mail &lt;a href="mailto:cpcj.satao@cnpdpcj.pt" target="_self" title="mail cpcj" target="_blank"&gt;cpcj.satao@cnpdpcj.pt&lt;/a&gt; ou do contacto telef&amp;oacute;nico &lt;a href="tel:936895727" title="contacto cpcj" target="_self" target="_blank"&gt;936 895 727&lt;/a&gt;.&lt;/p&gt; &lt;p&gt;Juntos pela prote&amp;ccedil;&amp;atilde;o das nossas crian&amp;ccedil;as e jovens. Participe!&lt;/p&gt; &lt;p&gt;&lt;/p&gt; &lt;p&gt;&lt;a href="https://www.cm-satao.pt/cmsatao/uploads/writer_file/document/927/2026_regulamento_concurso_montra_azul__1_.pdf" target="_blank" data-smiledocument="smiledocument" target="_blank"&gt;2026 Regulamento Concurso Montra Azul (1)&lt;/a&gt;&lt;/p&gt; &lt;p&gt;&lt;/p&gt; &lt;p&gt;&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>2026-03-09</t>
+  </si>
+  <si>
+    <t>https://www.buysatao.pt/files/images/blog/20260307_152616_1_2500_2500.jpg</t>
+  </si>
+  <si>
+    <t>Apresentação do livro “O Bailarico” no Museu de Pintura Naïf</t>
+  </si>
+  <si>
+    <t>No passado sábado, no Museu de Pintura Naif, viveu-se uma tarde muito divertida e cheia de criatividade.</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;No passado s&amp;aacute;bado, no Museu de Pintura Naif, viveu-se uma tarde muito divertida e cheia de criatividade.&lt;/p&gt; &lt;p&gt;Tudo come&amp;ccedil;ou com a apresenta&amp;ccedil;&amp;atilde;o do livro &amp;ldquo;O Bailarico&amp;rdquo;de Lu&amp;iacute;sa Paolinelli, ilustrado pela Maria Barros Abreu, que orientou depois o atelier de pintura.&lt;/p&gt; &lt;p&gt;Entre hist&amp;oacute;rias, m&amp;uacute;sica, passos de dan&amp;ccedil;a, tra&amp;ccedil;os e cores, os petizes foram muito criativos a dar forma &amp;agrave; sua imagina&amp;ccedil;&amp;atilde;o.&lt;/p&gt; &lt;p&gt;Os trabalhos realizados podem ser apreciados no Museu at&amp;eacute; ao pr&amp;oacute;ximo dia 22!&lt;/p&gt; &lt;p&gt;Visite-nos!&lt;/p&gt; &lt;p&gt;&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>2026-03-05</t>
+  </si>
+  <si>
+    <t>https://www.buysatao.pt/files/images/blog/aviso_buraco_estrada_final__1_2500_2500.jpg</t>
+  </si>
+  <si>
+    <t>Saiba o que fazer em caso de danos causados por buracos nas estradas municipais</t>
+  </si>
+  <si>
+    <t>A Câmara Municipal de Sátão informa todos os munícipes sobre os procedimentos a seguir caso ocorram danos em viaturas provocados por buracos ou irregularidades nas estradas municipais.</t>
+  </si>
+  <si>
+    <t>&lt;div&gt; &lt;ul&gt; &lt;li&gt;&lt;/li&gt; &lt;li&gt; &lt;p&gt;A C&amp;acirc;mara Municipal de S&amp;aacute;t&amp;atilde;o informa todos os mun&amp;iacute;cipes sobre os procedimentos a seguir caso ocorram danos em viaturas provocados por buracos ou irregularidades nas estradas municipais.&lt;/p&gt; &lt;p&gt;Sempre que se verifique uma situa&amp;ccedil;&amp;atilde;o deste tipo, &amp;eacute; importante agir de forma adequada para que a ocorr&amp;ecirc;ncia possa ser devidamente registada e analisada, permitindo a eventual abertura de um processo de indemniza&amp;ccedil;&amp;atilde;o.&lt;/p&gt; &lt;p&gt;Assim, recomenda-se que os condutores:&lt;/p&gt; &lt;p&gt;Tirem fotografias aos danos na viatura e ao buraco existente na via, de forma a documentar a situa&amp;ccedil;&amp;atilde;o no local.&lt;/p&gt; &lt;p&gt;Contactem a GNR de S&amp;aacute;t&amp;atilde;o (232 981 141) e aguardem no local para que a ocorr&amp;ecirc;ncia possa ser registada pelas autoridades.&lt;/p&gt; &lt;p&gt;Guardem todas as faturas relacionadas com reboque e eventuais repara&amp;ccedil;&amp;otilde;es do ve&amp;iacute;culo.&lt;/p&gt; &lt;p&gt;Reportem a ocorr&amp;ecirc;ncia &amp;agrave; C&amp;acirc;mara Municipal de S&amp;aacute;t&amp;atilde;o, apresentando a documenta&amp;ccedil;&amp;atilde;o recolhida e solicitando a respetiva indemniza&amp;ccedil;&amp;atilde;o.&lt;/p&gt; &lt;p&gt;O cumprimento destes procedimentos &amp;eacute; essencial para a an&amp;aacute;lise do processo. Caso estes passos n&amp;atilde;o sejam seguidos, n&amp;atilde;o ser&amp;aacute; poss&amp;iacute;vel proceder &amp;agrave; indemniza&amp;ccedil;&amp;atilde;o.&lt;/p&gt; &lt;p&gt;A C&amp;acirc;mara Municipal de S&amp;aacute;t&amp;atilde;o agradece a colabora&amp;ccedil;&amp;atilde;o de todos os mun&amp;iacute;cipes na comunica&amp;ccedil;&amp;atilde;o destas situa&amp;ccedil;&amp;otilde;es, contribuindo para uma resposta mais r&amp;aacute;pida na manuten&amp;ccedil;&amp;atilde;o e seguran&amp;ccedil;a da rede vi&amp;aacute;ria municipal.&lt;/p&gt; &amp;nbsp;&lt;/li&gt; &lt;/ul&gt; &lt;/div&gt;</t>
+  </si>
+  <si>
+    <t>https://www.buysatao.pt/files/images/blog/05mar2026__1_2500_2500.jpg</t>
+  </si>
+  <si>
+    <t>Aviso Amarelo - 05 de março</t>
+  </si>
+  <si>
+    <t>O Serviço Municipal de Proteção Civil de Sátão recomenda à população que adote medidas de prevenção e autoproteção, tendo em conta as condições meteorológicas. 🟡 Ter especial cuidado na circulação e permanência junto a áreas arborizadas, devido à possibilidade de queda de ramos e árvores. 🟡 Adotar uma condução defensiva, reduzindo a velocidade e tendo especial cuidado com a possível formação de gelo e neve nas vias rodoviárias e em zonas de fraca visibilidade. 🟡 Garantir a adequada fixação de estruturas, nomeadamente andaimes, placards e outras estruturas suspensas. 🟡 Se utilizar lareiras, braseiras, salamandras ou equipamentos a gás, manter a correta ventilação das divisões para evitar a acumulação de gases nocivos à saúde. 🟡 Evitar o uso de dispositivos de aquecimento durante o sono, desligando sempre quaisquer aparelhos antes de se deitar. 🟡 Estar atento às informações da meteorologia e às indicações da Proteção Civil e das Forças de Segurança. 📢 Mantenha-se informado através da nossa página e siga os conselhos e recomendações das autoridades. 📞 Em caso de necessidade, ligue de imediato: 112 Bombeiros – 232 981 325 (chamada para rede fixa nacional) A PROTEÇÃO CIVIL SOMOS TODOS NÓS Aviso Amarelo - 05 de março </t>
+  </si>
+  <si>
+    <t>&lt;p&gt;O Servi&amp;ccedil;o Municipal de Prote&amp;ccedil;&amp;atilde;o Civil de S&amp;aacute;t&amp;atilde;o recomenda &amp;agrave; popula&amp;ccedil;&amp;atilde;o que adote medidas de preven&amp;ccedil;&amp;atilde;o e autoprote&amp;ccedil;&amp;atilde;o, tendo em conta as condi&amp;ccedil;&amp;otilde;es meteorol&amp;oacute;gicas.&lt;/p&gt; &lt;p&gt;&amp;#128993; Ter especial cuidado na circula&amp;ccedil;&amp;atilde;o e perman&amp;ecirc;ncia junto a &amp;aacute;reas arborizadas, devido &amp;agrave; possibilidade de queda de ramos e &amp;aacute;rvores.&lt;/p&gt; &lt;p&gt;&amp;#128993; Adotar uma condu&amp;ccedil;&amp;atilde;o defensiva, reduzindo a velocidade e tendo especial cuidado com a poss&amp;iacute;vel forma&amp;ccedil;&amp;atilde;o de gelo e neve nas vias rodovi&amp;aacute;rias e em zonas de fraca visibilidade.&lt;/p&gt; &lt;p&gt;&amp;#128993; Garantir a adequada fixa&amp;ccedil;&amp;atilde;o de estruturas, nomeadamente andaimes, placards e outras estruturas suspensas.&lt;/p&gt; &lt;p&gt;&amp;#128993; Se utilizar lareiras, braseiras, salamandras ou equipamentos a g&amp;aacute;s, manter a correta ventila&amp;ccedil;&amp;atilde;o das divis&amp;otilde;es para evitar a acumula&amp;ccedil;&amp;atilde;o de gases nocivos &amp;agrave; sa&amp;uacute;de.&lt;/p&gt; &lt;p&gt;&amp;#128993; Evitar o uso de dispositivos de aquecimento durante o sono, desligando sempre quaisquer aparelhos antes de se deitar.&lt;/p&gt; &lt;p&gt;&amp;#128993; Estar atento &amp;agrave;s informa&amp;ccedil;&amp;otilde;es da meteorologia e &amp;agrave;s indica&amp;ccedil;&amp;otilde;es da Prote&amp;ccedil;&amp;atilde;o Civil e das For&amp;ccedil;as de Seguran&amp;ccedil;a.&lt;/p&gt; &lt;p&gt;&amp;#128226; Mantenha-se informado atrav&amp;eacute;s da nossa p&amp;aacute;gina e siga os conselhos e recomenda&amp;ccedil;&amp;otilde;es das autoridades.&lt;/p&gt; &lt;p&gt;&amp;#128222; Em caso de necessidade, ligue de imediato:&lt;/p&gt; &lt;p&gt;112&lt;/p&gt; &lt;p&gt;Bombeiros &amp;ndash; 232 981 325 (chamada para rede fixa nacional)&lt;/p&gt; &lt;p&gt;A PROTE&amp;Ccedil;&amp;Atilde;O CIVIL SOMOS TODOS N&amp;Oacute;S&lt;/p&gt; &lt;p&gt;&lt;/p&gt; &lt;div&gt; &lt;ul&gt; &lt;li&gt; &lt;div&gt;Aviso Amarelo - 05 de mar&amp;ccedil;o&amp;nbsp;&lt;/div&gt; &lt;/li&gt; &lt;/ul&gt; &lt;/div&gt;</t>
+  </si>
+  <si>
+    <t>https://www.buysatao.pt/files/images/blog/20260227_223356_1_2500_2500.jpg</t>
+  </si>
+  <si>
+    <t>Escola Municipal de Teatro, apresentou a peça "Alentar"</t>
+  </si>
+  <si>
+    <t>Emoção, comédia e sentimento, foram alguns dos ingredientes deste fim de semana cultural que o Município de Sátão promoveu no Cineteatro Municipal, através da Escola Municipal de Teatro, com orientação da Professora Florbela Sá Cunha.</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;Emo&amp;ccedil;&amp;atilde;o, com&amp;eacute;dia e sentimento, foram alguns dos ingredientes deste fim de semana cultural que o Munic&amp;iacute;pio de S&amp;aacute;t&amp;atilde;o promoveu no Cineteatro Municipal, atrav&amp;eacute;s da Escola Municipal de Teatro, com orienta&amp;ccedil;&amp;atilde;o da Professora Florbela S&amp;aacute; Cunha.&lt;/p&gt; &lt;p&gt;Na sexta-feira dia 27 de fevereiro, o grupo jovens/ adultos, desta Escola, apresentou a pe&amp;ccedil;a de teatro &amp;ldquo;Alentar&amp;rdquo; com a colabora&amp;ccedil;&amp;atilde;o do grupo musical SemG&amp;eacute;nero. Foi uma noite de muitas emo&amp;ccedil;&amp;otilde;es, onde a hist&amp;oacute;ria nos foi contada abordando temas como a solid&amp;atilde;o, o abandono e a discrimina&amp;ccedil;&amp;atilde;o existente na sociedade.&lt;/p&gt; &lt;p&gt;No domingo, dia 01 de mar&amp;ccedil;o, o grupo crian&amp;ccedil;as apresentou a pe&amp;ccedil;a de teatro &amp;ldquo;O que &amp;eacute; que aconteceu na terra dos Proc&amp;oacute;pios&amp;rdquo;, com a colabora&amp;ccedil;&amp;atilde;o da Escola de M&amp;uacute;sica Nota LA. Esta pe&amp;ccedil;a contou-nos a hist&amp;oacute;ria de tr&amp;ecirc;s irm&amp;atilde;os aventureiros que viajaram pela Terra dos Proc&amp;oacute;pios, onde esteve presente a anima&amp;ccedil;&amp;atilde;o, misturada com alegrias e o saber valorizar as coisas mais simples do dia a dia.&lt;/p&gt; &lt;p&gt;Mais uma vez, o Pelouro da Cultura do Munic&amp;iacute;pio de S&amp;aacute;t&amp;atilde;o, mostrou que cada vez mais a arte c&amp;eacute;nica est&amp;aacute; enraizada na mentalidade dos Satenses, quer pela ades&amp;atilde;o do p&amp;uacute;blico que j&amp;aacute; se faz sentir nas pe&amp;ccedil;as apresentadas, quer pela continuidade de uma Escola Municipal de Teatro que tem sido palco para mostrar os talentos das atrizes e atores, que t&amp;atilde;o bem representaram os seus pap&amp;eacute;is nestas duas fant&amp;aacute;sticas apresenta&amp;ccedil;&amp;otilde;es teatrais.&lt;/p&gt; &lt;p&gt;&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>2026-02-23</t>
+  </si>
+  <si>
+    <t>https://www.buysatao.pt/files/images/blog/beira_alta_o_meeting___satao_10_1_2500_2500.jpg</t>
+  </si>
+  <si>
+    <t>Evento internacional de orientação: Beira Alta O’Meeting – Sátão 2026 (BEIRAOM)- World Ranking Event decorreu em Sátão</t>
+  </si>
+  <si>
+    <t>Com organização da Câmara Municipal do Sátão, do Clube de Orientação de Viseu, da Federação Portuguesa de Orientação e da Federação Internacional de Orientação, Sátão recebeu o Beira Alta O’Meeting – Sátão WRE 2026 (BEIRAOM’26). de 20 a 22 de fevereiro de 2026, que decorreu no Santuário de Nosso Senhor dos Caminhos, freguesia de Romãs, Decermilo e Vila Longa.</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;Com organiza&amp;ccedil;&amp;atilde;o da C&amp;acirc;mara Municipal do S&amp;aacute;t&amp;atilde;o, do Clube de Orienta&amp;ccedil;&amp;atilde;o de Viseu, da Federa&amp;ccedil;&amp;atilde;o Portuguesa de Orienta&amp;ccedil;&amp;atilde;o e da Federa&amp;ccedil;&amp;atilde;o Internacional de Orienta&amp;ccedil;&amp;atilde;o, S&amp;aacute;t&amp;atilde;o recebeu o Beira Alta O&amp;rsquo;Meeting &amp;ndash; S&amp;aacute;t&amp;atilde;o WRE 2026 (BEIRAOM&amp;rsquo;26). de 20 a 22 de fevereiro de 2026, que decorreu no Santu&amp;aacute;rio de Nosso Senhor dos Caminhos, freguesia de Rom&amp;atilde;s, Decermilo e Vila Longa.&lt;/p&gt; &lt;p&gt;Mais de 900 participantes de 25 nacionalidades viveram tr&amp;ecirc;s dias intensos, com boa disposi&amp;ccedil;&amp;atilde;o, desportivismo e competi&amp;ccedil;&amp;atilde;o, repletos de magn&amp;iacute;ficas paisagens, onde S&amp;aacute;t&amp;atilde;o, mais uma vez, proclamou a sua &amp;ldquo;Arte de Bem Receber&amp;rdquo;. Este tipo de eventos &amp;eacute; muito importante para a economia local, bem como para a proje&amp;ccedil;&amp;atilde;o desportiva e tur&amp;iacute;stica do concelho de S&amp;aacute;t&amp;atilde;o nos quatro cantos do mundo.&lt;/p&gt; &lt;p&gt;Os resultados podem ser consultados &lt;a href="https://beiraom.coviseu-natura.pt/" title="Resultado ometing" target="_self" target="_blank"&gt;aqui&lt;/a&gt;.&amp;nbsp;&lt;/p&gt; &lt;p&gt;&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>2026-02-18</t>
+  </si>
+  <si>
+    <t>https://www.buysatao.pt/files/images/blog/img_20260216_wa0075_1_2500_2500.jpg</t>
+  </si>
+  <si>
+    <t>“Confeti Maluco” na Biblioteca Municipal de Sátão</t>
+  </si>
+  <si>
+    <t>A alegria no rosto das crianças foi bem visível na atividade “Confeti Maluco”, realizada na Biblioteca Municipal de Sátão, no âmbito da comemoração do Carnaval, no dia 16 de fevereiro de 2026.</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;A alegria no rosto das crian&amp;ccedil;as foi bem vis&amp;iacute;vel na atividade &amp;ldquo;Confeti Maluco&amp;rdquo;, realizada na Biblioteca Municipal de S&amp;aacute;t&amp;atilde;o, no &amp;acirc;mbito da comemora&amp;ccedil;&amp;atilde;o do Carnaval, no dia 16 de fevereiro de 2026.&lt;/p&gt; &lt;p&gt;O desenvolvimento da coordena&amp;ccedil;&amp;atilde;o motora, a aten&amp;ccedil;&amp;atilde;o e o esp&amp;iacute;rito de equipa foram algumas das capacidades das crian&amp;ccedil;as focadas nesta atividade divertida.&lt;/p&gt; &lt;p&gt;&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>2026-02-16</t>
+  </si>
+  <si>
+    <t>Informação - Reabertura da ligação de Sátão ao Tojal</t>
+  </si>
+  <si>
+    <t>A ligação de Sátão ao Tojal, Rua Nossa Senhora da Oliva, foi esta manhã reaberta ao trânsito.</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;A liga&amp;ccedil;&amp;atilde;o de S&amp;aacute;t&amp;atilde;o ao Tojal, Rua Nossa Senhora da Oliva, foi esta manh&amp;atilde; reaberta ao tr&amp;acirc;nsito. Contudo, no sentido ascendente, permanecem condicionamentos com tr&amp;acirc;nsito alternado.&lt;/p&gt;
+&lt;p&gt;Agradecemos a compreens&amp;atilde;o de todos os Mun&amp;iacute;cipes pelos eventuais transtornos causados.&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>https://www.buysatao.pt/files/images/blog/1_1_2500_2500.jpg</t>
+  </si>
+  <si>
+    <t>Workshop - Moldar um coração</t>
+  </si>
+  <si>
+    <t>A pintura Festival dos Namorados, de António Lima Viana, associada à celebração do São Valentim foram a inspiração para a oficina MOLDAR UM CORAÇÃO, que desenvolvemos no passado sábado, no Museu de Pintura Naïf.</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;A pintura Festival dos Namorados, de Ant&amp;oacute;nio Lima Viana, associada &amp;agrave; celebra&amp;ccedil;&amp;atilde;o do S&amp;atilde;o Valentim foram a inspira&amp;ccedil;&amp;atilde;o para a oficina MOLDAR UM CORA&amp;Ccedil;&amp;Atilde;O, que desenvolvemos no passado s&amp;aacute;bado, no Museu de Pintura Na&amp;iuml;f.&lt;/p&gt; &lt;p&gt;Partilhamos aqui alguns registos das muitas cria&amp;ccedil;&amp;otilde;es dessa tarde no Museu!&lt;/p&gt; &lt;p&gt;&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>https://www.buysatao.pt/files/images/blog/contentores_proibido_brasas_2_1_2500_2500.jpg</t>
+  </si>
+  <si>
+    <t>Aviso - Incêndios provocados pela deposição de cinzas</t>
+  </si>
+  <si>
+    <t>Recorrentemente, o contentor de resíduos urbanos indiferenciados semienterrado, localizado na Rua Qta das Vigárias, é objeto de incêndios provocados pela deposição de cinzas ainda quentes.</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;Recorrentemente, o contentor de res&amp;iacute;duos urbanos indiferenciados semienterrado, localizado na Rua Qta das Vig&amp;aacute;rias, &amp;eacute; objeto de inc&amp;ecirc;ndios provocados pela deposi&amp;ccedil;&amp;atilde;o de cinzas ainda quentes. Estas ocorr&amp;ecirc;ncias tiveram a interven&amp;ccedil;&amp;atilde;o dos Bombeiros Volunt&amp;aacute;rios de S&amp;aacute;t&amp;atilde;o e da GNR de S&amp;aacute;t&amp;atilde;o.&lt;/p&gt; &lt;p&gt;Recorda-se que, este tipo de mobili&amp;aacute;rio urbano tem custos ao er&amp;aacute;rio p&amp;uacute;blico, pelo que apelamos para a correta utiliza&amp;ccedil;&amp;atilde;o destes equipamentos.&lt;/p&gt; &lt;p&gt;&lt;/p&gt; &lt;p&gt;&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>https://www.buysatao.pt/files/images/blog/carnaval_acredipe_1_2500_2500.png</t>
+  </si>
+  <si>
+    <t>Condicionamentos temporários de trânsito, no âmbito do Desfile de Carnaval 2026 da ACREDIPE - 17 de fevereiro (terça-feira)</t>
+  </si>
+  <si>
+    <t>O desfile tem concentração no Largo de São Bernardo, na vila de Sátão, onde será formado o cortejo e iniciará o percurso pela Rua Dr. Hilário de Almeida Pereira em direção à Praça Paulo VI, voltando à Rua Dr. Hilário de Almeida Pereira até à rotunda dos Combatentes.</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;O desfile tem concentra&amp;ccedil;&amp;atilde;o no Largo de S&amp;atilde;o Bernardo, na vila de S&amp;aacute;t&amp;atilde;o, onde ser&amp;aacute; formado o cortejo e iniciar&amp;aacute; o percurso pela Rua Dr. Hil&amp;aacute;rio de Almeida Pereira em dire&amp;ccedil;&amp;atilde;o &amp;agrave; Pra&amp;ccedil;a Paulo VI, voltando &amp;agrave; Rua Dr. Hil&amp;aacute;rio de Almeida Pereira at&amp;eacute; &amp;agrave; rotunda dos Combatentes.&lt;/p&gt; &lt;div&gt; &lt;ul&gt; &lt;li&gt; &lt;div&gt;Condicionamento de Tr&amp;acirc;nsito&amp;nbsp;&lt;/div&gt; &lt;/li&gt; &lt;/ul&gt; &lt;/div&gt;</t>
+  </si>
+  <si>
+    <t>2026-02-12</t>
+  </si>
+  <si>
+    <t>Aviso - Corte de Estrada</t>
+  </si>
+  <si>
+    <t>O Município de Sátão informa que a Rua Nossa Senhora da Oliva, na localidade de Tojal, freguesia de Sátão, está temporariamente cortada ao trânsito, exeto moradores.</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;O Munic&amp;iacute;pio de S&amp;aacute;t&amp;atilde;o informa que a Rua Nossa Senhora da Oliva, na localidade de Tojal, freguesia de S&amp;aacute;t&amp;atilde;o, est&amp;aacute; temporariamente cortada ao tr&amp;acirc;nsito, exeto moradores.&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>2026-02-11</t>
+  </si>
+  <si>
+    <t>Município de Sátão comparticipa a inscrição de 7 jovens na Universidade de Verão</t>
+  </si>
+  <si>
+    <t>O Município de Sátão vai apoiar a participação de 7 (sete) jovens na Universidade de Verão da Universidade de Coimbra (com alojamento), que sejam residentes no concelho de Sátão e que frequentem o 12.º ano de escolaridade (alunos/as do ensino secundário ou profissional).</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;O Munic&amp;iacute;pio de S&amp;aacute;t&amp;atilde;o vai apoiar a participa&amp;ccedil;&amp;atilde;o de &lt;strong&gt;7 (sete) jovens na Universidade de Ver&amp;atilde;o&lt;/strong&gt; da Universidade de Coimbra (com alojamento), que sejam residentes no concelho de S&amp;aacute;t&amp;atilde;o e que frequentem o 12.&amp;ordm; ano de escolaridade (alunos/as do ensino secund&amp;aacute;rio ou profissional). A Universidade de Ver&amp;atilde;o de Coimbra &amp;eacute; uma iniciativa que permite aos jovens uma &amp;ldquo;experi&amp;ecirc;ncia inesquec&amp;iacute;vel que combina inova&amp;ccedil;&amp;atilde;o, confraterniza&amp;ccedil;&amp;atilde;o cultural e crescimento pessoal&amp;rdquo;.&lt;/p&gt;
+&lt;p&gt;O Munic&amp;iacute;pio de S&amp;aacute;t&amp;atilde;o ir&amp;aacute; pagar o montante correspondente &amp;agrave;s 7 (sete) primeiras inscri&amp;ccedil;&amp;otilde;es dos jovens, que cumpram os requisitos mencionados, com m&amp;eacute;dia no ano anterior igual ou superior a 14 valores.&lt;/p&gt;
+&lt;p&gt;O prazo das inscri&amp;ccedil;&amp;otilde;es para a bolsa do Munic&amp;iacute;pio decorre de &lt;strong&gt;12 a 23 de fevereiro de 2026&lt;/strong&gt;, atrav&amp;eacute;s do preenchimento do formul&amp;aacute;rio dispon&amp;iacute;vel &lt;a href="https://www.cm-satao.pt/balcao-virtual/formularios/universidade-de-verao" title="formul&amp;aacute;rio universidade de ver&amp;atilde;o" target="_blank" target="_blank"&gt;online&lt;/a&gt;, devendo anexar os comprovativos exigidos (declara&amp;ccedil;&amp;atilde;o de autoriza&amp;ccedil;&amp;atilde;o do representante legal dispon&amp;iacute;vel &lt;a href="https://www.cm-satao.pt/balcao-virtual/documentos/declaracao-de-representante-legal" title="Declara&amp;ccedil;&amp;atilde;o Representante legal" target="_self" target="_blank"&gt;aqui&lt;/a&gt; e comprovativo da m&amp;eacute;dia do/a aluno/a emitido pela Escola). De 25 a 03 de fevereiro de 2026, ser&amp;atilde;o contactados pelo Munic&amp;iacute;pio de S&amp;aacute;t&amp;atilde;o os jovens contemplados. &lt;strong&gt;Os jovens que j&amp;aacute; foram apoiados em anos anteriores pelo Munic&amp;iacute;pio de S&amp;aacute;t&amp;atilde;o, n&amp;atilde;o podem beneficiar outra vez deste apoio&lt;/strong&gt;.&lt;/p&gt;
+&lt;p&gt;Importa ainda referir que, para a edi&amp;ccedil;&amp;atilde;o de 2026, ser&amp;atilde;o considerados pela Universidade de Ver&amp;atilde;o de Coimbra os seguintes crit&amp;eacute;rios para preenchimento das vagas destinadas a estudantes selecionados pelos Munic&amp;iacute;pios:&lt;/p&gt;
+&lt;p&gt;&amp;bull; Os candidatos dever&amp;atilde;o apresentar m&amp;eacute;dia igual ou superior a 14 valores.&lt;/p&gt;
+&lt;p&gt;&amp;bull; O facto de um candidato beneficiar de Bolsa de Munic&amp;iacute;pio n&amp;atilde;o confere, por si s&amp;oacute;, entrada direta na Universidade de Ver&amp;atilde;o. Todos os candidatos com bolsa ir&amp;atilde;o concorrer em igualdade de circunst&amp;acirc;ncias com os restantes, sendo seriados exclusivamente pela m&amp;eacute;dia.&lt;/p&gt;
+&lt;p&gt;&amp;bull; Ap&amp;oacute;s a sele&amp;ccedil;&amp;atilde;o, todos os estudantes devem proceder autonomamente &amp;agrave; sua inscri&amp;ccedil;&amp;atilde;o na plataforma Inforestudante at&amp;eacute; &amp;agrave; data definida no Guia de Participa&amp;ccedil;&amp;atilde;o. O incumprimento deste prazo implicar&amp;aacute; a n&amp;atilde;o considera&amp;ccedil;&amp;atilde;o da sua participa&amp;ccedil;&amp;atilde;o.&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>https://www.buysatao.pt/files/images/blog/coloquios_a4___satao_page_0001_1_2500_2500.jpg</t>
+  </si>
+  <si>
+    <t>Colóquio - Confragi</t>
+  </si>
+  <si>
+    <t>A CONFAGRI, em parceria com a Câmara Municipal do Sátão, promove no próximo dia 2 de março de 2026, pelas 10h30, na Casa da Cultura do Sátão (R.</t>
+  </si>
+  <si>
+    <t>&lt;div&gt; &lt;ul&gt; &lt;li&gt;&lt;/li&gt; &lt;li&gt; &lt;p&gt;A CONFAGRI, em parceria com a C&amp;acirc;mara Municipal do S&amp;aacute;t&amp;atilde;o, promove no pr&amp;oacute;ximo dia 2 de mar&amp;ccedil;o de 2026, pelas 10h30, na Casa da Cultura do S&amp;aacute;t&amp;atilde;o (R. Dr. Hil&amp;aacute;rio de Almeida Pereira 71, 3560-154 S&amp;aacute;t&amp;atilde;o), um Col&amp;oacute;quio dedicado ao Pedido &amp;Uacute;nico de Ajudas &amp;ndash; PU 2026. Esta sess&amp;atilde;o tem como objetivo esclarecer agricultores e produtores sobre as principais medidas de apoio dispon&amp;iacute;veis e as novidades associadas ao processo de candidatura.&lt;/p&gt; &lt;p&gt;Durante o col&amp;oacute;quio ser&amp;atilde;o abordados temas como os Pagamentos Diretos Dissociados (incluindo Apoio ao Rendimento Base, Apoio Redistributivo Complementar e Pagamento aos Pequenos Agricultores), os Regimes Ecol&amp;oacute;gicos para o Clima, Ambiente e Bem-Estar dos Animais (Ecorregimes), os Apoios Ligados &amp;agrave; Produ&amp;ccedil;&amp;atilde;o (vacas aleitantes e vacas leiteiras, pequenos ruminantes, arroz e tomate, cereais, milho gr&amp;atilde;o, milho silagem, proteaginosas e multiplica&amp;ccedil;&amp;atilde;o de sementes), bem como medidas de Desenvolvimento Rural, compromissos agroambientais e clim&amp;aacute;ticos, agricultura biol&amp;oacute;gica, produ&amp;ccedil;&amp;atilde;o integrada, apoio a zonas com condicionantes naturais e Rede Natura, al&amp;eacute;m das Medidas Florestais.&lt;/p&gt; &lt;p&gt;A sess&amp;atilde;o contar&amp;aacute; com a participa&amp;ccedil;&amp;atilde;o de T&amp;eacute;cnicos da CONFAGRI, que ir&amp;atilde;o apresentar os principais aspetos do PU 2026 e esclarecer d&amp;uacute;vidas dos participantes. A sua participa&amp;ccedil;&amp;atilde;o &amp;eacute; importante. N&amp;atilde;o perca esta oportunidade de se informar e preparar atempadamente o seu Pedido &amp;Uacute;nico 2026.&lt;/p&gt; &amp;nbsp;&lt;/li&gt; &lt;/ul&gt; &lt;/div&gt;</t>
+  </si>
+  <si>
+    <t>Tolerância de Ponto - Carnaval</t>
+  </si>
+  <si>
+    <t>Embora a terça-feira de Carnaval não conste da lista de feriados obrigatórios estipulados por lei, existe em Portugal uma tradição consolidada de organização de festas neste período.</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;Embora a ter&amp;ccedil;a-feira de Carnaval n&amp;atilde;o conste da lista de feriados obrigat&amp;oacute;rios estipulados por lei, existe em Portugal uma tradi&amp;ccedil;&amp;atilde;o consolidada de organiza&amp;ccedil;&amp;atilde;o de festas neste per&amp;iacute;odo.&lt;/p&gt;
+&lt;p&gt;Determina o Sr. Presidente, ao abrigo do expresso na al&amp;iacute;nea a) do n&amp;ordm; 2 do artigo 35&amp;ordm; da Lei n&amp;ordm; 75/2013, de 12 de setembro, na atual reda&amp;ccedil;&amp;atilde;o, a concess&amp;atilde;o de toler&amp;acirc;ncia de ponto aos trabalhadores da C&amp;acirc;mara Municipal de S&amp;aacute;t&amp;atilde;o no dia 17 de fevereiro do ano corrente.&lt;/p&gt;
+&lt;p&gt;Se existirem servi&amp;ccedil;os que devam manter-se em funcionamento naquele per&amp;iacute;odo, os dirigentes devem promover a equivalente dispensa do dever de assiduidade dos respetivos trabalhadores, em dia ou dias a fixar oportunamente.&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>2026-02-10</t>
+  </si>
+  <si>
+    <t>https://www.buysatao.pt/files/images/blog/cartaz_jornadas_ae_satao_2026_page_0001_1_2500_2500.jpg</t>
+  </si>
+  <si>
+    <t>IX Jornadas de Formação do Agrupamento de Escolas de Sátão</t>
+  </si>
+  <si>
+    <t>Nos próximos dias 7 e 14 de março, vão decorrer as IX Jornadas de Formação do Agrupamento de Escolas de Sátão, com o tema “A Escola como lugar seguro e espaço de felicidade”.</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;&lt;/p&gt; &lt;p&gt;&lt;/p&gt; &lt;div&gt; &lt;ul&gt; &lt;li&gt;&lt;/li&gt; &lt;li&gt; &lt;p&gt;Nos pr&amp;oacute;ximos dias 7 e 14 de mar&amp;ccedil;o, v&amp;atilde;o decorrer as IX Jornadas de Forma&amp;ccedil;&amp;atilde;o do Agrupamento de Escolas de S&amp;aacute;t&amp;atilde;o, com o tema &amp;ldquo;A Escola como lugar seguro e espa&amp;ccedil;o de felicidade&amp;rdquo;.&lt;/p&gt; &lt;p&gt;As jornadas, acreditadas pelo CCPFC, organizadas em parceria&lt;/p&gt; &lt;p&gt;com o Centro de Forma&amp;ccedil;&amp;atilde;o Edufor, destinadas a todos os docentes, decorrem no Cineteatro Municipal de S&amp;aacute;t&amp;atilde;o.&lt;/p&gt; &lt;p&gt;Inscri&amp;ccedil;&amp;otilde;es e outras informa&amp;ccedil;&amp;otilde;es em www.edufor.pt&lt;/p&gt; &amp;nbsp;&lt;/li&gt; &lt;/ul&gt; &lt;/div&gt;</t>
+  </si>
+  <si>
+    <t>https://www.buysatao.pt/files/images/blog/img_4261_1_2500_2500.jpeg</t>
+  </si>
+  <si>
+    <t>Workshop “Acessório de Carnaval”</t>
+  </si>
+  <si>
+    <t>No âmbito da iniciativa “Pelas mãos de quem sabe”, decorreu no dia 07 de fevereiro de 2026, na Casa da Cultura de Sátão, o workshop “Acessório de Carnaval”, com Tânia Chaves.  </t>
+  </si>
+  <si>
+    <t>&lt;p&gt;No &amp;acirc;mbito da iniciativa &amp;ldquo;Pelas m&amp;atilde;os de quem sabe&amp;rdquo;, decorreu no dia 07 de fevereiro de 2026, na Casa da Cultura de S&amp;aacute;t&amp;atilde;o, o workshop &amp;ldquo;Acess&amp;oacute;rio de Carnaval&amp;rdquo;, com T&amp;acirc;nia Chaves.&lt;/p&gt; &lt;p&gt;&lt;/p&gt;  &lt;p&gt;&amp;nbsp;&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>2026-02-09</t>
+  </si>
+  <si>
+    <t>https://www.buysatao.pt/files/images/blog/09fev2026_1_2500_2500.jpg</t>
+  </si>
+  <si>
+    <t>Avisos meteorológicos</t>
+  </si>
+  <si>
+    <t>O Serviço Municipal de Proteção Civil de Sátão (SMPC) recomenda à população que tome as medidas de prevenção e autoproteção necessárias, nomeadamente: § Garantir especial cuidado na circulação e permanência junto a áreas arborizadas, mantendo atenção à possibilidade de queda de ramos e árvores; § Adotar uma condução defensiva, reduzindo a velocidade e tendo especial cuidado com a possível formação de lençóis de água e a existência de zonas de fraca visibilidade; § Garantir adequada fixação de estruturas, nomeadamente andaimes, placards e outras estruturas suspensas; § Garantir a desobstrução dos sistemas de escoamento das águas pluviais e retirada de inertes e outros objetos que possam ser arrastados ou criem obstáculos ao livre escoamento das águas; § Não atravessar zonas inundadas, de modo a precaver o arrastamento de pessoas ou viaturas para buracos no pavimento ou caixas de esgoto abertas; Mantenha-se sempre informado através da nossa página e siga os conselhos e recomendações das autoridades.</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;&lt;/p&gt;
+&lt;p&gt;O Servi&amp;ccedil;o Municipal de Prote&amp;ccedil;&amp;atilde;o Civil de S&amp;aacute;t&amp;atilde;o (SMPC) recomenda &amp;agrave; popula&amp;ccedil;&amp;atilde;o que tome as medidas de preven&amp;ccedil;&amp;atilde;o e autoprote&amp;ccedil;&amp;atilde;o necess&amp;aacute;rias, nomeadamente:&lt;/p&gt;
+&lt;p&gt;&amp;sect; Garantir especial cuidado na circula&amp;ccedil;&amp;atilde;o e perman&amp;ecirc;ncia junto a &amp;aacute;reas arborizadas, mantendo aten&amp;ccedil;&amp;atilde;o &amp;agrave; possibilidade de queda de ramos e &amp;aacute;rvores;&lt;/p&gt;
+&lt;p&gt;&amp;sect; Adotar uma condu&amp;ccedil;&amp;atilde;o defensiva, reduzindo a velocidade e tendo especial cuidado com a poss&amp;iacute;vel forma&amp;ccedil;&amp;atilde;o de len&amp;ccedil;&amp;oacute;is de &amp;aacute;gua e a exist&amp;ecirc;ncia de zonas de fraca visibilidade;&lt;/p&gt;
+&lt;p&gt;&amp;sect; Garantir adequada fixa&amp;ccedil;&amp;atilde;o de estruturas, nomeadamente andaimes, placards e outras estruturas suspensas;&lt;/p&gt;
+&lt;p&gt;&amp;sect; Garantir a desobstru&amp;ccedil;&amp;atilde;o dos sistemas de escoamento das &amp;aacute;guas pluviais e retirada de inertes e outros objetos que possam ser arrastados ou criem obst&amp;aacute;culos ao livre escoamento das &amp;aacute;guas;&lt;/p&gt;
+&lt;p&gt;&amp;sect; N&amp;atilde;o atravessar zonas inundadas, de modo a precaver o arrastamento de pessoas ou viaturas para buracos no pavimento ou caixas de esgoto abertas;&lt;/p&gt;
+&lt;p&gt;Mantenha-se sempre informado atrav&amp;eacute;s da nossa p&amp;aacute;gina e siga os conselhos e recomenda&amp;ccedil;&amp;otilde;es das autoridades.&lt;/p&gt;
+&lt;p&gt;Em caso de necessidade, LIGUE DE IMEDIATO 112 ou os BOMBEIROS 232 981 325*Chamada para rede fixa Nacional&lt;/p&gt;
+&lt;p&gt;A PROTE&amp;Ccedil;&amp;Atilde;O CIVIL SOMOS TODOS N&amp;Oacute;S&lt;/p&gt;&lt;a href="https://www.cm-satao.pt/ficha-tecnica/rss-feed/noticia/avisos-meteorologicos-66" target="_blank"&gt;&lt;img src="https://www.cm-satao.pt/cmsatao/uploads/news/image/466/09fev2026.jpg"&gt;&lt;/a&gt;</t>
+  </si>
+  <si>
+    <t>2026-02-06</t>
+  </si>
+  <si>
+    <t>AVISO - Atualização</t>
+  </si>
+  <si>
+    <t>O Município de Sátão informa que foi restabelecida a circulação da Ponte de Tábuas, CM 1393-1, ligação Covelo, freguesia de Ferreira de Aves a Alhais (Vila Nova de Paiva).</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;O Munic&amp;iacute;pio de S&amp;aacute;t&amp;atilde;o informa que foi restabelecida a circula&amp;ccedil;&amp;atilde;o da Ponte de T&amp;aacute;buas, CM 1393-1, liga&amp;ccedil;&amp;atilde;o Covelo, freguesia de Ferreira de Aves a Alhais (Vila Nova de Paiva).&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>Informação - Serviço Público de Transporte de Passageiros por Modo Rodoviário na Região Viseu Dão Lafões</t>
+  </si>
+  <si>
+    <t>O Conselho Intermunicipal da CIM Viseu Dão Lafões deliberou equiparar o dia de Carnaval do ano de 2026 – dia 17 de fevereiro de 2026 – a um dia de feriado, não se realizando, para efeitos do Serviço Público de Transporte de Passageiros operação na Região nesse mesmo dia.</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;O Conselho Intermunicipal da CIM Viseu D&amp;atilde;o Laf&amp;otilde;es deliberou equiparar o dia de Carnaval do ano de 2026 &amp;ndash; dia 17 de fevereiro de 2026 &amp;ndash; a um dia de feriado, n&amp;atilde;o se realizando, para efeitos do Servi&amp;ccedil;o P&amp;uacute;blico de Transporte de Passageiros opera&amp;ccedil;&amp;atilde;o na Regi&amp;atilde;o nesse mesmo dia.&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>Aviso - Estrada Cortada Avelal</t>
+  </si>
+  <si>
+    <t>A estrada que liga a freguesia de Avelal à freguesia de Silvã de Cima está encerrada à circulação rodoviária.</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;A estrada que liga a freguesia de Avelal &amp;agrave; freguesia de Silv&amp;atilde; de Cima est&amp;aacute; encerrada &amp;agrave; circula&amp;ccedil;&amp;atilde;o rodovi&amp;aacute;ria.&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>2026-02-05</t>
+  </si>
+  <si>
+    <t>Aviso - Estrada Cortada</t>
+  </si>
+  <si>
+    <t>Informa-se que a Estrada Municipal CM 1393-1 encontra-se encerrada ao trânsito, por motivos de segurança, no troço compreendido entre a localidade de Covelo (Ferreira de Aves) e Alhais (Vila Nova de Paiva).</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;Informa-se que a Estrada Municipal CM 1393-1 encontra-se encerrada ao tr&amp;acirc;nsito, por motivos de seguran&amp;ccedil;a, no tro&amp;ccedil;o compreendido entre a localidade de Covelo (Ferreira de Aves) e Alhais (Vila Nova de Paiva).&lt;/p&gt;
+&lt;p&gt;Agradece-se a compreens&amp;atilde;o de todos, recomendando-se a utiliza&amp;ccedil;&amp;atilde;o de percursos alternativos at&amp;eacute; nova informa&amp;ccedil;&amp;atilde;o.&lt;/p&gt;</t>
+  </si>
+  <si>
     <t>2026-02-03</t>
   </si>
   <si>
-    <t>https://www.buysatao.pt/files/images/blog/03fev2026__1_150_150.jpg</t>
+    <t>https://www.buysatao.pt/files/images/blog/03fev2026__1_2500_2500.jpg</t>
   </si>
   <si>
     <t>Avisos Meteorológicos - Ocorrência de precipitação, vento e neve</t>
   </si>
   <si>
     <t>O Serviço Municipal de Proteção Civil de Sátão (SMPC) recomenda à população que tome as medidas de prevenção e autoproteção necessárias, nomeadamente: Garantir especial cuidado na circulação e permanência junto a áreas arborizadas, mantendo atenção à possibilidade de queda de ramos e árvores; Adotar uma condução defensiva, reduzindo a velocidade e tendo especial cuidado com a possível formação de lençóis de água e a existência de zonas de fraca visibilidade; Garantir adequada fixação de estruturas, nomeadamente andaimes, placards e outras estruturas suspensas; Garantir a desobstrução dos sistemas de escoamento das águas pluviais e retirada de inertes e outros objetos que possam ser arrastados ou criem obstáculos ao livre escoamento das águas; Não atravessar zonas inundadas, de modo a precaver o arrastamento de pessoas ou viaturas para buracos no pavimento ou caixas de esgoto abertas; Mantenha-se sempre informado através da nossa página e siga os conselhos e recomendações das autoridades.</t>
   </si>
   <si>
     <t>&lt;p&gt;O Servi&amp;ccedil;o Municipal de Prote&amp;ccedil;&amp;atilde;o Civil de S&amp;aacute;t&amp;atilde;o (SMPC) recomenda &amp;agrave; popula&amp;ccedil;&amp;atilde;o que tome as medidas de preven&amp;ccedil;&amp;atilde;o e autoprote&amp;ccedil;&amp;atilde;o necess&amp;aacute;rias, nomeadamente:&lt;/p&gt; &lt;ul&gt; &lt;li&gt;Garantir especial cuidado na circula&amp;ccedil;&amp;atilde;o e perman&amp;ecirc;ncia junto a &amp;aacute;reas arborizadas, mantendo aten&amp;ccedil;&amp;atilde;o &amp;agrave; possibilidade de queda de ramos e &amp;aacute;rvores;&lt;/li&gt; &lt;li&gt;Adotar uma condu&amp;ccedil;&amp;atilde;o defensiva, reduzindo a velocidade e tendo especial cuidado com a poss&amp;iacute;vel forma&amp;ccedil;&amp;atilde;o de len&amp;ccedil;&amp;oacute;is de &amp;aacute;gua e a exist&amp;ecirc;ncia de zonas de fraca visibilidade;&lt;/li&gt; &lt;li&gt;Garantir adequada fixa&amp;ccedil;&amp;atilde;o de estruturas, nomeadamente andaimes, placards e outras estruturas suspensas;&lt;/li&gt; &lt;li&gt;Garantir a desobstru&amp;ccedil;&amp;atilde;o dos sistemas de escoamento das &amp;aacute;guas pluviais e retirada de inertes e outros objetos que possam ser arrastados ou criem obst&amp;aacute;culos ao livre escoamento das &amp;aacute;guas;&lt;/li&gt; &lt;li&gt;N&amp;atilde;o atravessar zonas inundadas, de modo a precaver o arrastamento de pessoas ou viaturas para buracos no pavimento ou caixas de esgoto abertas;&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Mantenha-se sempre informado atrav&amp;eacute;s da nossa p&amp;aacute;gina e siga os conselhos e recomenda&amp;ccedil;&amp;otilde;es das autoridades.&lt;/p&gt; &lt;p&gt;Em caso de necessidade, LIGUE DE IMEDIATO 112 ou os BOMBEIROS 232 981 325*&lt;/p&gt; &lt;p&gt;*Chamada para rede fixa Nacional&lt;/p&gt; &lt;p&gt;A PROTE&amp;Ccedil;&amp;Atilde;O CIVIL SOMOS TODOS N&amp;Oacute;S&lt;/p&gt; &lt;p&gt;&lt;/p&gt; &lt;div&gt; &lt;ul&gt; &lt;li&gt; &lt;div&gt; &lt;p&gt;Avisos Meteorol&amp;oacute;gicos - Ocorr&amp;ecirc;ncia de precipita&amp;ccedil;&amp;atilde;o, vento e neve&lt;/p&gt; &lt;/div&gt; &lt;/li&gt; &lt;/ul&gt; &lt;/div&gt;</t>
-  </si>
-[...1 lines deleted...]
-    <t>[{"name":"CM-Sátão"}]</t>
   </si>
   <si>
     <t>2026-02-02</t>
   </si>
   <si>
     <t>https://www.buysatao.pt/files/images/blog/noticia_visite_nos_03_1_2500_2500.jpg</t>
   </si>
   <si>
     <t>Museu de Pintura Naïf - Pedrosas | Sátão</t>
   </si>
   <si>
     <t>Museu de Pintura Naïf - Pedrosas | Sátão Um museu único, que reúne uma vasta coleção de pinturas, cujas cores e traços ingénuos cativam!</t>
   </si>
   <si>
     <t>&lt;div&gt;
 &lt;ul&gt;
 &lt;li&gt;&lt;img src="https://www.cm-satao.pt/thumbs/cmsatao/uploads/writer_file/image/880/visite_nos_01_1_150_150.jpg" alt="Museu de Pintura Naif"&gt;&lt;/li&gt;
 &lt;li&gt;
 &lt;p&gt;Museu de Pintura Na&amp;iuml;f - Pedrosas | S&amp;aacute;t&amp;atilde;o&lt;/p&gt;
 &lt;p&gt;Um museu &amp;uacute;nico, que re&amp;uacute;ne uma vasta cole&amp;ccedil;&amp;atilde;o de pinturas, cujas cores e tra&amp;ccedil;os ing&amp;eacute;nuos cativam!&lt;/p&gt;
 &lt;p&gt;Visite-nos!&lt;/p&gt;
 &lt;p&gt;Estamos abertos&lt;/p&gt;
 &lt;p&gt;5&amp;ordf; e 6&amp;ordf; feira - 9h&amp;gt;13h | 14h&amp;gt;17h&lt;/p&gt;
 &lt;p&gt;s&amp;aacute;bado e domingo - 14h&amp;gt;17h&lt;/p&gt;
 &lt;p&gt;@ museus@cm-satao.pt&lt;/p&gt;
@@ -165,90 +502,90 @@
   <si>
     <t>2026-01-28</t>
   </si>
   <si>
     <t>Inscrições abertas para o Prémio Literário Cónego Albano Martins de Sousa</t>
   </si>
   <si>
     <t>Encontram-se abertas as inscrições para o Prémio Literário Cónego Albano Martins de Sousa, na modalidade de Prosa, promovido pela Câmara Municipal de Sátão.</t>
   </si>
   <si>
     <t>&lt;p&gt;Encontram-se abertas as inscri&amp;ccedil;&amp;otilde;es para o Pr&amp;eacute;mio Liter&amp;aacute;rio C&amp;oacute;nego Albano Martins de Sousa, na modalidade de Prosa, promovido pela C&amp;acirc;mara Municipal de S&amp;aacute;t&amp;atilde;o. At&amp;eacute; 02 de mar&amp;ccedil;o de 2026, podem concorrer, com trabalhos in&amp;eacute;ditos, todos os cidad&amp;atilde;os nacionais. O j&amp;uacute;ri dever&amp;aacute; anunciar a obra vencedora at&amp;eacute; ao dia 12 de junho de 2026.&lt;/p&gt;
 &lt;p&gt;Os originais dever&amp;atilde;o ser enviados pelo correio, devidamente registado e com aviso de rece&amp;ccedil;&amp;atilde;o, ao Secretariado do Pr&amp;eacute;mio Liter&amp;aacute;rio C&amp;oacute;nego Albano Martins Sousa, Pra&amp;ccedil;a Paulo VI, 3560-154 S&amp;aacute;t&amp;atilde;o, sob pseud&amp;oacute;nimo.&lt;/p&gt;
 &lt;p&gt;Um j&amp;uacute;ri constitu&amp;iacute;do pelo Presidente da C&amp;acirc;mara Municipal de S&amp;aacute;t&amp;atilde;o, uma personalidade ligada &amp;agrave; literatura oriunda do Concelho de S&amp;aacute;t&amp;atilde;o e a Diretora do Agrupamento de Escolas de S&amp;aacute;t&amp;atilde;o apreciar&amp;aacute; os originais, n&amp;atilde;o havendo recurso das decis&amp;otilde;es do j&amp;uacute;ri.&lt;/p&gt;
 &lt;p&gt;O Pr&amp;eacute;mio n&amp;atilde;o ser&amp;aacute; divis&amp;iacute;vel &amp;ndash; n&amp;atilde;o havendo, portanto, atribui&amp;ccedil;&amp;atilde;o ex aequo &amp;ndash; e ter&amp;aacute; um valor de 500,00&amp;euro; (quinhentos euros); caso se justifique pela sua qualidade liter&amp;aacute;ria, poder&amp;atilde;o ser atribu&amp;iacute;das, no m&amp;aacute;ximo, duas men&amp;ccedil;&amp;otilde;es honrosas, contempladas com 125,00&amp;euro; (cento e vinte e cinco euros), cada.&lt;/p&gt;
 &lt;p&gt;A C&amp;acirc;mara Municipal de S&amp;aacute;t&amp;atilde;o deter&amp;aacute; os direitos para a primeira edi&amp;ccedil;&amp;atilde;o do trabalho galardoado.&lt;/p&gt;
 &lt;p&gt;As informa&amp;ccedil;&amp;otilde;es relativas a datas, prazos e outras dever&amp;atilde;o ser recolhidas junto do secretariado do Pr&amp;eacute;mio Liter&amp;aacute;rio C&amp;oacute;nego Albano Martins Sousa, Pra&amp;ccedil;a Paulo VI 3560 &amp;ndash; 154 S&amp;aacute;t&amp;atilde;o. Telefone 232980000 (chamada para a rede fixa nacional). O Regulamento encontra-se dispon&amp;iacute;vel na C&amp;acirc;mara Municipal de S&amp;aacute;t&amp;atilde;o e na p&amp;aacute;gina da Internet em &lt;a href="http://www.cm-satao.pt" target="_blank"&gt;www.cm-satao.pt&lt;/a&gt;&lt;/p&gt;
 &lt;p&gt;&lt;/p&gt;
 &lt;p&gt;&lt;a href="https://www.cm-satao.pt/cmsatao/uploads/writer_file/document/868/edital_premio_literario_2026_prosa.pdf" target="_blank" data-smiledocument="smiledocument" target="_blank"&gt;Edital_Pr&amp;eacute;mio Liter&amp;aacute;rio 2026_Prosa&lt;/a&gt;&lt;/p&gt;
 &lt;p&gt;&lt;a href="https://www.cm-satao.pt/cmsatao/uploads/writer_file/document/869/normas_de_participacao.pdf" target="_blank" data-smiledocument="smiledocument" target="_blank"&gt;Normas de Participa&amp;ccedil;&amp;atilde;o&lt;/a&gt;&lt;/p&gt;
 &lt;p&gt;&lt;a href="https://www.cm-satao.pt/cmsatao/uploads/writer_file/document/870/regulamento_premio_literario_conego_albano_final.pdf" target="_blank" data-smiledocument="smiledocument" target="_blank"&gt;REGULAMENTO-PR&amp;Eacute;MIO LITER&amp;Aacute;RIO C&amp;Oacute;NEGO ALBANO-FINAL&lt;/a&gt;&lt;/p&gt;</t>
   </si>
   <si>
     <t>2026-01-27</t>
   </si>
   <si>
-    <t>https://www.buysatao.pt/files/images/blog/avaliacao_montras_de_natal_1_150_150.jpg</t>
+    <t>https://www.buysatao.pt/files/images/blog/avaliacao_montras_de_natal_1_2500_2500.jpg</t>
   </si>
   <si>
     <t>Resultados finais da 8ª  edição do concurso “Montras de Natal”</t>
   </si>
   <si>
     <t>Promovido pelo Município de Sátão desde 2018, o concurso de “Montras de Natal” do concelho é já uma tradição, em que o principal objetivo é o de dinamizar e revitalizar o comércio, através da promoção das manifestações artísticas e do estímulo do espírito criativo.</t>
   </si>
   <si>
     <t>&lt;p&gt;Promovido pelo Munic&amp;iacute;pio de S&amp;aacute;t&amp;atilde;o desde 2018, o concurso de &amp;ldquo;Montras de Natal&amp;rdquo; do concelho &amp;eacute; j&amp;aacute; uma tradi&amp;ccedil;&amp;atilde;o, em que o principal objetivo &amp;eacute; o de dinamizar e revitalizar o com&amp;eacute;rcio, atrav&amp;eacute;s da promo&amp;ccedil;&amp;atilde;o das manifesta&amp;ccedil;&amp;otilde;es art&amp;iacute;sticas e do est&amp;iacute;mulo do esp&amp;iacute;rito criativo.&lt;/p&gt; &lt;p&gt;Nesta 8&amp;ordm; edi&amp;ccedil;&amp;atilde;o estiveram a votos 24 estabelecimentos comerciais, que al&amp;eacute;m de divulgarem os seus espa&amp;ccedil;os comerciais tamb&amp;eacute;m trouxeram luz e anima&amp;ccedil;&amp;atilde;o &amp;agrave;s ruas do concelho de S&amp;aacute;t&amp;atilde;o na &amp;eacute;poca natal&amp;iacute;cia.&lt;/p&gt; &lt;p&gt;Terminado o per&amp;iacute;odo de vota&amp;ccedil;&amp;otilde;es no Facebook e feita a avalia&amp;ccedil;&amp;atilde;o de forma presencial pelo j&amp;uacute;ri, o Munic&amp;iacute;pio de S&amp;aacute;t&amp;atilde;o informa que os vencedores do 8&amp;ordm; concurso de Montras de Natal foram:&lt;/p&gt; &lt;p&gt;1&amp;ordm; O Clube de V&amp;iacute;deo com uma pontua&amp;ccedil;&amp;atilde;o final de 19,13 valores;&lt;/p&gt; &lt;p&gt;2&amp;ordm; &amp;ldquo;Mercado C&amp;aacute; D&amp;rsquo;Aldeia&amp;rdquo; com uma pontua&amp;ccedil;&amp;atilde;o final de 19,00 valores;&lt;/p&gt; &lt;p&gt;3&amp;ordm; &amp;ldquo;Teddy Store&amp;rdquo; com uma pontua&amp;ccedil;&amp;atilde;o final de 18,67 valores;&lt;/p&gt; &lt;div&gt; &lt;ul&gt; &lt;li&gt; &lt;div&gt; &lt;p&gt;Avalia&amp;ccedil;&amp;atilde;o Montras de Natal 2025&lt;/p&gt; &amp;nbsp;&lt;/div&gt; &lt;/li&gt; &lt;/ul&gt; &lt;/div&gt;</t>
   </si>
   <si>
-    <t>https://www.buysatao.pt/files/images/blog/27jan2026__1_150_150.jpg</t>
+    <t>https://www.buysatao.pt/files/images/blog/27jan2026__1_2500_2500.jpg</t>
   </si>
   <si>
     <t>Aviso Meteorológico - Atualização para Aviso Laranja</t>
   </si>
   <si>
     <t>O Serviço Municipal de Proteção Civil de Sátão (SMPC) recomenda à população que tome as medidas de prevenção e autoproteção necessárias, nomeadamente:  Garantir especial cuidado na circulação e permanência junto a áreas arborizadas, mantendo atenção à possibilidade de queda de ramos e árvores;  Adotar uma condução defensiva, reduzindo a velocidade e tendo especial cuidado com a possível formação de gelo e neve nas vias rodoviárias e zonas de fraca visibilidade;  Evitar a circulação em vias afetadas pela acumulação de neve e quando isso não for possível, adotar as seguintes medidas: Verificação do estado dos pneus e respetivas pressões; Transporte e colocação das correntes de neve nos veículos; Nos veículos elétricos, deve ser verificada a carga da bateria e analisada a existência de postos de carregamento no seu itinerário; Garantir que os sistemas de aquecimento dos veículos se encontram em bom estado de funcionamento;  Garantir adequada fixação de estruturas, nomeadamente andaimes, placards e outras estruturas suspensas;  Garantir a desobstrução dos sistemas de escoamento das águas pluviais e retirada de inertes e outros objetos que possam ser arrastados ou criem obstáculos ao livre escoamento das águas; Recomenda-se ainda: Se utilizar lareiras, braseiras, salamandras ou equipamentos a gás mantenha a correta ventilação das divisões de forma a evitar a acumulação de gases nocivos à saúde; Evitar o uso de dispositivos de aquecimento durante o sono, desligando sempre quaisquer aparelhos antes de se deitar; Ter atenção à condução em locais onde se forme neve e gelo na estrada, adotando uma condução defensiva.</t>
   </si>
   <si>
     <t>&lt;p&gt;O Servi&amp;ccedil;o Municipal de Prote&amp;ccedil;&amp;atilde;o Civil de S&amp;aacute;t&amp;atilde;o (SMPC) recomenda &amp;agrave; popula&amp;ccedil;&amp;atilde;o que tome as medidas de preven&amp;ccedil;&amp;atilde;o e autoprote&amp;ccedil;&amp;atilde;o necess&amp;aacute;rias, nomeadamente:&lt;/p&gt; &lt;ul&gt; &lt;li&gt;&amp;nbsp;Garantir especial cuidado na circula&amp;ccedil;&amp;atilde;o e perman&amp;ecirc;ncia junto a &amp;aacute;reas arborizadas, mantendo aten&amp;ccedil;&amp;atilde;o &amp;agrave; possibilidade de queda de ramos e &amp;aacute;rvores;&lt;/li&gt; &lt;li&gt;&amp;nbsp;Adotar uma condu&amp;ccedil;&amp;atilde;o defensiva, reduzindo a velocidade e tendo especial cuidado com a poss&amp;iacute;vel forma&amp;ccedil;&amp;atilde;o de gelo e neve nas vias rodovi&amp;aacute;rias e zonas de fraca visibilidade;&lt;/li&gt; &lt;li&gt;&amp;nbsp;Evitar a circula&amp;ccedil;&amp;atilde;o em vias afetadas pela acumula&amp;ccedil;&amp;atilde;o de neve e quando isso n&amp;atilde;o for poss&amp;iacute;vel, adotar as seguintes medidas: &lt;ul&gt; &lt;li&gt;Verifica&amp;ccedil;&amp;atilde;o do estado dos pneus e respetivas press&amp;otilde;es;&lt;/li&gt; &lt;li&gt;Transporte e coloca&amp;ccedil;&amp;atilde;o das correntes de neve nos ve&amp;iacute;culos;&lt;/li&gt; &lt;li&gt;Nos ve&amp;iacute;culos el&amp;eacute;tricos, deve ser verificada a carga da bateria e analisada a exist&amp;ecirc;ncia de postos de carregamento no seu itiner&amp;aacute;rio;&lt;/li&gt; &lt;li&gt;Garantir que os sistemas de aquecimento dos ve&amp;iacute;culos se encontram em bom estado de funcionamento;&lt;/li&gt; &lt;/ul&gt; &lt;/li&gt; &lt;li&gt;&amp;nbsp;Garantir adequada fixa&amp;ccedil;&amp;atilde;o de estruturas, nomeadamente andaimes, placards e outras estruturas suspensas;&lt;/li&gt; &lt;li&gt;&amp;nbsp;Garantir a desobstru&amp;ccedil;&amp;atilde;o dos sistemas de escoamento das &amp;aacute;guas pluviais e retirada de inertes e outros objetos que possam ser arrastados ou criem obst&amp;aacute;culos ao livre escoamento das &amp;aacute;guas;&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;&lt;strong&gt;Recomenda-se ainda:&lt;/strong&gt;&lt;/p&gt; &lt;ul&gt; &lt;li&gt;Se utilizar lareiras, braseiras, salamandras ou equipamentos a g&amp;aacute;s mantenha a correta ventila&amp;ccedil;&amp;atilde;o das divis&amp;otilde;es de forma a evitar a acumula&amp;ccedil;&amp;atilde;o de gases nocivos &amp;agrave; sa&amp;uacute;de;&lt;/li&gt; &lt;li&gt;Evitar o uso de dispositivos de aquecimento durante o sono, desligando sempre quaisquer aparelhos antes de se deitar;&lt;/li&gt; &lt;li&gt;Ter aten&amp;ccedil;&amp;atilde;o &amp;agrave; condu&amp;ccedil;&amp;atilde;o em locais onde se forme neve e gelo na estrada, adotando uma condu&amp;ccedil;&amp;atilde;o defensiva.&lt;/li&gt; &lt;li&gt;Estar atento &amp;agrave;s informa&amp;ccedil;&amp;otilde;es da meteorologia e &amp;agrave;s indica&amp;ccedil;&amp;otilde;es da Prote&amp;ccedil;&amp;atilde;o Civil e For&amp;ccedil;as de Seguran&amp;ccedil;a.&lt;/li&gt; &lt;li&gt;Mantenha-se sempre informado atrav&amp;eacute;s da nossa p&amp;aacute;gina e siga os conselhos e recomenda&amp;ccedil;&amp;otilde;es das autoridades.&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Em caso de necessidade, &lt;strong&gt;LIGUE DE IMEDIATO 112&lt;/strong&gt; ou os &lt;strong&gt;BOMBEIROS 232 981 325 &lt;/strong&gt;(Chamada para rede fixa Nacional)&lt;/p&gt; &lt;p&gt;&lt;strong&gt;A PROTE&amp;Ccedil;&amp;Atilde;O CIVIL SOMOS TODOS N&amp;Oacute;S&lt;/strong&gt;&lt;/p&gt; &lt;p&gt;&lt;strong&gt;&amp;nbsp;&lt;/strong&gt;&lt;/p&gt; &lt;div&gt; &lt;ul&gt; &lt;li&gt; &lt;div&gt;AVISO LARANJA 27 JANEIRO 2026&amp;nbsp;&lt;/div&gt; &lt;/li&gt; &lt;/ul&gt; &lt;/div&gt; &lt;p&gt;&lt;strong&gt;&amp;nbsp;&lt;/strong&gt;&lt;/p&gt;</t>
   </si>
   <si>
-    <t>https://www.buysatao.pt/files/images/blog/aviso_vermelho_27jan2026_1_150_150.jpg</t>
+    <t>https://www.buysatao.pt/files/images/blog/aviso_vermelho_27jan2026_1_2500_2500.jpg</t>
   </si>
   <si>
     <t>Aviso Meteorológico - Atualização para Aviso Vermelho</t>
   </si>
   <si>
     <t>AVISO VERMELHO VENTO: Entre as 05h00 e as 09h00U de 28 de janeiro de 2026, Rajadas da ordem de 140 km/h.</t>
   </si>
   <si>
     <t>&lt;p&gt;&lt;strong&gt;AVISO VERMELHO&lt;/strong&gt;&lt;/p&gt; &lt;p&gt;VENTO: Entre as 05h00 e as 09h00U de 28 de janeiro de 2026, Rajadas da ordem de 140 km/h.&lt;/p&gt; &lt;p&gt;&lt;strong&gt;AVISO LARANJA&lt;/strong&gt;&lt;/p&gt; &lt;p&gt;VENTO: Entre as 00H00 e as 05H00 de 28 de janeiro de 2026, Rajadas da ordem de 100 km/h, sendo at&amp;eacute; 120 km/h nas serras.&lt;/p&gt; &lt;p&gt;QUEDA DE NEVE: Entre as 12h00 de 27 de janeiro e as 06h00 de 28 de janeiro de 2026, Queda de neve acima de 800 m, com acumula&amp;ccedil;&amp;atilde;o at&amp;eacute; 10 cm, que poder&amp;aacute; ser de 20 cm acima de 1000 m.&lt;/p&gt; &lt;p&gt;&lt;strong&gt;AVISO AMARELO&lt;/strong&gt;&lt;/p&gt; &lt;p&gt;PRECIPITA&amp;Ccedil;&amp;Atilde;O: Entre as 03h00 e as 09h00 de 28 de janeiro de 2026, Precipita&amp;ccedil;&amp;atilde;o por vezes forte.&lt;/p&gt; &lt;p&gt;VENTO: Entre as 10h09 e as 15h00 de 27 de janeiro de 2026, Rajadas at&amp;eacute; 80 km/h, sendo at&amp;eacute; 100 km/h nas terras altas&lt;/p&gt; &lt;p&gt;O Servi&amp;ccedil;o Municipal de Prote&amp;ccedil;&amp;atilde;o Civil de S&amp;aacute;t&amp;atilde;o (SMPC) recomenda &amp;agrave; popula&amp;ccedil;&amp;atilde;o que tome as medidas de preven&amp;ccedil;&amp;atilde;o e autoprote&amp;ccedil;&amp;atilde;o necess&amp;aacute;rias, nomeadamente:&lt;/p&gt; &lt;ul&gt; &lt;li&gt;&amp;nbsp;Garantir especial cuidado na circula&amp;ccedil;&amp;atilde;o e perman&amp;ecirc;ncia junto a &amp;aacute;reas arborizadas, mantendo aten&amp;ccedil;&amp;atilde;o &amp;agrave; possibilidade de queda de ramos e &amp;aacute;rvores;&lt;/li&gt; &lt;li&gt;&amp;nbsp;Adotar uma condu&amp;ccedil;&amp;atilde;o defensiva, reduzindo a velocidade e tendo especial cuidado com a poss&amp;iacute;vel forma&amp;ccedil;&amp;atilde;o de len&amp;ccedil;&amp;oacute;is de &amp;aacute;gua e a exist&amp;ecirc;ncia de zonas de fraca visibilidade;&lt;/li&gt; &lt;li&gt;&amp;nbsp;Garantir adequada fixa&amp;ccedil;&amp;atilde;o de estruturas, nomeadamente andaimes, placards e outras estruturas suspensas;&lt;/li&gt; &lt;li&gt;&amp;nbsp;Garantir a desobstru&amp;ccedil;&amp;atilde;o dos sistemas de escoamento das &amp;aacute;guas pluviais e retirada de inertes e outros objetos que possam ser arrastados ou criem obst&amp;aacute;culos ao livre escoamento das &amp;aacute;guas;&lt;/li&gt; &lt;li&gt;&amp;nbsp;N&amp;atilde;o atravessar zonas inundadas, de modo a precaver o arrastamento de pessoas ou viaturas para buracos no pavimento ou caixas de esgoto abertas;&lt;/li&gt; &lt;/ul&gt; &lt;p&gt;Mantenha-se sempre informado atrav&amp;eacute;s da nossa p&amp;aacute;gina e siga os conselhos e recomenda&amp;ccedil;&amp;otilde;es das autoridades.&lt;/p&gt; &lt;p&gt;Em caso de necessidade, &lt;strong&gt;LIGUE DE IMEDIATO 112&lt;/strong&gt; ou os &lt;strong&gt;BOMBEIROS 232 981 325&amp;nbsp;&lt;/strong&gt;(Chamada para rede fixa Nacional)&lt;/p&gt; &lt;p&gt;&lt;strong&gt;A PROTE&amp;Ccedil;&amp;Atilde;O CIVIL SOMOS TODOS N&amp;Oacute;S&lt;/strong&gt;&lt;/p&gt; &lt;p&gt;&lt;strong&gt;&amp;nbsp;&lt;/strong&gt;&lt;/p&gt; &lt;div&gt; &lt;ul&gt; &lt;li&gt; &lt;div&gt; &lt;p&gt;AVISO VERMELHO 27JAN2026&lt;/p&gt; &amp;nbsp;&lt;/div&gt; &lt;/li&gt; &lt;/ul&gt; &lt;/div&gt; &lt;p&gt;&lt;strong&gt;&amp;nbsp;&lt;/strong&gt;&lt;/p&gt;</t>
   </si>
   <si>
     <t>2026-01-26</t>
   </si>
   <si>
-    <t>https://www.buysatao.pt/files/images/blog/1000013011_1_150_150.jpg</t>
+    <t>https://www.buysatao.pt/files/images/blog/1000013011_1_2500_2500.jpg</t>
   </si>
   <si>
     <t>Espetáculo “Perdição”, do Grupo OFF apresentado em Sátão</t>
   </si>
   <si>
     <t>No dia 23 de janeiro de 2026, O Município de Sátão promoveu o espetáculo "Perdição", a partir da obra de Camilo Castelo Branco "Amor de Perdição" - AFTA, Grupo OFF, com encenação de Florbela Sá Cunha.</t>
   </si>
   <si>
     <t>&lt;p&gt;No dia 23 de janeiro de 2026, O Munic&amp;iacute;pio de S&amp;aacute;t&amp;atilde;o promoveu o espet&amp;aacute;culo "Perdi&amp;ccedil;&amp;atilde;o", a partir da obra de Camilo Castelo Branco "Amor de Perdi&amp;ccedil;&amp;atilde;o" - AFTA, Grupo OFF, com encena&amp;ccedil;&amp;atilde;o de Florbela S&amp;aacute; Cunha. Este espet&amp;aacute;culo foi apresentado de manh&amp;atilde;, aos alunos do 11.&amp;ordm; e 12.&amp;ordm; anos da Escola Secund&amp;aacute;ria de S&amp;aacute;t&amp;atilde;o, bem como a toda a popula&amp;ccedil;&amp;atilde;o, &amp;agrave; noite.&lt;/p&gt; &lt;p&gt;Esta foi uma proposta art&amp;iacute;stica que revisita um dos maiores cl&amp;aacute;ssicos da literatura portuguesa, explorando de forma intensa os temas do amor, do destino e da trag&amp;eacute;dia. Esta iniciativa foi marcada pela emo&amp;ccedil;&amp;atilde;o e pela for&amp;ccedil;a dram&amp;aacute;tica de uma hist&amp;oacute;ria intemporal. O Munic&amp;iacute;pio de S&amp;aacute;t&amp;atilde;o, atrav&amp;eacute;s do Pelouro da Cultura, reafirma o seu compromisso com a democratiza&amp;ccedil;&amp;atilde;o do acesso &amp;agrave; cultura, proporcionando a todos os satenses a oportunidade de assistir a pe&amp;ccedil;as de teatro de reconhecido prest&amp;iacute;gio no panorama art&amp;iacute;stico regional e nacional.&lt;/p&gt; &lt;p&gt;&lt;/p&gt;</t>
   </si>
   <si>
     <t>https://www.buysatao.pt/files/images/blog/26jan2026__1_150_150.jpg</t>
   </si>
   <si>
     <t>Aviso Meteorológico - Ocorrência de precipitação, vento e neve</t>
   </si>
   <si>
     <t>O Serviço Municipal de Proteção Civil de Sátão (SMPC) recomenda à população que tome as medidas de prevenção e autoproteção necessárias, nomeadamente: -Garantir especial cuidado na circulação e permanência junto a áreas arborizadas, mantendo atenção à possibilidade de queda de ramos e árvores; -Adotar uma condução defensiva, reduzindo a velocidade e tendo especial cuidado com a possível formação de gelo e neve nas vias rodoviárias e zonas de fraca visibilidade; -Evitar a circulação em vias afetadas pela acumulação de neve e quando isso não for possível, adotar as seguintes medidas: o Verificação do estado dos pneus e respetivas pressões; o Transporte e colocação das correntes de neve nos veículos; o Nos veículos elétricos, deve ser verificada a carga da bateria e analisada a existência de postos de carregamento no seu itinerário; o Garantir que os sistemas de aquecimento dos veículos se encontram em bom estado de funcionamento; -Garantir adequada fixação de estruturas, nomeadamente andaimes, placards e outras estruturas suspensas; -Garantir a desobstrução dos sistemas de escoamento das águas pluviais e retirada de inertes e outros objetos que possam ser arrastados ou criem obstáculos ao livre escoamento das águas; Recomenda-se ainda: Se utilizar lareiras, braseiras, salamandras ou equipamentos a gás mantenha a correta ventilação das divisões de forma a evitar a acumulação de gases nocivos à saúde; Evitar o uso de dispositivos de aquecimento durante o sono, desligando sempre quaisquer aparelhos antes de se deitar; Ter atenção à condução em locais onde se forme neve e gelo na estrada, adotando uma condução defensiva.</t>
   </si>
   <si>
     <t>&lt;div&gt; &lt;div&gt; &lt;p&gt;O Servi&amp;ccedil;o Municipal de Prote&amp;ccedil;&amp;atilde;o Civil de S&amp;aacute;t&amp;atilde;o (SMPC) recomenda &amp;agrave; popula&amp;ccedil;&amp;atilde;o que tome as medidas de preven&amp;ccedil;&amp;atilde;o e autoprote&amp;ccedil;&amp;atilde;o necess&amp;aacute;rias, nomeadamente:&lt;/p&gt; &lt;p&gt;-Garantir especial cuidado na circula&amp;ccedil;&amp;atilde;o e perman&amp;ecirc;ncia junto a &amp;aacute;reas arborizadas, mantendo aten&amp;ccedil;&amp;atilde;o &amp;agrave; possibilidade de queda de ramos e &amp;aacute;rvores;&lt;/p&gt; &lt;p&gt;-Adotar uma condu&amp;ccedil;&amp;atilde;o defensiva, reduzindo a velocidade e tendo especial cuidado com a poss&amp;iacute;vel forma&amp;ccedil;&amp;atilde;o de gelo e neve nas vias rodovi&amp;aacute;rias e zonas de fraca visibilidade;&lt;/p&gt; &lt;p&gt;-Evitar a circula&amp;ccedil;&amp;atilde;o em vias afetadas pela acumula&amp;ccedil;&amp;atilde;o de neve e quando isso n&amp;atilde;o for poss&amp;iacute;vel, adotar as seguintes medidas:&lt;/p&gt; &lt;p&gt;o Verifica&amp;ccedil;&amp;atilde;o do estado dos pneus e respetivas press&amp;otilde;es;&lt;/p&gt; &lt;p&gt;o Transporte e coloca&amp;ccedil;&amp;atilde;o das correntes de neve nos ve&amp;iacute;culos;&lt;/p&gt; &lt;p&gt;o Nos ve&amp;iacute;culos el&amp;eacute;tricos, deve ser verificada a carga da bateria e analisada a exist&amp;ecirc;ncia de postos de carregamento no seu itiner&amp;aacute;rio;&lt;/p&gt; &lt;p&gt;o Garantir que os sistemas de aquecimento dos ve&amp;iacute;culos se encontram em bom estado de funcionamento;&lt;/p&gt; &lt;p&gt;-Garantir adequada fixa&amp;ccedil;&amp;atilde;o de estruturas, nomeadamente andaimes, placards e outras estruturas suspensas;&lt;/p&gt; &lt;p&gt;-Garantir a desobstru&amp;ccedil;&amp;atilde;o dos sistemas de escoamento das &amp;aacute;guas pluviais e retirada de inertes e outros objetos que possam ser arrastados ou criem obst&amp;aacute;culos ao livre escoamento das &amp;aacute;guas;&lt;/p&gt; &lt;p&gt;Recomenda-se ainda:&lt;/p&gt; &lt;p&gt;Se utilizar lareiras, braseiras, salamandras ou equipamentos a g&amp;aacute;s mantenha a correta ventila&amp;ccedil;&amp;atilde;o das divis&amp;otilde;es de forma a evitar a acumula&amp;ccedil;&amp;atilde;o de gases nocivos &amp;agrave; sa&amp;uacute;de;&lt;/p&gt; &lt;p&gt;Evitar o uso de dispositivos de aquecimento durante o sono, desligando sempre quaisquer aparelhos antes de se deitar;&lt;/p&gt; &lt;p&gt;Ter aten&amp;ccedil;&amp;atilde;o &amp;agrave; condu&amp;ccedil;&amp;atilde;o em locais onde se forme neve e gelo na estrada, adotando uma condu&amp;ccedil;&amp;atilde;o defensiva.&lt;/p&gt; &lt;p&gt;Estar atento &amp;agrave;s informa&amp;ccedil;&amp;otilde;es da meteorologia e &amp;agrave;s indica&amp;ccedil;&amp;otilde;es da Prote&amp;ccedil;&amp;atilde;o Civil e For&amp;ccedil;as de Seguran&amp;ccedil;a.&lt;/p&gt; &lt;p&gt;Mantenha-se sempre informado atrav&amp;eacute;s da nossa p&amp;aacute;gina e siga os conselhos e recomenda&amp;ccedil;&amp;otilde;es das autoridades.&lt;/p&gt; &lt;p&gt;Em caso de necessidade, LIGUE DE IMEDIATO 112 ou os BOMBEIROS 232 981 325*&lt;/p&gt; &lt;p&gt;*Chamada para rede fixa Nacional&lt;/p&gt; &lt;p&gt;A PROTE&amp;Ccedil;&amp;Atilde;O CIVIL SOMOS TODOS N&amp;Oacute;S&lt;/p&gt; &lt;/div&gt; &lt;ul&gt; &lt;li&gt; &lt;div&gt; &lt;p&gt;Aviso Amarelo - 26 de janeiro de 2026&lt;/p&gt; &amp;nbsp; &lt;p&gt;&lt;/p&gt; &lt;/div&gt; &lt;/li&gt; &lt;/ul&gt; &lt;/div&gt;</t>
   </si>
   <si>
     <t>Edital n.º 1/2026, relativo às ações de limpeza, desobstrução e manutenção de linhas de água</t>
   </si>
@@ -638,53 +975,50 @@
   </si>
   <si>
     <t>https://www.buysatao.pt/files/images/blog/informacao_1_2500_2500.jpg</t>
   </si>
   <si>
     <t>Informação</t>
   </si>
   <si>
     <t>Informam-se os (as) estimados (as) Munícipes que os serviços existentes no edifício da Câmara Municipal (Gabinete de Atendimento ao Munícipe), o Gabinete da Agricultura, o Serviço de Ação Social, o Serviço da Educação, o Gabinete de Inserção Profissional, a Piscina e o Ginásio Municipais estarão encerrados no dia 17 de novembro de 2025 (segunda-feira), das 14h00 às 17h00.</t>
   </si>
   <si>
     <t>&lt;p&gt;Informam-se os (as) estimados (as) Mun&amp;iacute;cipes que os servi&amp;ccedil;os existentes no edif&amp;iacute;cio da C&amp;acirc;mara Municipal (Gabinete de Atendimento ao Mun&amp;iacute;cipe), o Gabinete da Agricultura, o Servi&amp;ccedil;o de A&amp;ccedil;&amp;atilde;o Social, o Servi&amp;ccedil;o da Educa&amp;ccedil;&amp;atilde;o, o Gabinete de Inser&amp;ccedil;&amp;atilde;o Profissional, a Piscina e o Gin&amp;aacute;sio Municipais estar&amp;atilde;o encerrados no dia 17 de novembro de 2025 (segunda-feira), das 14h00 &amp;agrave;s 17h00.&lt;/p&gt;
 &lt;p&gt;Pedimos desculpa pelo transtorno causado.&lt;/p&gt;&lt;a href="https://www.cm-satao.pt/rss-feed/noticia/informacao-30" target="_blank"&gt;&lt;img src="https://www.cm-satao.pt/cmsatao/uploads/news/image/426/informacao.jpg"&gt;&lt;/a&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;Informam-se os (as) estimados (as) Mun&amp;iacute;cipes que os servi&amp;ccedil;os existentes no edif&amp;iacute;cio da C&amp;acirc;mara Municipal (Gabinete de Atendimento ao Mun&amp;iacute;cipe), o Gabinete da Agricultura, o Servi&amp;ccedil;o de A&amp;ccedil;&amp;atilde;o Social, o Servi&amp;ccedil;o da Educa&amp;ccedil;&amp;atilde;o, o Gabinete de Inser&amp;ccedil;&amp;atilde;o Profissional, a Piscina e o Gin&amp;aacute;sio Municipais estar&amp;atilde;o encerrados no dia 17 de novembro de 2025 (segunda-feira), das 14h00 &amp;agrave;s 17h00.&lt;/p&gt;
 &lt;p&gt;Pedimos desculpa pelo transtorno causado.&lt;/p&gt;&lt;a href="https://www.cm-satao.pt/ficha-tecnica/rss-feed/noticia/informacao-30" target="_blank"&gt;&lt;img src="https://www.cm-satao.pt/cmsatao/uploads/news/image/426/informacao.jpg"&gt;&lt;/a&gt;</t>
   </si>
   <si>
     <t>2025-11-12</t>
   </si>
   <si>
     <t>https://www.buysatao.pt/files/images/blog/12nov2025_1_2500_2500.jpg</t>
   </si>
   <si>
-    <t>Avisos meteorológicos</t>
-[...1 lines deleted...]
-  <si>
     <t>O Serviço Municipal de Proteção Civil de Sátão (SMPC) recomenda à população que tome as medidas de prevenção e autoproteção necessárias, nomeadamente: § Garantir especial cuidado na circulação e permanência junto a áreas arborizadas, especialmente nas zonas afetadas pelos incêndios, mantendo atenção à possibilidade de queda de ramos e árvores; § Adotar uma condução defensiva, reduzindo a velocidade e tendo especial cuidado com a possível formação de lençóis de água e a existência de zonas de fraca visibilidade; § Garantir adequada fixação de estruturas, nomeadamente andaimes, placards e outras estruturas suspensas; § Garantir a desobstrução dos sistemas de escoamento das águas pluviais e retirada de inertes e outros objetos que possam ser arrastados ou criem obstáculos ao livre escoamento das águas; § Não atravessar zonas inundadas, de modo a precaver o arrastamento de pessoas ou viaturas para buracos no pavimento ou caixas de esgoto abertas; Mantenha-se sempre informado através da nossa página e siga os conselhos e recomendações das autoridades.</t>
   </si>
   <si>
     <t>&lt;p&gt;O Servi&amp;ccedil;o Municipal de Prote&amp;ccedil;&amp;atilde;o Civil de S&amp;aacute;t&amp;atilde;o (SMPC) recomenda &amp;agrave; popula&amp;ccedil;&amp;atilde;o que tome as medidas de preven&amp;ccedil;&amp;atilde;o e autoprote&amp;ccedil;&amp;atilde;o necess&amp;aacute;rias, nomeadamente:&lt;/p&gt;
 &lt;p&gt;&amp;sect; Garantir especial cuidado na circula&amp;ccedil;&amp;atilde;o e perman&amp;ecirc;ncia junto a &amp;aacute;reas arborizadas, especialmente nas zonas afetadas pelos inc&amp;ecirc;ndios, mantendo aten&amp;ccedil;&amp;atilde;o &amp;agrave; possibilidade de queda de ramos e &amp;aacute;rvores;&lt;/p&gt;
 &lt;p&gt;&amp;sect; Adotar uma condu&amp;ccedil;&amp;atilde;o defensiva, reduzindo a velocidade e tendo especial cuidado com a poss&amp;iacute;vel forma&amp;ccedil;&amp;atilde;o de len&amp;ccedil;&amp;oacute;is de &amp;aacute;gua e a exist&amp;ecirc;ncia de zonas de fraca visibilidade;&lt;/p&gt;
 &lt;p&gt;&amp;sect; Garantir adequada fixa&amp;ccedil;&amp;atilde;o de estruturas, nomeadamente andaimes, placards e outras estruturas suspensas;&lt;/p&gt;
 &lt;p&gt;&amp;sect; Garantir a desobstru&amp;ccedil;&amp;atilde;o dos sistemas de escoamento das &amp;aacute;guas pluviais e retirada de inertes e outros objetos que possam ser arrastados ou criem obst&amp;aacute;culos ao livre escoamento das &amp;aacute;guas;&lt;/p&gt;
 &lt;p&gt;&amp;sect; N&amp;atilde;o atravessar zonas inundadas, de modo a precaver o arrastamento de pessoas ou viaturas para buracos no pavimento ou caixas de esgoto abertas;&lt;/p&gt;
 &lt;p&gt;Mantenha-se sempre informado atrav&amp;eacute;s da nossa p&amp;aacute;gina e siga os conselhos e recomenda&amp;ccedil;&amp;otilde;es das autoridades.&lt;/p&gt;
 &lt;p&gt;Em caso de necessidade, LIGUE DE IMEDIATO 112 ou os BOMBEIROS 232 981 325*&lt;/p&gt;
 &lt;p&gt;*Chamada para rede fixa Nacional&lt;/p&gt;
 &lt;p&gt;A PROTE&amp;Ccedil;&amp;Atilde;O CIVIL SOMOS TODOS N&amp;Oacute;S&lt;/p&gt;&lt;a href="https://www.cm-satao.pt/rss-feed/noticia/avisos-meteorologicos-33" target="_blank"&gt;&lt;img src="https://www.cm-satao.pt/cmsatao/uploads/news/image/425/12nov2025.jpg"&gt;&lt;/a&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;O Servi&amp;ccedil;o Municipal de Prote&amp;ccedil;&amp;atilde;o Civil de S&amp;aacute;t&amp;atilde;o (SMPC) recomenda &amp;agrave; popula&amp;ccedil;&amp;atilde;o que tome as medidas de preven&amp;ccedil;&amp;atilde;o e autoprote&amp;ccedil;&amp;atilde;o necess&amp;aacute;rias, nomeadamente:&lt;/p&gt;
 &lt;p&gt;&amp;sect; Garantir especial cuidado na circula&amp;ccedil;&amp;atilde;o e perman&amp;ecirc;ncia junto a &amp;aacute;reas arborizadas, especialmente nas zonas afetadas pelos inc&amp;ecirc;ndios, mantendo aten&amp;ccedil;&amp;atilde;o &amp;agrave; possibilidade de queda de ramos e &amp;aacute;rvores;&lt;/p&gt;
 &lt;p&gt;&amp;sect; Adotar uma condu&amp;ccedil;&amp;atilde;o defensiva, reduzindo a velocidade e tendo especial cuidado com a poss&amp;iacute;vel forma&amp;ccedil;&amp;atilde;o de len&amp;ccedil;&amp;oacute;is de &amp;aacute;gua e a exist&amp;ecirc;ncia de zonas de fraca visibilidade;&lt;/p&gt;
 &lt;p&gt;&amp;sect; Garantir adequada fixa&amp;ccedil;&amp;atilde;o de estruturas, nomeadamente andaimes, placards e outras estruturas suspensas;&lt;/p&gt;
 &lt;p&gt;&amp;sect; Garantir a desobstru&amp;ccedil;&amp;atilde;o dos sistemas de escoamento das &amp;aacute;guas pluviais e retirada de inertes e outros objetos que possam ser arrastados ou criem obst&amp;aacute;culos ao livre escoamento das &amp;aacute;guas;&lt;/p&gt;
 &lt;p&gt;&amp;sect; N&amp;atilde;o atravessar zonas inundadas, de modo a precaver o arrastamento de pessoas ou viaturas para buracos no pavimento ou caixas de esgoto abertas;&lt;/p&gt;
 &lt;p&gt;Mantenha-se sempre informado atrav&amp;eacute;s da nossa p&amp;aacute;gina e siga os conselhos e recomenda&amp;ccedil;&amp;otilde;es das autoridades.&lt;/p&gt;
 &lt;p&gt;Em caso de necessidade, LIGUE DE IMEDIATO 112 ou os BOMBEIROS 232 981 325*&lt;/p&gt;
 &lt;p&gt;*Chamada para rede fixa Nacional&lt;/p&gt;
 &lt;p&gt;A PROTE&amp;Ccedil;&amp;Atilde;O CIVIL SOMOS TODOS N&amp;Oacute;S&lt;/p&gt;&lt;a href="https://www.cm-satao.pt/ficha-tecnica/rss-feed/noticia/avisos-meteorologicos-33" target="_blank"&gt;&lt;img src="https://www.cm-satao.pt/cmsatao/uploads/news/image/425/12nov2025.jpg"&gt;&lt;/a&gt;</t>
@@ -864,53 +1198,50 @@
   <si>
     <t>&lt;p&gt;Decorreu no dia 28 de outubro de 2025, no Cineteatro Municipal de S&amp;aacute;t&amp;atilde;o, a cerim&amp;oacute;nia de instala&amp;ccedil;&amp;atilde;o e tomada de posse dos &amp;oacute;rg&amp;atilde;os aut&amp;aacute;rquicos do Munic&amp;iacute;pio de S&amp;aacute;t&amp;atilde;o, eleitos para o quadri&amp;eacute;nio de 2025-2029.&lt;/p&gt;&lt;a href="https://www.cm-satao.pt/ficha-tecnica/rss-feed/noticia/tomada-de-posse-quadrienio-de-2025-2029" target="_blank"&gt;&lt;img src="https://www.cm-satao.pt/cmsatao/uploads/news/image/414/img_6077.jpg"&gt;&lt;/a&gt;</t>
   </si>
   <si>
     <t>2025-10-28</t>
   </si>
   <si>
     <t>https://www.buysatao.pt/files/images/blog/20251025_151138_0__1_2500_2500.jpg</t>
   </si>
   <si>
     <t>Município de Sátão atribuiu bolsas académicas e bolsas de mérito a estudantes satenses</t>
   </si>
   <si>
     <t>No passado dia 25 de outubro, no Salão Nobre do Município de Sátão, foram entregues oito bolsas académicas para o ano letivo 2025/2026, no valor individual de 1.000,00€ (mil euros) destinadas a apoiar estudantes residentes no concelho que frequentam o ensino superior e seis bolsas de mérito, no valor individual de 600,00€ (seiscentos euros).</t>
   </si>
   <si>
     <t>&lt;p&gt;No passado dia 25 de outubro, no Sal&amp;atilde;o Nobre do Munic&amp;iacute;pio de S&amp;aacute;t&amp;atilde;o, foram entregues oito bolsas acad&amp;eacute;micas para o ano letivo 2025/2026, no valor individual de 1.000,00&amp;euro; (mil euros) destinadas a apoiar estudantes residentes no concelho que frequentam o ensino superior e seis bolsas de m&amp;eacute;rito, no valor individual de 600,00&amp;euro; (seiscentos euros). Esta medida inseriu-se na pol&amp;iacute;tica municipal de promo&amp;ccedil;&amp;atilde;o da educa&amp;ccedil;&amp;atilde;o, da igualdade de oportunidades e do combate &amp;agrave;s desigualdades sociais.&lt;/p&gt;
 &lt;p&gt;Alexandre Vaz, Presidente da C&amp;acirc;mara Municipal destacou o apoio que o Munic&amp;iacute;pio de S&amp;aacute;t&amp;atilde;o tem dado &amp;agrave; Educa&amp;ccedil;&amp;atilde;o, desde o nascimento das crian&amp;ccedil;as at&amp;eacute; &amp;agrave; sua forma&amp;ccedil;&amp;atilde;o profissional. Parabenizou os estudantes contemplados com as bolsas, salientando o esfor&amp;ccedil;o financeiro que as fam&amp;iacute;lias fazem para que eles tenham um futuro mais promissor e tamb&amp;eacute;m o papel que a Autarquia tem nesta &amp;aacute;rea.&lt;/p&gt;&lt;a href="https://www.cm-satao.pt/rss-feed/noticia/municipio-de-satao-atribuiu-bolsas-academicas-e-bolsas-de-merito-a-estudantes-satenses" target="_blank"&gt;&lt;img src="https://www.cm-satao.pt/cmsatao/uploads/news/image/413/20251025_151138_0_.jpg"&gt;&lt;/a&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;No passado dia 25 de outubro, no Sal&amp;atilde;o Nobre do Munic&amp;iacute;pio de S&amp;aacute;t&amp;atilde;o, foram entregues oito bolsas acad&amp;eacute;micas para o ano letivo 2025/2026, no valor individual de 1.000,00&amp;euro; (mil euros) destinadas a apoiar estudantes residentes no concelho que frequentam o ensino superior e seis bolsas de m&amp;eacute;rito, no valor individual de 600,00&amp;euro; (seiscentos euros). Esta medida inseriu-se na pol&amp;iacute;tica municipal de promo&amp;ccedil;&amp;atilde;o da educa&amp;ccedil;&amp;atilde;o, da igualdade de oportunidades e do combate &amp;agrave;s desigualdades sociais.&lt;/p&gt;
 &lt;p&gt;Alexandre Vaz, Presidente da C&amp;acirc;mara Municipal destacou o apoio que o Munic&amp;iacute;pio de S&amp;aacute;t&amp;atilde;o tem dado &amp;agrave; Educa&amp;ccedil;&amp;atilde;o, desde o nascimento das crian&amp;ccedil;as at&amp;eacute; &amp;agrave; sua forma&amp;ccedil;&amp;atilde;o profissional. Parabenizou os estudantes contemplados com as bolsas, salientando o esfor&amp;ccedil;o financeiro que as fam&amp;iacute;lias fazem para que eles tenham um futuro mais promissor e tamb&amp;eacute;m o papel que a Autarquia tem nesta &amp;aacute;rea.&lt;/p&gt;&lt;a href="https://www.cm-satao.pt/ficha-tecnica/rss-feed/noticia/municipio-de-satao-atribuiu-bolsas-academicas-e-bolsas-de-merito-a-estudantes-satenses" target="_blank"&gt;&lt;img src="https://www.cm-satao.pt/cmsatao/uploads/news/image/413/20251025_151138_0_.jpg"&gt;&lt;/a&gt;</t>
   </si>
   <si>
     <t>2025-10-24</t>
-  </si>
-[...1 lines deleted...]
-    <t>https://www.buysatao.pt/files/images/blog/corte_de_transito_1_2500_2500.png</t>
   </si>
   <si>
     <t>Corte de Trânsito - Comemoração do Halloween</t>
   </si>
   <si>
     <t>No âmbito da comemoração do Halloween por parte da Biblioteca Municipal, o Município de Sátão informa que, no dia 31 de outubro de 2025 (sexta-feira), no período das 20h00 às 22h00/ 22h30 (horário da atividade), a estrada em frente à Biblioteca Municipal estará encerrada ao trânsito nos dois sentidos.</t>
   </si>
   <si>
     <t>&lt;p&gt;No &amp;acirc;mbito da comemora&amp;ccedil;&amp;atilde;o do Halloween por parte da Biblioteca Municipal, o Munic&amp;iacute;pio de S&amp;aacute;t&amp;atilde;o informa que, no dia 31 de outubro de 2025 (sexta-feira), no per&amp;iacute;odo das 20h00 &amp;agrave;s 22h00/ 22h30 (hor&amp;aacute;rio da atividade), a estrada em frente &amp;agrave; Biblioteca Municipal estar&amp;aacute; encerrada ao tr&amp;acirc;nsito nos dois sentidos.&lt;/p&gt;
 &lt;p&gt;Lamentamos o transtorno causado.&lt;/p&gt;&lt;a href="https://www.cm-satao.pt/rss-feed/noticia/corte-de-transito-comemoracao-do-halloween" target="_blank"&gt;&lt;img src="https://www.cm-satao.pt/cmsatao/uploads/news/image/412/corte_de_transito.png"&gt;&lt;/a&gt;</t>
   </si>
   <si>
     <t>&lt;p&gt;No &amp;acirc;mbito da comemora&amp;ccedil;&amp;atilde;o do Halloween por parte da Biblioteca Municipal, o Munic&amp;iacute;pio de S&amp;aacute;t&amp;atilde;o informa que, no dia 31 de outubro de 2025 (sexta-feira), no per&amp;iacute;odo das 20h00 &amp;agrave;s 22h00/ 22h30 (hor&amp;aacute;rio da atividade), a estrada em frente &amp;agrave; Biblioteca Municipal estar&amp;aacute; encerrada ao tr&amp;acirc;nsito nos dois sentidos.&lt;/p&gt;
 &lt;p&gt;Lamentamos o transtorno causado.&lt;/p&gt;&lt;a href="https://www.cm-satao.pt/ficha-tecnica/rss-feed/noticia/corte-de-transito-comemoracao-do-halloween" target="_blank"&gt;&lt;img src="https://www.cm-satao.pt/cmsatao/uploads/news/image/412/corte_de_transito.png"&gt;&lt;/a&gt;</t>
   </si>
   <si>
     <t>2025-10-22</t>
   </si>
   <si>
     <t>https://www.buysatao.pt/files/images/blog/22out2025_1_2500_2500.jpg</t>
   </si>
   <si>
     <t>Aviso meteorológico</t>
   </si>
   <si>
@@ -2019,53 +2350,50 @@
   </si>
   <si>
     <t>O Município de Sátão inaugurou o Campo de Padel e a estátua de São João, no dia 24 junho de 2025.</t>
   </si>
   <si>
     <t>&lt;p&gt;O Munic&amp;iacute;pio de S&amp;aacute;t&amp;atilde;o inaugurou o Campo de Padel e a est&amp;aacute;tua de S&amp;atilde;o Jo&amp;atilde;o, no dia 24 junho de 2025. Numa cerim&amp;oacute;nia breve e simples, Alexandre Vaz, Presidente da C&amp;acirc;mara Municipal, destacou a import&amp;acirc;ncia do Campo de Padel para o complexo desportivo j&amp;aacute; existente, complementando-o, pois este &amp;eacute; um desporto cada vez mais na moda.&lt;/p&gt;
 &lt;p&gt;Esta obra contempla o campo de padel, a pavimenta&amp;ccedil;&amp;atilde;o, os balne&amp;aacute;rios e as casas de banho e tiveram um custo de 106.948,80&amp;euro; + IVA.&lt;/p&gt;
 &lt;p&gt;Quanto &amp;agrave; est&amp;aacute;tua de S&amp;atilde;o Jo&amp;atilde;o, esta j&amp;aacute; era uma pretens&amp;atilde;o das gentes de Vila d&amp;rsquo; Al&amp;eacute;m da vila de S&amp;aacute;t&amp;atilde;o que, num ato de f&amp;eacute; e de simbolismo, viram ser concretizada. A Est&amp;aacute;tua, benzida pelo Sr. Padre Jos&amp;eacute; Cardoso, est&amp;aacute; colocada num jardim junto ao largo onde se realizam as tradicionais festas de S&amp;atilde;o Jo&amp;atilde;o, que de ano para ano t&amp;ecirc;m vindo a ser realizadas pelos mordomos e mordomas que sempre quiseram manter a tradi&amp;ccedil;&amp;atilde;o, que atrai centenas de pessoas &amp;agrave; vila de S&amp;aacute;t&amp;atilde;o.&lt;/p&gt;
 &lt;p&gt;A est&amp;aacute;tua de S&amp;atilde;o Jo&amp;atilde;o teve um custo de 3.000,00&amp;euro; e a veda&amp;ccedil;&amp;atilde;o do espa&amp;ccedil;o foi realizada pelo valor de 3.400,00&amp;euro;.&lt;/p&gt;&lt;a href="https://www.cm-satao.pt/rss-feed/noticia/municipio-de-satao-inaugurou-campo-de-padel-e-estatua-de-sao-joao" target="_blank"&gt;&lt;img src="https://www.cm-satao.pt/cmsatao/uploads/news/image/357/satao_inauguracoes_18.jpg"&gt;&lt;/a&gt;</t>
   </si>
   <si>
     <t>https://www.buysatao.pt/files/images/blog/acrobracia_aerea__26_06_2025__163__1_2500_2500.jpg</t>
   </si>
   <si>
     <t>Espetáculo do final de ano letivo da Escola Municipal de Acrobacia Aérea foi fantástico</t>
   </si>
   <si>
     <t>No passado dia 26 de junho de 2025, o Pavilhão Gimnodesportivo de Sátão encheu-se de cor, emoção e talento com a apresentação dos espetáculos de final de ano letivo da Escola Municipal de Acrobacia Aérea de Sátão, sob a orientação da professora Emanuela Schirripa.</t>
   </si>
   <si>
     <t>&lt;p&gt;No passado dia 26 de junho de 2025, o Pavilh&amp;atilde;o Gimnodesportivo de S&amp;aacute;t&amp;atilde;o encheu-se de cor, emo&amp;ccedil;&amp;atilde;o e talento com a apresenta&amp;ccedil;&amp;atilde;o dos espet&amp;aacute;culos de final de ano letivo da Escola Municipal de Acrobacia A&amp;eacute;rea de S&amp;aacute;t&amp;atilde;o, sob a orienta&amp;ccedil;&amp;atilde;o da professora Emanuela Schirripa. Celebrando dois anos de exist&amp;ecirc;ncia, a Escola apresentou dois espet&amp;aacute;culos distintos que evidenciaram o trabalho t&amp;eacute;cnico e art&amp;iacute;stico desenvolvido ao longo do ano pelas suas duas turmas. A turma Miniflyers subiu ao palco com &amp;ldquo;O Ba&amp;uacute; das Emo&amp;ccedil;&amp;otilde;es&amp;rdquo;, seguida da turma Acroflyers, que apresentaram &amp;ldquo;Os 5 Elementos&amp;rdquo;. Ambos os momentos foram calorosamente aplaudidos pelo p&amp;uacute;blico, que encheu o pavilh&amp;atilde;o para apoiar os jovens artistas.&lt;/p&gt;
 &lt;p&gt;Atrav&amp;eacute;s do dom&amp;iacute;nio dos aparelhos a&amp;eacute;reos de circo, como o aro e os tecidos, os/ as alunos /as demonstraram n&amp;atilde;o s&amp;oacute; as compet&amp;ecirc;ncias t&amp;eacute;cnicas adquiridas, mas tamb&amp;eacute;m os valores incutidos ao longo do ano: esp&amp;iacute;rito de equipa, supera&amp;ccedil;&amp;atilde;o pessoal, paci&amp;ecirc;ncia e gest&amp;atilde;o emocional &amp;mdash; elementos fundamentais da pr&amp;aacute;tica da acrobacia a&amp;eacute;rea.&lt;/p&gt;&lt;a href="https://www.cm-satao.pt/rss-feed/noticia/espetaculo-do-final-de-ano-letivo-da-escola-municipal-de-acrobacia-aerea-foi-fantastico" target="_blank"&gt;&lt;img src="https://www.cm-satao.pt/cmsatao/uploads/news/image/358/acrobracia_aerea__26_06_2025__163_.jpg"&gt;&lt;/a&gt;</t>
   </si>
   <si>
     <t>2025-06-25</t>
-  </si>
-[...1 lines deleted...]
-    <t>Aviso - Corte de Estrada</t>
   </si>
   <si>
     <t>No âmbito do Torneio Míscaro CUP e atividades associadas, nos próximos dias 27 a 29 de junho, a Rua dos Desportos (frente ao Estádio da Premoreira), estará condicionada ao trânsito.</t>
   </si>
   <si>
     <t>&lt;p&gt;No &amp;acirc;mbito do Torneio M&amp;iacute;scaro CUP e atividades associadas, nos pr&amp;oacute;ximos dias 27 a 29 de junho, a Rua dos Desportos (frente ao Est&amp;aacute;dio da Premoreira), estar&amp;aacute; condicionada ao tr&amp;acirc;nsito.&lt;/p&gt;
 &lt;p&gt;Pedimos desculpa pelo Transtorno causado.&lt;/p&gt;&lt;a href="https://www.cm-satao.pt/rss-feed/noticia/aviso-corte-de-estrada-88" target="_blank"&gt;&lt;img src="https://www.cm-satao.pt/cmsatao/uploads/news/image/354/noticias_slide_corte_de_estrada.jpg"&gt;&lt;/a&gt;</t>
   </si>
   <si>
     <t>https://www.buysatao.pt/files/images/blog/16_jun_1_2500_2500.jpg</t>
   </si>
   <si>
     <t>De acordo com a informação disponibilizada pelo Instituto Português do Mar e da Atmosfera (IPMA), para os próximos dias, prevê-se subida da temperatura máxima e baixa humidade relativa.</t>
   </si>
   <si>
     <t>&lt;p&gt;De acordo com a informa&amp;ccedil;&amp;atilde;o disponibilizada pelo Instituto Portugu&amp;ecirc;s do Mar e da Atmosfera (IPMA), para os pr&amp;oacute;ximos dias, prev&amp;ecirc;-se subida da temperatura m&amp;aacute;xima e baixa humidade relativa.&lt;/p&gt;
 &lt;p&gt;Devem adotar-se cuidados de modo a evitar os seus efeitos sobre o organismo.&lt;/p&gt;
 &lt;p&gt;- Refor&amp;ccedil;ar a ingest&amp;atilde;o de l&amp;iacute;quidos e reposi&amp;ccedil;&amp;atilde;o de sais minerais;&lt;/p&gt;
 &lt;p&gt;- Tornar a habita&amp;ccedil;&amp;atilde;o um local seguro:&lt;/p&gt;
 &lt;p&gt;o Baixar as persianas e fechar as janelas e batentes nas horas de maior calor;&lt;/p&gt;
 &lt;p&gt;o Abrir as janelas pela noite para arejar e baixar a temperatura;&lt;/p&gt;
 &lt;p&gt;o Colocar toldos nas janelas, portas, terra&amp;ccedil;os e p&amp;aacute;tios;&lt;/p&gt;
 &lt;p&gt;- Adequar as refei&amp;ccedil;&amp;otilde;es:&lt;/p&gt;
 &lt;p&gt;o Fa&amp;ccedil;a refei&amp;ccedil;&amp;otilde;es ligeiras e mais frequentes (sopas, caldos, gaspachos, saladas, legumes e fruta).&lt;/p&gt;
 &lt;p&gt;- Programar sa&amp;iacute;das:&lt;/p&gt;
@@ -3125,51 +3453,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:S172"/>
+  <dimension ref="A1:S197"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:19">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -3197,5470 +3525,6243 @@
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
       <c r="O1" t="s">
         <v>14</v>
       </c>
       <c r="P1" t="s">
         <v>15</v>
       </c>
       <c r="Q1" t="s">
         <v>16</v>
       </c>
       <c r="R1" t="s">
         <v>17</v>
       </c>
       <c r="S1" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="2" spans="1:19">
       <c r="A2" t="s">
         <v>19</v>
       </c>
       <c r="B2">
-        <v>127</v>
+        <v>60</v>
       </c>
       <c r="C2" t="s">
         <v>20</v>
       </c>
       <c r="D2" t="s">
         <v>21</v>
       </c>
-      <c r="H2" t="s">
+      <c r="L2" t="s">
         <v>22</v>
       </c>
-      <c r="L2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P2" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q2" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R2" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S2" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="3" spans="1:19">
       <c r="A3" t="s">
+        <v>19</v>
+      </c>
+      <c r="B3">
+        <v>60</v>
+      </c>
+      <c r="C3" t="s">
+        <v>24</v>
+      </c>
+      <c r="D3" t="s">
         <v>25</v>
       </c>
-      <c r="B3">
-[...2 lines deleted...]
-      <c r="C3" t="s">
+      <c r="H3" t="s">
         <v>26</v>
       </c>
-      <c r="D3" t="s">
+      <c r="L3" t="s">
         <v>27</v>
       </c>
-      <c r="H3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P3" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q3" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R3" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S3" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="4" spans="1:19">
       <c r="A4" t="s">
+        <v>28</v>
+      </c>
+      <c r="B4">
+        <v>60</v>
+      </c>
+      <c r="C4" t="s">
+        <v>29</v>
+      </c>
+      <c r="D4" t="s">
         <v>30</v>
       </c>
-      <c r="B4">
-[...5 lines deleted...]
-      <c r="D4" t="s">
+      <c r="H4" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
       <c r="L4" t="s">
         <v>32</v>
       </c>
       <c r="P4" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q4" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R4" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S4" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="5" spans="1:19">
       <c r="A5" t="s">
         <v>33</v>
       </c>
       <c r="B5">
-        <v>125</v>
+        <v>95</v>
+      </c>
+      <c r="C5" t="s">
+        <v>34</v>
       </c>
       <c r="D5" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="H5" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L5" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="P5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="6" spans="1:19">
       <c r="A6" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B6">
-        <v>83</v>
+        <v>60</v>
       </c>
       <c r="C6" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="H6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="L6" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="P6" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q6" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R6" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S6" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="7" spans="1:19">
       <c r="A7" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="B7">
-        <v>217</v>
+        <v>90</v>
       </c>
       <c r="C7" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="D7" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="H7" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="L7" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="P7" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q7" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R7" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S7" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="8" spans="1:19">
       <c r="A8" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="B8">
-        <v>121</v>
+        <v>144</v>
       </c>
       <c r="C8" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="D8" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="H8" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="L8" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="P8" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q8" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R8" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S8" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="9" spans="1:19">
       <c r="A9" t="s">
-        <v>50</v>
+        <v>43</v>
       </c>
       <c r="B9">
-        <v>74</v>
+        <v>106</v>
       </c>
       <c r="C9" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D9" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="H9" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="L9" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="P9" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q9" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R9" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S9" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="10" spans="1:19">
       <c r="A10" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="B10">
-        <v>218</v>
+        <v>77</v>
       </c>
       <c r="C10" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="D10" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="H10" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="L10" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="P10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S10" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="11" spans="1:19">
       <c r="A11" t="s">
-        <v>50</v>
+        <v>61</v>
       </c>
       <c r="B11">
-        <v>67</v>
+        <v>60</v>
+      </c>
+      <c r="C11" t="s">
+        <v>62</v>
       </c>
       <c r="D11" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="H11" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="L11" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="P11" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q11" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R11" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S11" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="12" spans="1:19">
       <c r="A12" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="B12">
-        <v>233</v>
-[...2 lines deleted...]
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="D12" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="H12" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="L12" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="P12" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q12" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R12" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S12" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="13" spans="1:19">
       <c r="A13" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="B13">
-        <v>234</v>
+        <v>60</v>
       </c>
       <c r="C13" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="D13" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="H13" t="s">
-        <v>65</v>
+        <v>72</v>
       </c>
       <c r="L13" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="P13" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q13" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R13" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S13" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="14" spans="1:19">
       <c r="A14" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="B14">
-        <v>98</v>
+        <v>60</v>
       </c>
       <c r="C14" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="D14" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="H14" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="L14" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="P14" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q14" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R14" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S14" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="15" spans="1:19">
       <c r="A15" t="s">
-        <v>76</v>
+        <v>66</v>
       </c>
       <c r="B15">
-        <v>95</v>
+        <v>60</v>
       </c>
       <c r="C15" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D15" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="H15" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="L15" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="P15" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q15" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R15" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S15" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="16" spans="1:19">
       <c r="A16" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B16">
-        <v>77</v>
-[...2 lines deleted...]
-        <v>82</v>
+        <v>60</v>
       </c>
       <c r="D16" t="s">
         <v>83</v>
       </c>
       <c r="H16" t="s">
         <v>84</v>
       </c>
       <c r="L16" t="s">
         <v>85</v>
       </c>
       <c r="P16" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q16" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R16" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S16" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="17" spans="1:19">
       <c r="A17" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="B17">
-        <v>240</v>
-[...2 lines deleted...]
-        <v>86</v>
+        <v>142</v>
       </c>
       <c r="D17" t="s">
         <v>87</v>
       </c>
       <c r="H17" t="s">
         <v>88</v>
       </c>
       <c r="L17" t="s">
         <v>89</v>
       </c>
       <c r="P17" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q17" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R17" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S17" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="18" spans="1:19">
       <c r="A18" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="B18">
-        <v>70</v>
+        <v>90</v>
       </c>
       <c r="C18" t="s">
         <v>90</v>
       </c>
       <c r="D18" t="s">
         <v>91</v>
       </c>
       <c r="H18" t="s">
         <v>92</v>
       </c>
       <c r="L18" t="s">
         <v>93</v>
       </c>
       <c r="P18" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q18" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R18" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S18" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="19" spans="1:19">
       <c r="A19" t="s">
+        <v>86</v>
+      </c>
+      <c r="B19">
+        <v>60</v>
+      </c>
+      <c r="D19" t="s">
         <v>94</v>
       </c>
-      <c r="B19">
-[...2 lines deleted...]
-      <c r="C19" t="s">
+      <c r="H19" t="s">
         <v>95</v>
       </c>
-      <c r="D19" t="s">
+      <c r="L19" t="s">
         <v>96</v>
       </c>
-      <c r="H19" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P19" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q19" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R19" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S19" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="20" spans="1:19">
       <c r="A20" t="s">
+        <v>97</v>
+      </c>
+      <c r="B20">
+        <v>60</v>
+      </c>
+      <c r="C20" t="s">
+        <v>98</v>
+      </c>
+      <c r="D20" t="s">
         <v>99</v>
       </c>
-      <c r="B20">
-[...2 lines deleted...]
-      <c r="C20" t="s">
+      <c r="H20" t="s">
         <v>100</v>
       </c>
-      <c r="D20" t="s">
+      <c r="L20" t="s">
         <v>101</v>
       </c>
-      <c r="H20" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P20" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q20" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R20" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S20" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="21" spans="1:19">
       <c r="A21" t="s">
+        <v>97</v>
+      </c>
+      <c r="B21">
+        <v>60</v>
+      </c>
+      <c r="C21" t="s">
+        <v>102</v>
+      </c>
+      <c r="D21" t="s">
+        <v>103</v>
+      </c>
+      <c r="H21" t="s">
         <v>104</v>
       </c>
-      <c r="B21">
-[...2 lines deleted...]
-      <c r="D21" t="s">
+      <c r="L21" t="s">
         <v>105</v>
       </c>
-      <c r="H21" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P21" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q21" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R21" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S21" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="22" spans="1:19">
       <c r="A22" t="s">
+        <v>106</v>
+      </c>
+      <c r="B22">
+        <v>124</v>
+      </c>
+      <c r="C22" t="s">
+        <v>107</v>
+      </c>
+      <c r="D22" t="s">
         <v>108</v>
       </c>
-      <c r="B22">
-[...2 lines deleted...]
-      <c r="C22" t="s">
+      <c r="H22" t="s">
         <v>109</v>
       </c>
-      <c r="D22" t="s">
+      <c r="L22" t="s">
         <v>110</v>
       </c>
-      <c r="H22" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P22" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q22" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R22" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S22" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="23" spans="1:19">
       <c r="A23" t="s">
+        <v>111</v>
+      </c>
+      <c r="B23">
+        <v>60</v>
+      </c>
+      <c r="D23" t="s">
+        <v>112</v>
+      </c>
+      <c r="H23" t="s">
         <v>113</v>
       </c>
-      <c r="B23">
-[...2 lines deleted...]
-      <c r="C23" t="s">
+      <c r="L23" t="s">
         <v>114</v>
       </c>
-      <c r="D23" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P23" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q23" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R23" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S23" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="24" spans="1:19">
       <c r="A24" t="s">
-        <v>118</v>
+        <v>111</v>
       </c>
       <c r="B24">
         <v>60</v>
       </c>
       <c r="D24" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="H24" t="s">
-        <v>120</v>
+        <v>116</v>
       </c>
       <c r="L24" t="s">
-        <v>121</v>
+        <v>117</v>
       </c>
       <c r="P24" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q24" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R24" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S24" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="25" spans="1:19">
       <c r="A25" t="s">
+        <v>111</v>
+      </c>
+      <c r="B25">
+        <v>60</v>
+      </c>
+      <c r="D25" t="s">
         <v>118</v>
       </c>
-      <c r="B25">
-[...4 lines deleted...]
-      </c>
       <c r="H25" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
       <c r="L25" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="P25" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q25" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R25" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S25" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="26" spans="1:19">
       <c r="A26" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="B26">
         <v>60</v>
       </c>
       <c r="D26" t="s">
-        <v>125</v>
+        <v>122</v>
       </c>
       <c r="H26" t="s">
-        <v>126</v>
+        <v>123</v>
       </c>
       <c r="L26" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="P26" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q26" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R26" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S26" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="27" spans="1:19">
       <c r="A27" t="s">
+        <v>125</v>
+      </c>
+      <c r="B27">
+        <v>127</v>
+      </c>
+      <c r="C27" t="s">
+        <v>126</v>
+      </c>
+      <c r="D27" t="s">
+        <v>127</v>
+      </c>
+      <c r="H27" t="s">
         <v>128</v>
       </c>
-      <c r="B27">
-[...2 lines deleted...]
-      <c r="D27" t="s">
+      <c r="L27" t="s">
         <v>129</v>
       </c>
-      <c r="H27" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P27" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q27" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R27" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S27" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="28" spans="1:19">
       <c r="A28" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="B28">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="C28" t="s">
+        <v>131</v>
+      </c>
+      <c r="D28" t="s">
         <v>132</v>
       </c>
-      <c r="D28" t="s">
+      <c r="H28" t="s">
         <v>133</v>
       </c>
-      <c r="H28" t="s">
+      <c r="L28" t="s">
         <v>134</v>
       </c>
-      <c r="L28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P28" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q28" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R28" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S28" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="29" spans="1:19">
       <c r="A29" t="s">
+        <v>135</v>
+      </c>
+      <c r="B29">
+        <v>60</v>
+      </c>
+      <c r="C29" t="s">
+        <v>131</v>
+      </c>
+      <c r="D29" t="s">
         <v>136</v>
       </c>
-      <c r="B29">
-[...2 lines deleted...]
-      <c r="C29" t="s">
+      <c r="H29" t="s">
+        <v>133</v>
+      </c>
+      <c r="L29" t="s">
         <v>137</v>
       </c>
-      <c r="D29" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P29" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q29" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R29" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S29" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="30" spans="1:19">
       <c r="A30" t="s">
+        <v>138</v>
+      </c>
+      <c r="B30">
+        <v>125</v>
+      </c>
+      <c r="D30" t="s">
+        <v>139</v>
+      </c>
+      <c r="H30" t="s">
+        <v>140</v>
+      </c>
+      <c r="L30" t="s">
         <v>141</v>
       </c>
-      <c r="B30">
-[...13 lines deleted...]
-      </c>
       <c r="P30" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q30" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R30" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S30" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="31" spans="1:19">
       <c r="A31" t="s">
+        <v>142</v>
+      </c>
+      <c r="B31">
+        <v>83</v>
+      </c>
+      <c r="C31" t="s">
+        <v>143</v>
+      </c>
+      <c r="D31" t="s">
+        <v>144</v>
+      </c>
+      <c r="H31" t="s">
+        <v>145</v>
+      </c>
+      <c r="L31" t="s">
         <v>146</v>
       </c>
-      <c r="B31">
-[...13 lines deleted...]
-      </c>
       <c r="P31" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q31" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R31" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S31" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="32" spans="1:19">
       <c r="A32" t="s">
-        <v>151</v>
+        <v>142</v>
       </c>
       <c r="B32">
-        <v>60</v>
+        <v>217</v>
+      </c>
+      <c r="C32" t="s">
+        <v>147</v>
       </c>
       <c r="D32" t="s">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="H32" t="s">
-        <v>153</v>
+        <v>149</v>
       </c>
       <c r="L32" t="s">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="P32" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q32" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R32" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S32" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="33" spans="1:19">
       <c r="A33" t="s">
-        <v>155</v>
+        <v>142</v>
       </c>
       <c r="B33">
-        <v>61</v>
+        <v>121</v>
       </c>
       <c r="C33" t="s">
-        <v>156</v>
+        <v>151</v>
       </c>
       <c r="D33" t="s">
-        <v>157</v>
+        <v>152</v>
       </c>
       <c r="H33" t="s">
-        <v>158</v>
+        <v>153</v>
       </c>
       <c r="L33" t="s">
-        <v>159</v>
+        <v>154</v>
       </c>
       <c r="P33" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q33" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R33" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S33" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="34" spans="1:19">
       <c r="A34" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="B34">
-        <v>60</v>
+        <v>74</v>
       </c>
       <c r="C34" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="D34" t="s">
-        <v>162</v>
+        <v>157</v>
       </c>
       <c r="H34" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="L34" t="s">
-        <v>164</v>
+        <v>159</v>
       </c>
       <c r="P34" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q34" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R34" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S34" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="35" spans="1:19">
       <c r="A35" t="s">
-        <v>165</v>
+        <v>155</v>
       </c>
       <c r="B35">
-        <v>60</v>
+        <v>218</v>
       </c>
       <c r="C35" t="s">
-        <v>166</v>
+        <v>160</v>
       </c>
       <c r="D35" t="s">
-        <v>167</v>
+        <v>161</v>
       </c>
       <c r="H35" t="s">
-        <v>168</v>
+        <v>162</v>
       </c>
       <c r="L35" t="s">
-        <v>169</v>
+        <v>163</v>
       </c>
       <c r="P35" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q35" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R35" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S35" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="36" spans="1:19">
       <c r="A36" t="s">
+        <v>155</v>
+      </c>
+      <c r="B36">
+        <v>67</v>
+      </c>
+      <c r="D36" t="s">
+        <v>164</v>
+      </c>
+      <c r="H36" t="s">
         <v>165</v>
       </c>
-      <c r="B36">
-[...2 lines deleted...]
-      <c r="C36" t="s">
+      <c r="L36" t="s">
         <v>166</v>
       </c>
-      <c r="D36" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P36" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q36" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R36" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S36" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="37" spans="1:19">
       <c r="A37" t="s">
+        <v>167</v>
+      </c>
+      <c r="B37">
+        <v>233</v>
+      </c>
+      <c r="C37" t="s">
+        <v>168</v>
+      </c>
+      <c r="D37" t="s">
+        <v>169</v>
+      </c>
+      <c r="H37" t="s">
         <v>170</v>
       </c>
-      <c r="B37">
-[...2 lines deleted...]
-      <c r="C37" t="s">
+      <c r="L37" t="s">
         <v>171</v>
       </c>
-      <c r="D37" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P37" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q37" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R37" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S37" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="38" spans="1:19">
       <c r="A38" t="s">
+        <v>172</v>
+      </c>
+      <c r="B38">
+        <v>234</v>
+      </c>
+      <c r="C38" t="s">
+        <v>173</v>
+      </c>
+      <c r="D38" t="s">
+        <v>174</v>
+      </c>
+      <c r="H38" t="s">
         <v>170</v>
       </c>
-      <c r="B38">
-[...7 lines deleted...]
-      </c>
       <c r="L38" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="P38" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q38" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R38" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S38" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="39" spans="1:19">
       <c r="A39" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="B39">
-        <v>60</v>
+        <v>98</v>
       </c>
       <c r="C39" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="D39" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="H39" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="L39" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="P39" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q39" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R39" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S39" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="40" spans="1:19">
       <c r="A40" t="s">
-        <v>175</v>
+        <v>181</v>
       </c>
       <c r="B40">
-        <v>60</v>
+        <v>95</v>
       </c>
       <c r="C40" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="D40" t="s">
-        <v>177</v>
+        <v>183</v>
       </c>
       <c r="H40" t="s">
-        <v>178</v>
+        <v>184</v>
       </c>
       <c r="L40" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="P40" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q40" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R40" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S40" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="41" spans="1:19">
       <c r="A41" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
       <c r="B41">
-        <v>128</v>
+        <v>77</v>
       </c>
       <c r="C41" t="s">
-        <v>182</v>
+        <v>187</v>
       </c>
       <c r="D41" t="s">
-        <v>183</v>
+        <v>188</v>
       </c>
       <c r="H41" t="s">
-        <v>184</v>
+        <v>189</v>
       </c>
       <c r="L41" t="s">
-        <v>185</v>
+        <v>190</v>
       </c>
       <c r="P41" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q41" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R41" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S41" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="42" spans="1:19">
       <c r="A42" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
       <c r="B42">
-        <v>128</v>
+        <v>240</v>
       </c>
       <c r="C42" t="s">
-        <v>182</v>
+        <v>191</v>
       </c>
       <c r="D42" t="s">
-        <v>183</v>
+        <v>192</v>
       </c>
       <c r="H42" t="s">
-        <v>184</v>
+        <v>193</v>
       </c>
       <c r="L42" t="s">
-        <v>186</v>
+        <v>194</v>
       </c>
       <c r="P42" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q42" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R42" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S42" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="43" spans="1:19">
       <c r="A43" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="B43">
-        <v>60</v>
+        <v>70</v>
+      </c>
+      <c r="C43" t="s">
+        <v>195</v>
       </c>
       <c r="D43" t="s">
-        <v>188</v>
+        <v>196</v>
       </c>
       <c r="H43" t="s">
-        <v>189</v>
+        <v>197</v>
       </c>
       <c r="L43" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
       <c r="P43" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q43" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R43" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S43" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="44" spans="1:19">
       <c r="A44" t="s">
-        <v>187</v>
+        <v>199</v>
       </c>
       <c r="B44">
         <v>60</v>
       </c>
+      <c r="C44" t="s">
+        <v>200</v>
+      </c>
       <c r="D44" t="s">
-        <v>188</v>
+        <v>201</v>
       </c>
       <c r="H44" t="s">
-        <v>189</v>
+        <v>202</v>
       </c>
       <c r="L44" t="s">
-        <v>190</v>
+        <v>203</v>
       </c>
       <c r="P44" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q44" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R44" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S44" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="45" spans="1:19">
       <c r="A45" t="s">
-        <v>191</v>
+        <v>204</v>
       </c>
       <c r="B45">
-        <v>60</v>
+        <v>128</v>
       </c>
       <c r="C45" t="s">
-        <v>192</v>
+        <v>205</v>
       </c>
       <c r="D45" t="s">
-        <v>193</v>
+        <v>206</v>
       </c>
       <c r="H45" t="s">
-        <v>194</v>
+        <v>207</v>
       </c>
       <c r="L45" t="s">
-        <v>195</v>
+        <v>208</v>
       </c>
       <c r="P45" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q45" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R45" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S45" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="46" spans="1:19">
       <c r="A46" t="s">
-        <v>191</v>
+        <v>209</v>
       </c>
       <c r="B46">
         <v>60</v>
       </c>
-      <c r="C46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D46" t="s">
-        <v>96</v>
+        <v>210</v>
       </c>
       <c r="H46" t="s">
-        <v>197</v>
+        <v>211</v>
       </c>
       <c r="L46" t="s">
-        <v>198</v>
+        <v>212</v>
       </c>
       <c r="P46" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q46" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R46" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S46" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="47" spans="1:19">
       <c r="A47" t="s">
-        <v>191</v>
+        <v>213</v>
       </c>
       <c r="B47">
-        <v>60</v>
+        <v>82</v>
       </c>
       <c r="C47" t="s">
-        <v>192</v>
+        <v>214</v>
       </c>
       <c r="D47" t="s">
-        <v>193</v>
+        <v>215</v>
       </c>
       <c r="H47" t="s">
-        <v>194</v>
+        <v>216</v>
       </c>
       <c r="L47" t="s">
-        <v>195</v>
+        <v>217</v>
       </c>
       <c r="P47" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q47" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R47" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S47" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="48" spans="1:19">
       <c r="A48" t="s">
-        <v>191</v>
+        <v>218</v>
       </c>
       <c r="B48">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="C48" t="s">
-        <v>196</v>
+        <v>219</v>
       </c>
       <c r="D48" t="s">
-        <v>96</v>
+        <v>220</v>
       </c>
       <c r="H48" t="s">
-        <v>197</v>
+        <v>221</v>
       </c>
       <c r="L48" t="s">
-        <v>198</v>
+        <v>222</v>
       </c>
       <c r="P48" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q48" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R48" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S48" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="49" spans="1:19">
       <c r="A49" t="s">
-        <v>199</v>
+        <v>223</v>
       </c>
       <c r="B49">
-        <v>87</v>
-[...2 lines deleted...]
-        <v>171</v>
+        <v>60</v>
       </c>
       <c r="D49" t="s">
-        <v>200</v>
+        <v>224</v>
       </c>
       <c r="H49" t="s">
-        <v>201</v>
+        <v>225</v>
       </c>
       <c r="L49" t="s">
-        <v>202</v>
+        <v>226</v>
       </c>
       <c r="P49" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q49" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R49" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S49" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="50" spans="1:19">
       <c r="A50" t="s">
-        <v>199</v>
+        <v>223</v>
       </c>
       <c r="B50">
-        <v>87</v>
-[...2 lines deleted...]
-        <v>171</v>
+        <v>60</v>
       </c>
       <c r="D50" t="s">
-        <v>200</v>
+        <v>227</v>
       </c>
       <c r="H50" t="s">
-        <v>201</v>
+        <v>228</v>
       </c>
       <c r="L50" t="s">
-        <v>203</v>
+        <v>229</v>
       </c>
       <c r="P50" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q50" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R50" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S50" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="51" spans="1:19">
       <c r="A51" t="s">
-        <v>204</v>
+        <v>223</v>
       </c>
       <c r="B51">
-        <v>128</v>
-[...2 lines deleted...]
-        <v>205</v>
+        <v>60</v>
       </c>
       <c r="D51" t="s">
-        <v>206</v>
+        <v>230</v>
       </c>
       <c r="H51" t="s">
-        <v>184</v>
+        <v>231</v>
       </c>
       <c r="L51" t="s">
-        <v>207</v>
+        <v>232</v>
       </c>
       <c r="P51" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q51" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R51" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S51" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="52" spans="1:19">
       <c r="A52" t="s">
-        <v>204</v>
+        <v>233</v>
       </c>
       <c r="B52">
         <v>60</v>
       </c>
-      <c r="C52" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D52" t="s">
-        <v>209</v>
+        <v>234</v>
       </c>
       <c r="H52" t="s">
-        <v>210</v>
+        <v>235</v>
       </c>
       <c r="L52" t="s">
-        <v>211</v>
+        <v>236</v>
       </c>
       <c r="P52" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q52" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R52" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S52" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="53" spans="1:19">
       <c r="A53" t="s">
-        <v>204</v>
+        <v>233</v>
       </c>
       <c r="B53">
-        <v>128</v>
+        <v>62</v>
       </c>
       <c r="C53" t="s">
-        <v>205</v>
+        <v>237</v>
       </c>
       <c r="D53" t="s">
-        <v>206</v>
+        <v>238</v>
       </c>
       <c r="H53" t="s">
-        <v>184</v>
+        <v>239</v>
       </c>
       <c r="L53" t="s">
-        <v>212</v>
+        <v>240</v>
       </c>
       <c r="P53" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q53" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R53" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S53" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="54" spans="1:19">
       <c r="A54" t="s">
-        <v>204</v>
+        <v>241</v>
       </c>
       <c r="B54">
         <v>60</v>
       </c>
       <c r="C54" t="s">
-        <v>208</v>
+        <v>242</v>
       </c>
       <c r="D54" t="s">
-        <v>209</v>
+        <v>243</v>
       </c>
       <c r="H54" t="s">
-        <v>210</v>
+        <v>244</v>
       </c>
       <c r="L54" t="s">
-        <v>213</v>
+        <v>245</v>
       </c>
       <c r="P54" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q54" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R54" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S54" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="55" spans="1:19">
       <c r="A55" t="s">
-        <v>214</v>
+        <v>246</v>
       </c>
       <c r="B55">
-        <v>60</v>
+        <v>80</v>
       </c>
       <c r="C55" t="s">
-        <v>215</v>
+        <v>247</v>
       </c>
       <c r="D55" t="s">
-        <v>216</v>
+        <v>248</v>
       </c>
       <c r="H55" t="s">
-        <v>217</v>
+        <v>249</v>
       </c>
       <c r="L55" t="s">
-        <v>218</v>
+        <v>250</v>
       </c>
       <c r="P55" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q55" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R55" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S55" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="56" spans="1:19">
       <c r="A56" t="s">
-        <v>214</v>
+        <v>251</v>
       </c>
       <c r="B56">
-        <v>128</v>
+        <v>73</v>
       </c>
       <c r="C56" t="s">
-        <v>219</v>
+        <v>252</v>
       </c>
       <c r="D56" t="s">
-        <v>220</v>
+        <v>253</v>
       </c>
       <c r="H56" t="s">
-        <v>184</v>
+        <v>254</v>
       </c>
       <c r="L56" t="s">
-        <v>221</v>
+        <v>255</v>
       </c>
       <c r="P56" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q56" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R56" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S56" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="57" spans="1:19">
       <c r="A57" t="s">
-        <v>214</v>
+        <v>256</v>
       </c>
       <c r="B57">
         <v>60</v>
       </c>
-      <c r="C57" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D57" t="s">
-        <v>216</v>
+        <v>257</v>
       </c>
       <c r="H57" t="s">
-        <v>217</v>
+        <v>258</v>
       </c>
       <c r="L57" t="s">
-        <v>222</v>
+        <v>259</v>
       </c>
       <c r="P57" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q57" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R57" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S57" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="58" spans="1:19">
       <c r="A58" t="s">
-        <v>214</v>
+        <v>260</v>
       </c>
       <c r="B58">
-        <v>128</v>
+        <v>61</v>
       </c>
       <c r="C58" t="s">
-        <v>219</v>
+        <v>261</v>
       </c>
       <c r="D58" t="s">
-        <v>220</v>
+        <v>262</v>
       </c>
       <c r="H58" t="s">
-        <v>184</v>
+        <v>263</v>
       </c>
       <c r="L58" t="s">
-        <v>223</v>
+        <v>264</v>
       </c>
       <c r="P58" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q58" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R58" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S58" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="59" spans="1:19">
       <c r="A59" t="s">
-        <v>224</v>
+        <v>265</v>
       </c>
       <c r="B59">
         <v>60</v>
       </c>
       <c r="C59" t="s">
-        <v>225</v>
+        <v>266</v>
       </c>
       <c r="D59" t="s">
-        <v>226</v>
+        <v>267</v>
       </c>
       <c r="H59" t="s">
-        <v>227</v>
+        <v>268</v>
       </c>
       <c r="L59" t="s">
-        <v>228</v>
+        <v>269</v>
       </c>
       <c r="P59" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q59" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R59" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S59" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="60" spans="1:19">
       <c r="A60" t="s">
-        <v>224</v>
+        <v>270</v>
       </c>
       <c r="B60">
         <v>60</v>
       </c>
       <c r="C60" t="s">
-        <v>225</v>
+        <v>271</v>
       </c>
       <c r="D60" t="s">
-        <v>226</v>
+        <v>272</v>
       </c>
       <c r="H60" t="s">
-        <v>227</v>
+        <v>273</v>
       </c>
       <c r="L60" t="s">
-        <v>229</v>
+        <v>274</v>
       </c>
       <c r="P60" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q60" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R60" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S60" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="61" spans="1:19">
       <c r="A61" t="s">
-        <v>230</v>
+        <v>270</v>
       </c>
       <c r="B61">
-        <v>70</v>
+        <v>60</v>
       </c>
       <c r="C61" t="s">
-        <v>231</v>
+        <v>271</v>
       </c>
       <c r="D61" t="s">
-        <v>232</v>
+        <v>272</v>
       </c>
       <c r="H61" t="s">
-        <v>233</v>
+        <v>273</v>
       </c>
       <c r="L61" t="s">
-        <v>234</v>
+        <v>274</v>
       </c>
       <c r="P61" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q61" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R61" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S61" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="62" spans="1:19">
       <c r="A62" t="s">
-        <v>230</v>
+        <v>275</v>
       </c>
       <c r="B62">
-        <v>70</v>
+        <v>83</v>
       </c>
       <c r="C62" t="s">
-        <v>231</v>
+        <v>276</v>
       </c>
       <c r="D62" t="s">
-        <v>232</v>
+        <v>277</v>
       </c>
       <c r="H62" t="s">
-        <v>233</v>
+        <v>278</v>
       </c>
       <c r="L62" t="s">
-        <v>235</v>
+        <v>279</v>
       </c>
       <c r="P62" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q62" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R62" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S62" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="63" spans="1:19">
       <c r="A63" t="s">
-        <v>236</v>
+        <v>275</v>
       </c>
       <c r="B63">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>237</v>
+        <v>83</v>
       </c>
       <c r="D63" t="s">
-        <v>238</v>
+        <v>277</v>
       </c>
       <c r="H63" t="s">
-        <v>239</v>
+        <v>278</v>
       </c>
       <c r="L63" t="s">
-        <v>240</v>
+        <v>279</v>
       </c>
       <c r="P63" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q63" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R63" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S63" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="64" spans="1:19">
       <c r="A64" t="s">
-        <v>236</v>
+        <v>280</v>
       </c>
       <c r="B64">
         <v>60</v>
       </c>
       <c r="C64" t="s">
-        <v>237</v>
+        <v>281</v>
       </c>
       <c r="D64" t="s">
-        <v>238</v>
+        <v>282</v>
       </c>
       <c r="H64" t="s">
-        <v>239</v>
+        <v>283</v>
       </c>
       <c r="L64" t="s">
-        <v>241</v>
+        <v>284</v>
       </c>
       <c r="P64" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q64" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R64" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S64" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="65" spans="1:19">
       <c r="A65" t="s">
-        <v>242</v>
+        <v>280</v>
       </c>
       <c r="B65">
-        <v>128</v>
+        <v>60</v>
       </c>
       <c r="C65" t="s">
-        <v>243</v>
+        <v>281</v>
       </c>
       <c r="D65" t="s">
-        <v>244</v>
+        <v>282</v>
       </c>
       <c r="H65" t="s">
-        <v>184</v>
+        <v>283</v>
       </c>
       <c r="L65" t="s">
-        <v>245</v>
+        <v>285</v>
       </c>
       <c r="P65" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q65" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R65" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S65" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="66" spans="1:19">
       <c r="A66" t="s">
-        <v>242</v>
+        <v>286</v>
       </c>
       <c r="B66">
         <v>128</v>
       </c>
       <c r="C66" t="s">
-        <v>243</v>
+        <v>287</v>
       </c>
       <c r="D66" t="s">
-        <v>244</v>
+        <v>108</v>
       </c>
       <c r="H66" t="s">
-        <v>184</v>
+        <v>288</v>
       </c>
       <c r="L66" t="s">
-        <v>246</v>
+        <v>289</v>
       </c>
       <c r="P66" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q66" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R66" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S66" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="67" spans="1:19">
       <c r="A67" t="s">
-        <v>247</v>
+        <v>286</v>
       </c>
       <c r="B67">
-        <v>76</v>
+        <v>128</v>
       </c>
       <c r="C67" t="s">
-        <v>171</v>
+        <v>287</v>
       </c>
       <c r="D67" t="s">
-        <v>200</v>
+        <v>108</v>
       </c>
       <c r="H67" t="s">
-        <v>248</v>
+        <v>288</v>
       </c>
       <c r="L67" t="s">
-        <v>249</v>
+        <v>290</v>
       </c>
       <c r="P67" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q67" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R67" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S67" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="68" spans="1:19">
       <c r="A68" t="s">
-        <v>247</v>
+        <v>291</v>
       </c>
       <c r="B68">
-        <v>73</v>
-[...2 lines deleted...]
-        <v>250</v>
+        <v>60</v>
       </c>
       <c r="D68" t="s">
-        <v>251</v>
+        <v>292</v>
       </c>
       <c r="H68" t="s">
-        <v>252</v>
+        <v>293</v>
       </c>
       <c r="L68" t="s">
-        <v>253</v>
+        <v>294</v>
       </c>
       <c r="P68" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q68" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R68" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S68" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="69" spans="1:19">
       <c r="A69" t="s">
-        <v>247</v>
+        <v>291</v>
       </c>
       <c r="B69">
-        <v>76</v>
-[...2 lines deleted...]
-        <v>171</v>
+        <v>60</v>
       </c>
       <c r="D69" t="s">
-        <v>200</v>
+        <v>292</v>
       </c>
       <c r="H69" t="s">
-        <v>248</v>
+        <v>293</v>
       </c>
       <c r="L69" t="s">
-        <v>254</v>
+        <v>294</v>
       </c>
       <c r="P69" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q69" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R69" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S69" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="70" spans="1:19">
       <c r="A70" t="s">
-        <v>247</v>
+        <v>295</v>
       </c>
       <c r="B70">
-        <v>73</v>
+        <v>60</v>
       </c>
       <c r="C70" t="s">
-        <v>250</v>
+        <v>296</v>
       </c>
       <c r="D70" t="s">
-        <v>251</v>
+        <v>297</v>
       </c>
       <c r="H70" t="s">
-        <v>252</v>
+        <v>298</v>
       </c>
       <c r="L70" t="s">
-        <v>255</v>
+        <v>299</v>
       </c>
       <c r="P70" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q70" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R70" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S70" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="71" spans="1:19">
       <c r="A71" t="s">
-        <v>256</v>
+        <v>295</v>
       </c>
       <c r="B71">
-        <v>71</v>
+        <v>60</v>
       </c>
       <c r="C71" t="s">
-        <v>257</v>
+        <v>300</v>
       </c>
       <c r="D71" t="s">
-        <v>258</v>
+        <v>201</v>
       </c>
       <c r="H71" t="s">
-        <v>259</v>
+        <v>301</v>
       </c>
       <c r="L71" t="s">
-        <v>260</v>
+        <v>302</v>
       </c>
       <c r="P71" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q71" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R71" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S71" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="72" spans="1:19">
       <c r="A72" t="s">
-        <v>256</v>
+        <v>295</v>
       </c>
       <c r="B72">
-        <v>71</v>
+        <v>60</v>
       </c>
       <c r="C72" t="s">
-        <v>257</v>
+        <v>296</v>
       </c>
       <c r="D72" t="s">
-        <v>258</v>
+        <v>297</v>
       </c>
       <c r="H72" t="s">
-        <v>259</v>
+        <v>298</v>
       </c>
       <c r="L72" t="s">
-        <v>261</v>
+        <v>299</v>
       </c>
       <c r="P72" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q72" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R72" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S72" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="73" spans="1:19">
       <c r="A73" t="s">
-        <v>262</v>
+        <v>295</v>
       </c>
       <c r="B73">
         <v>60</v>
       </c>
       <c r="C73" t="s">
-        <v>171</v>
+        <v>300</v>
       </c>
       <c r="D73" t="s">
-        <v>263</v>
+        <v>201</v>
       </c>
       <c r="H73" t="s">
-        <v>264</v>
+        <v>301</v>
       </c>
       <c r="L73" t="s">
-        <v>265</v>
+        <v>302</v>
       </c>
       <c r="P73" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q73" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R73" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S73" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="74" spans="1:19">
       <c r="A74" t="s">
-        <v>262</v>
+        <v>303</v>
       </c>
       <c r="B74">
-        <v>60</v>
+        <v>87</v>
       </c>
       <c r="C74" t="s">
-        <v>171</v>
+        <v>276</v>
       </c>
       <c r="D74" t="s">
-        <v>263</v>
+        <v>304</v>
       </c>
       <c r="H74" t="s">
-        <v>264</v>
+        <v>305</v>
       </c>
       <c r="L74" t="s">
-        <v>266</v>
+        <v>306</v>
       </c>
       <c r="P74" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q74" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R74" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S74" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="75" spans="1:19">
       <c r="A75" t="s">
-        <v>267</v>
+        <v>303</v>
       </c>
       <c r="B75">
-        <v>60</v>
+        <v>87</v>
       </c>
       <c r="C75" t="s">
-        <v>268</v>
+        <v>276</v>
       </c>
       <c r="D75" t="s">
-        <v>269</v>
+        <v>304</v>
       </c>
       <c r="H75" t="s">
-        <v>270</v>
+        <v>305</v>
       </c>
       <c r="L75" t="s">
-        <v>271</v>
+        <v>307</v>
       </c>
       <c r="P75" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q75" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R75" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S75" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="76" spans="1:19">
       <c r="A76" t="s">
-        <v>267</v>
+        <v>308</v>
       </c>
       <c r="B76">
-        <v>60</v>
+        <v>128</v>
       </c>
       <c r="C76" t="s">
-        <v>268</v>
+        <v>309</v>
       </c>
       <c r="D76" t="s">
-        <v>269</v>
+        <v>310</v>
       </c>
       <c r="H76" t="s">
-        <v>270</v>
+        <v>288</v>
       </c>
       <c r="L76" t="s">
-        <v>272</v>
+        <v>311</v>
       </c>
       <c r="P76" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q76" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R76" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S76" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="77" spans="1:19">
       <c r="A77" t="s">
-        <v>273</v>
+        <v>308</v>
       </c>
       <c r="B77">
         <v>60</v>
       </c>
       <c r="C77" t="s">
-        <v>274</v>
+        <v>312</v>
       </c>
       <c r="D77" t="s">
-        <v>275</v>
+        <v>313</v>
       </c>
       <c r="H77" t="s">
-        <v>276</v>
+        <v>314</v>
       </c>
       <c r="L77" t="s">
-        <v>277</v>
+        <v>315</v>
       </c>
       <c r="P77" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q77" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R77" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S77" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="78" spans="1:19">
       <c r="A78" t="s">
-        <v>273</v>
+        <v>308</v>
       </c>
       <c r="B78">
-        <v>60</v>
+        <v>128</v>
       </c>
       <c r="C78" t="s">
-        <v>274</v>
+        <v>309</v>
       </c>
       <c r="D78" t="s">
-        <v>275</v>
+        <v>310</v>
       </c>
       <c r="H78" t="s">
-        <v>276</v>
+        <v>288</v>
       </c>
       <c r="L78" t="s">
-        <v>278</v>
+        <v>316</v>
       </c>
       <c r="P78" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q78" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R78" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S78" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="79" spans="1:19">
       <c r="A79" t="s">
-        <v>279</v>
+        <v>308</v>
       </c>
       <c r="B79">
         <v>60</v>
       </c>
       <c r="C79" t="s">
-        <v>280</v>
+        <v>312</v>
       </c>
       <c r="D79" t="s">
-        <v>281</v>
+        <v>313</v>
       </c>
       <c r="H79" t="s">
-        <v>282</v>
+        <v>314</v>
       </c>
       <c r="L79" t="s">
-        <v>283</v>
+        <v>317</v>
       </c>
       <c r="P79" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q79" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R79" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S79" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="80" spans="1:19">
       <c r="A80" t="s">
-        <v>279</v>
+        <v>318</v>
       </c>
       <c r="B80">
         <v>60</v>
       </c>
       <c r="C80" t="s">
-        <v>280</v>
+        <v>319</v>
       </c>
       <c r="D80" t="s">
-        <v>281</v>
+        <v>320</v>
       </c>
       <c r="H80" t="s">
-        <v>282</v>
+        <v>321</v>
       </c>
       <c r="L80" t="s">
-        <v>284</v>
+        <v>322</v>
       </c>
       <c r="P80" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q80" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R80" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S80" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="81" spans="1:19">
       <c r="A81" t="s">
-        <v>285</v>
+        <v>318</v>
       </c>
       <c r="B81">
-        <v>60</v>
+        <v>128</v>
       </c>
       <c r="C81" t="s">
-        <v>237</v>
+        <v>323</v>
       </c>
       <c r="D81" t="s">
-        <v>286</v>
+        <v>324</v>
       </c>
       <c r="H81" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="L81" t="s">
-        <v>288</v>
+        <v>325</v>
       </c>
       <c r="P81" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q81" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R81" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S81" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="82" spans="1:19">
       <c r="A82" t="s">
-        <v>285</v>
+        <v>318</v>
       </c>
       <c r="B82">
         <v>60</v>
       </c>
       <c r="C82" t="s">
-        <v>171</v>
+        <v>319</v>
       </c>
       <c r="D82" t="s">
-        <v>152</v>
+        <v>320</v>
       </c>
       <c r="H82" t="s">
-        <v>289</v>
+        <v>321</v>
       </c>
       <c r="L82" t="s">
-        <v>290</v>
+        <v>326</v>
       </c>
       <c r="P82" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q82" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R82" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S82" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="83" spans="1:19">
       <c r="A83" t="s">
-        <v>285</v>
+        <v>318</v>
       </c>
       <c r="B83">
-        <v>60</v>
+        <v>128</v>
       </c>
       <c r="C83" t="s">
-        <v>237</v>
+        <v>323</v>
       </c>
       <c r="D83" t="s">
-        <v>286</v>
+        <v>324</v>
       </c>
       <c r="H83" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="L83" t="s">
-        <v>291</v>
+        <v>327</v>
       </c>
       <c r="P83" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q83" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R83" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S83" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="84" spans="1:19">
       <c r="A84" t="s">
-        <v>285</v>
+        <v>328</v>
       </c>
       <c r="B84">
         <v>60</v>
       </c>
       <c r="C84" t="s">
-        <v>171</v>
+        <v>329</v>
       </c>
       <c r="D84" t="s">
-        <v>152</v>
+        <v>330</v>
       </c>
       <c r="H84" t="s">
-        <v>289</v>
+        <v>331</v>
       </c>
       <c r="L84" t="s">
-        <v>292</v>
+        <v>332</v>
       </c>
       <c r="P84" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q84" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R84" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S84" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="85" spans="1:19">
       <c r="A85" t="s">
-        <v>293</v>
+        <v>328</v>
       </c>
       <c r="B85">
         <v>60</v>
       </c>
       <c r="C85" t="s">
-        <v>294</v>
+        <v>329</v>
       </c>
       <c r="D85" t="s">
-        <v>295</v>
+        <v>330</v>
       </c>
       <c r="H85" t="s">
-        <v>296</v>
+        <v>331</v>
       </c>
       <c r="L85" t="s">
-        <v>297</v>
+        <v>333</v>
       </c>
       <c r="P85" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q85" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R85" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S85" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="86" spans="1:19">
       <c r="A86" t="s">
-        <v>293</v>
+        <v>334</v>
       </c>
       <c r="B86">
-        <v>60</v>
+        <v>70</v>
       </c>
       <c r="C86" t="s">
-        <v>294</v>
+        <v>335</v>
       </c>
       <c r="D86" t="s">
-        <v>295</v>
+        <v>336</v>
       </c>
       <c r="H86" t="s">
-        <v>296</v>
+        <v>337</v>
       </c>
       <c r="L86" t="s">
-        <v>298</v>
+        <v>338</v>
       </c>
       <c r="P86" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q86" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R86" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S86" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="87" spans="1:19">
       <c r="A87" t="s">
-        <v>299</v>
+        <v>334</v>
       </c>
       <c r="B87">
-        <v>60</v>
+        <v>70</v>
       </c>
       <c r="C87" t="s">
-        <v>300</v>
+        <v>335</v>
       </c>
       <c r="D87" t="s">
-        <v>301</v>
+        <v>336</v>
       </c>
       <c r="H87" t="s">
-        <v>302</v>
+        <v>337</v>
       </c>
       <c r="L87" t="s">
-        <v>303</v>
+        <v>339</v>
       </c>
       <c r="P87" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q87" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R87" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S87" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="88" spans="1:19">
       <c r="A88" t="s">
-        <v>299</v>
+        <v>340</v>
       </c>
       <c r="B88">
-        <v>172</v>
+        <v>60</v>
       </c>
       <c r="C88" t="s">
-        <v>304</v>
+        <v>24</v>
       </c>
       <c r="D88" t="s">
-        <v>305</v>
+        <v>341</v>
       </c>
       <c r="H88" t="s">
-        <v>306</v>
+        <v>342</v>
       </c>
       <c r="L88" t="s">
-        <v>307</v>
+        <v>343</v>
       </c>
       <c r="P88" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q88" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R88" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S88" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="89" spans="1:19">
       <c r="A89" t="s">
-        <v>299</v>
+        <v>340</v>
       </c>
       <c r="B89">
         <v>60</v>
       </c>
       <c r="C89" t="s">
-        <v>300</v>
+        <v>24</v>
       </c>
       <c r="D89" t="s">
-        <v>301</v>
+        <v>341</v>
       </c>
       <c r="H89" t="s">
-        <v>302</v>
+        <v>342</v>
       </c>
       <c r="L89" t="s">
-        <v>308</v>
+        <v>344</v>
       </c>
       <c r="P89" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q89" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R89" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S89" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="90" spans="1:19">
       <c r="A90" t="s">
-        <v>299</v>
+        <v>345</v>
       </c>
       <c r="B90">
-        <v>172</v>
+        <v>128</v>
       </c>
       <c r="C90" t="s">
-        <v>304</v>
+        <v>346</v>
       </c>
       <c r="D90" t="s">
-        <v>305</v>
+        <v>347</v>
       </c>
       <c r="H90" t="s">
-        <v>306</v>
+        <v>288</v>
       </c>
       <c r="L90" t="s">
-        <v>309</v>
+        <v>348</v>
       </c>
       <c r="P90" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q90" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R90" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S90" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="91" spans="1:19">
       <c r="A91" t="s">
-        <v>310</v>
+        <v>345</v>
       </c>
       <c r="B91">
-        <v>60</v>
+        <v>128</v>
       </c>
       <c r="C91" t="s">
-        <v>311</v>
+        <v>346</v>
       </c>
       <c r="D91" t="s">
-        <v>312</v>
+        <v>347</v>
+      </c>
+      <c r="H91" t="s">
+        <v>288</v>
       </c>
       <c r="L91" t="s">
-        <v>313</v>
+        <v>349</v>
       </c>
       <c r="P91" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q91" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R91" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S91" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="92" spans="1:19">
       <c r="A92" t="s">
-        <v>310</v>
+        <v>350</v>
       </c>
       <c r="B92">
-        <v>60</v>
+        <v>76</v>
       </c>
       <c r="C92" t="s">
-        <v>314</v>
+        <v>276</v>
       </c>
       <c r="D92" t="s">
-        <v>315</v>
+        <v>304</v>
+      </c>
+      <c r="H92" t="s">
+        <v>351</v>
       </c>
       <c r="L92" t="s">
-        <v>316</v>
+        <v>352</v>
       </c>
       <c r="P92" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q92" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R92" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S92" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="93" spans="1:19">
       <c r="A93" t="s">
-        <v>310</v>
+        <v>350</v>
       </c>
       <c r="B93">
-        <v>60</v>
+        <v>73</v>
       </c>
       <c r="C93" t="s">
-        <v>317</v>
+        <v>353</v>
       </c>
       <c r="D93" t="s">
-        <v>318</v>
+        <v>354</v>
+      </c>
+      <c r="H93" t="s">
+        <v>355</v>
       </c>
       <c r="L93" t="s">
-        <v>319</v>
+        <v>356</v>
       </c>
       <c r="P93" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q93" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R93" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S93" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="94" spans="1:19">
       <c r="A94" t="s">
-        <v>310</v>
+        <v>350</v>
       </c>
       <c r="B94">
-        <v>60</v>
+        <v>76</v>
       </c>
       <c r="C94" t="s">
-        <v>311</v>
+        <v>276</v>
       </c>
       <c r="D94" t="s">
-        <v>312</v>
+        <v>304</v>
+      </c>
+      <c r="H94" t="s">
+        <v>351</v>
       </c>
       <c r="L94" t="s">
-        <v>320</v>
+        <v>357</v>
       </c>
       <c r="P94" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q94" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R94" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S94" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="95" spans="1:19">
       <c r="A95" t="s">
-        <v>310</v>
+        <v>350</v>
       </c>
       <c r="B95">
-        <v>60</v>
+        <v>73</v>
       </c>
       <c r="C95" t="s">
-        <v>314</v>
+        <v>353</v>
       </c>
       <c r="D95" t="s">
-        <v>315</v>
+        <v>354</v>
+      </c>
+      <c r="H95" t="s">
+        <v>355</v>
       </c>
       <c r="L95" t="s">
-        <v>321</v>
+        <v>358</v>
       </c>
       <c r="P95" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q95" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R95" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S95" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="96" spans="1:19">
       <c r="A96" t="s">
-        <v>322</v>
+        <v>359</v>
       </c>
       <c r="B96">
-        <v>272</v>
+        <v>71</v>
       </c>
       <c r="C96" t="s">
-        <v>323</v>
+        <v>360</v>
       </c>
       <c r="D96" t="s">
-        <v>324</v>
+        <v>361</v>
       </c>
       <c r="H96" t="s">
-        <v>325</v>
+        <v>362</v>
       </c>
       <c r="L96" t="s">
-        <v>326</v>
+        <v>363</v>
       </c>
       <c r="P96" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q96" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R96" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S96" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="97" spans="1:19">
       <c r="A97" t="s">
-        <v>322</v>
+        <v>359</v>
       </c>
       <c r="B97">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="C97" t="s">
-        <v>294</v>
+        <v>360</v>
       </c>
       <c r="D97" t="s">
-        <v>327</v>
+        <v>361</v>
       </c>
       <c r="H97" t="s">
-        <v>328</v>
+        <v>362</v>
       </c>
       <c r="L97" t="s">
-        <v>329</v>
+        <v>364</v>
       </c>
       <c r="P97" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q97" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R97" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S97" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="98" spans="1:19">
       <c r="A98" t="s">
-        <v>330</v>
+        <v>365</v>
       </c>
       <c r="B98">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="C98" t="s">
-        <v>268</v>
+        <v>276</v>
       </c>
       <c r="D98" t="s">
-        <v>331</v>
+        <v>366</v>
       </c>
       <c r="H98" t="s">
-        <v>332</v>
+        <v>367</v>
       </c>
       <c r="L98" t="s">
-        <v>333</v>
+        <v>368</v>
       </c>
       <c r="P98" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q98" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R98" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S98" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="99" spans="1:19">
       <c r="A99" t="s">
-        <v>330</v>
+        <v>365</v>
       </c>
       <c r="B99">
         <v>60</v>
       </c>
       <c r="C99" t="s">
-        <v>268</v>
+        <v>276</v>
       </c>
       <c r="D99" t="s">
-        <v>334</v>
+        <v>366</v>
       </c>
       <c r="H99" t="s">
-        <v>335</v>
+        <v>367</v>
       </c>
       <c r="L99" t="s">
-        <v>336</v>
+        <v>369</v>
       </c>
       <c r="P99" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q99" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R99" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S99" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="100" spans="1:19">
       <c r="A100" t="s">
-        <v>330</v>
+        <v>370</v>
       </c>
       <c r="B100">
         <v>60</v>
       </c>
       <c r="C100" t="s">
-        <v>294</v>
+        <v>371</v>
       </c>
       <c r="D100" t="s">
-        <v>337</v>
+        <v>372</v>
       </c>
       <c r="H100" t="s">
-        <v>338</v>
+        <v>373</v>
       </c>
       <c r="L100" t="s">
-        <v>339</v>
+        <v>374</v>
       </c>
       <c r="P100" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q100" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R100" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S100" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="101" spans="1:19">
       <c r="A101" t="s">
-        <v>330</v>
+        <v>370</v>
       </c>
       <c r="B101">
         <v>60</v>
       </c>
       <c r="C101" t="s">
-        <v>294</v>
+        <v>371</v>
       </c>
       <c r="D101" t="s">
-        <v>340</v>
+        <v>372</v>
       </c>
       <c r="H101" t="s">
-        <v>341</v>
+        <v>373</v>
       </c>
       <c r="L101" t="s">
-        <v>342</v>
+        <v>375</v>
       </c>
       <c r="P101" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q101" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R101" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S101" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="102" spans="1:19">
       <c r="A102" t="s">
-        <v>343</v>
+        <v>376</v>
       </c>
       <c r="B102">
         <v>60</v>
       </c>
       <c r="C102" t="s">
-        <v>344</v>
+        <v>377</v>
       </c>
       <c r="D102" t="s">
-        <v>345</v>
+        <v>378</v>
       </c>
       <c r="H102" t="s">
-        <v>346</v>
+        <v>379</v>
       </c>
       <c r="L102" t="s">
-        <v>347</v>
+        <v>380</v>
       </c>
       <c r="P102" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q102" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R102" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S102" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="103" spans="1:19">
       <c r="A103" t="s">
-        <v>343</v>
+        <v>376</v>
       </c>
       <c r="B103">
-        <v>97</v>
+        <v>60</v>
       </c>
       <c r="C103" t="s">
-        <v>348</v>
+        <v>377</v>
       </c>
       <c r="D103" t="s">
-        <v>349</v>
+        <v>378</v>
       </c>
       <c r="H103" t="s">
-        <v>350</v>
+        <v>379</v>
       </c>
       <c r="L103" t="s">
-        <v>351</v>
+        <v>381</v>
       </c>
       <c r="P103" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q103" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R103" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S103" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="104" spans="1:19">
       <c r="A104" t="s">
-        <v>343</v>
+        <v>382</v>
       </c>
       <c r="B104">
         <v>60</v>
       </c>
       <c r="C104" t="s">
-        <v>352</v>
+        <v>383</v>
       </c>
       <c r="D104" t="s">
-        <v>353</v>
+        <v>384</v>
       </c>
       <c r="H104" t="s">
-        <v>354</v>
+        <v>385</v>
       </c>
       <c r="L104" t="s">
-        <v>355</v>
+        <v>386</v>
       </c>
       <c r="P104" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q104" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R104" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S104" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="105" spans="1:19">
       <c r="A105" t="s">
-        <v>356</v>
+        <v>382</v>
       </c>
       <c r="B105">
-        <v>278</v>
+        <v>60</v>
       </c>
       <c r="C105" t="s">
-        <v>357</v>
+        <v>383</v>
       </c>
       <c r="D105" t="s">
-        <v>358</v>
+        <v>384</v>
       </c>
       <c r="H105" t="s">
-        <v>359</v>
+        <v>385</v>
       </c>
       <c r="L105" t="s">
-        <v>360</v>
+        <v>387</v>
       </c>
       <c r="P105" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q105" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R105" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S105" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="106" spans="1:19">
       <c r="A106" t="s">
-        <v>361</v>
+        <v>388</v>
       </c>
       <c r="B106">
-        <v>161</v>
+        <v>60</v>
       </c>
       <c r="C106" t="s">
-        <v>362</v>
+        <v>24</v>
       </c>
       <c r="D106" t="s">
-        <v>363</v>
+        <v>389</v>
       </c>
       <c r="H106" t="s">
-        <v>364</v>
+        <v>390</v>
       </c>
       <c r="L106" t="s">
-        <v>365</v>
+        <v>391</v>
       </c>
       <c r="P106" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q106" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R106" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S106" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="107" spans="1:19">
       <c r="A107" t="s">
-        <v>366</v>
+        <v>388</v>
       </c>
       <c r="B107">
         <v>60</v>
       </c>
       <c r="C107" t="s">
-        <v>367</v>
+        <v>276</v>
       </c>
       <c r="D107" t="s">
-        <v>368</v>
+        <v>257</v>
       </c>
       <c r="H107" t="s">
-        <v>369</v>
+        <v>392</v>
       </c>
       <c r="L107" t="s">
-        <v>370</v>
+        <v>393</v>
       </c>
       <c r="P107" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q107" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R107" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S107" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="108" spans="1:19">
       <c r="A108" t="s">
-        <v>371</v>
+        <v>388</v>
       </c>
       <c r="B108">
-        <v>71</v>
+        <v>60</v>
       </c>
       <c r="C108" t="s">
-        <v>372</v>
+        <v>24</v>
       </c>
       <c r="D108" t="s">
-        <v>373</v>
+        <v>389</v>
       </c>
       <c r="H108" t="s">
-        <v>374</v>
+        <v>390</v>
       </c>
       <c r="L108" t="s">
-        <v>375</v>
+        <v>394</v>
       </c>
       <c r="P108" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q108" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R108" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S108" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="109" spans="1:19">
       <c r="A109" t="s">
-        <v>371</v>
+        <v>388</v>
       </c>
       <c r="B109">
-        <v>202</v>
+        <v>60</v>
       </c>
       <c r="C109" t="s">
-        <v>376</v>
+        <v>276</v>
       </c>
       <c r="D109" t="s">
-        <v>377</v>
+        <v>257</v>
       </c>
       <c r="H109" t="s">
-        <v>378</v>
+        <v>392</v>
       </c>
       <c r="L109" t="s">
-        <v>379</v>
+        <v>395</v>
       </c>
       <c r="P109" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q109" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R109" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S109" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="110" spans="1:19">
       <c r="A110" t="s">
-        <v>371</v>
+        <v>396</v>
       </c>
       <c r="B110">
-        <v>67</v>
+        <v>60</v>
       </c>
       <c r="C110" t="s">
-        <v>171</v>
+        <v>397</v>
       </c>
       <c r="D110" t="s">
-        <v>380</v>
+        <v>398</v>
       </c>
       <c r="H110" t="s">
-        <v>381</v>
+        <v>399</v>
       </c>
       <c r="L110" t="s">
-        <v>382</v>
+        <v>400</v>
       </c>
       <c r="P110" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q110" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R110" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S110" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="111" spans="1:19">
       <c r="A111" t="s">
-        <v>383</v>
+        <v>396</v>
       </c>
       <c r="B111">
         <v>60</v>
       </c>
       <c r="C111" t="s">
-        <v>384</v>
+        <v>397</v>
       </c>
       <c r="D111" t="s">
-        <v>385</v>
+        <v>398</v>
       </c>
       <c r="H111" t="s">
-        <v>386</v>
+        <v>399</v>
       </c>
       <c r="L111" t="s">
-        <v>387</v>
+        <v>401</v>
       </c>
       <c r="P111" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q111" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R111" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S111" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="112" spans="1:19">
       <c r="A112" t="s">
-        <v>388</v>
+        <v>402</v>
       </c>
       <c r="B112">
-        <v>185</v>
+        <v>60</v>
       </c>
       <c r="C112" t="s">
-        <v>389</v>
+        <v>403</v>
       </c>
       <c r="D112" t="s">
-        <v>358</v>
+        <v>404</v>
       </c>
       <c r="H112" t="s">
-        <v>390</v>
+        <v>405</v>
       </c>
       <c r="L112" t="s">
-        <v>391</v>
+        <v>406</v>
       </c>
       <c r="P112" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q112" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R112" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S112" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="113" spans="1:19">
       <c r="A113" t="s">
-        <v>392</v>
+        <v>402</v>
       </c>
       <c r="B113">
-        <v>213</v>
+        <v>172</v>
       </c>
       <c r="C113" t="s">
-        <v>393</v>
+        <v>407</v>
       </c>
       <c r="D113" t="s">
-        <v>206</v>
+        <v>408</v>
       </c>
       <c r="H113" t="s">
-        <v>394</v>
+        <v>409</v>
       </c>
       <c r="L113" t="s">
-        <v>395</v>
+        <v>410</v>
       </c>
       <c r="P113" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q113" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R113" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S113" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="114" spans="1:19">
       <c r="A114" t="s">
-        <v>392</v>
+        <v>402</v>
       </c>
       <c r="B114">
         <v>60</v>
       </c>
       <c r="C114" t="s">
-        <v>294</v>
+        <v>403</v>
       </c>
       <c r="D114" t="s">
-        <v>396</v>
+        <v>404</v>
       </c>
       <c r="H114" t="s">
-        <v>397</v>
+        <v>405</v>
       </c>
       <c r="L114" t="s">
-        <v>398</v>
+        <v>411</v>
       </c>
       <c r="P114" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q114" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R114" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S114" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="115" spans="1:19">
       <c r="A115" t="s">
-        <v>399</v>
+        <v>402</v>
       </c>
       <c r="B115">
-        <v>60</v>
+        <v>172</v>
       </c>
       <c r="C115" t="s">
-        <v>400</v>
+        <v>407</v>
       </c>
       <c r="D115" t="s">
-        <v>401</v>
+        <v>408</v>
       </c>
       <c r="H115" t="s">
-        <v>402</v>
+        <v>409</v>
       </c>
       <c r="L115" t="s">
-        <v>403</v>
+        <v>412</v>
       </c>
       <c r="P115" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q115" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R115" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S115" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="116" spans="1:19">
       <c r="A116" t="s">
-        <v>399</v>
+        <v>413</v>
       </c>
       <c r="B116">
         <v>60</v>
       </c>
       <c r="C116" t="s">
-        <v>404</v>
+        <v>414</v>
       </c>
       <c r="D116" t="s">
-        <v>405</v>
-[...2 lines deleted...]
-        <v>406</v>
+        <v>415</v>
       </c>
       <c r="L116" t="s">
-        <v>407</v>
+        <v>416</v>
       </c>
       <c r="P116" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q116" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R116" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S116" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="117" spans="1:19">
       <c r="A117" t="s">
-        <v>408</v>
+        <v>413</v>
       </c>
       <c r="B117">
         <v>60</v>
       </c>
       <c r="C117" t="s">
-        <v>409</v>
+        <v>417</v>
       </c>
       <c r="D117" t="s">
-        <v>410</v>
+        <v>418</v>
       </c>
       <c r="L117" t="s">
-        <v>411</v>
+        <v>419</v>
       </c>
       <c r="P117" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q117" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R117" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S117" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="118" spans="1:19">
       <c r="A118" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="B118">
         <v>60</v>
       </c>
       <c r="C118" t="s">
-        <v>413</v>
+        <v>420</v>
       </c>
       <c r="D118" t="s">
-        <v>414</v>
-[...2 lines deleted...]
-        <v>415</v>
+        <v>421</v>
       </c>
       <c r="L118" t="s">
-        <v>416</v>
+        <v>422</v>
       </c>
       <c r="P118" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q118" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R118" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S118" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="119" spans="1:19">
       <c r="A119" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="B119">
         <v>60</v>
       </c>
       <c r="C119" t="s">
-        <v>417</v>
+        <v>414</v>
       </c>
       <c r="D119" t="s">
-        <v>418</v>
-[...2 lines deleted...]
-        <v>419</v>
+        <v>415</v>
       </c>
       <c r="L119" t="s">
-        <v>420</v>
+        <v>423</v>
       </c>
       <c r="P119" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q119" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R119" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S119" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="120" spans="1:19">
       <c r="A120" t="s">
-        <v>421</v>
+        <v>413</v>
       </c>
       <c r="B120">
-        <v>147</v>
+        <v>60</v>
+      </c>
+      <c r="C120" t="s">
+        <v>417</v>
       </c>
       <c r="D120" t="s">
-        <v>422</v>
-[...2 lines deleted...]
-        <v>423</v>
+        <v>418</v>
       </c>
       <c r="L120" t="s">
         <v>424</v>
       </c>
       <c r="P120" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q120" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R120" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S120" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="121" spans="1:19">
       <c r="A121" t="s">
-        <v>421</v>
+        <v>425</v>
       </c>
       <c r="B121">
-        <v>60</v>
+        <v>272</v>
       </c>
       <c r="C121" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="D121" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="H121" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="L121" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="P121" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q121" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R121" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S121" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="122" spans="1:19">
       <c r="A122" t="s">
-        <v>429</v>
+        <v>425</v>
       </c>
       <c r="B122">
         <v>60</v>
       </c>
       <c r="C122" t="s">
-        <v>294</v>
+        <v>397</v>
       </c>
       <c r="D122" t="s">
         <v>430</v>
       </c>
       <c r="H122" t="s">
         <v>431</v>
       </c>
       <c r="L122" t="s">
         <v>432</v>
       </c>
       <c r="P122" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q122" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R122" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S122" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="123" spans="1:19">
       <c r="A123" t="s">
         <v>433</v>
       </c>
       <c r="B123">
-        <v>88</v>
+        <v>64</v>
       </c>
       <c r="C123" t="s">
+        <v>371</v>
+      </c>
+      <c r="D123" t="s">
         <v>434</v>
       </c>
-      <c r="D123" t="s">
+      <c r="H123" t="s">
         <v>435</v>
       </c>
-      <c r="H123" t="s">
+      <c r="L123" t="s">
         <v>436</v>
       </c>
-      <c r="L123" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P123" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q123" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R123" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S123" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="124" spans="1:19">
       <c r="A124" t="s">
+        <v>433</v>
+      </c>
+      <c r="B124">
+        <v>60</v>
+      </c>
+      <c r="C124" t="s">
+        <v>371</v>
+      </c>
+      <c r="D124" t="s">
+        <v>437</v>
+      </c>
+      <c r="H124" t="s">
         <v>438</v>
       </c>
-      <c r="B124">
-[...2 lines deleted...]
-      <c r="C124" t="s">
+      <c r="L124" t="s">
         <v>439</v>
       </c>
-      <c r="D124" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P124" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q124" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R124" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S124" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="125" spans="1:19">
       <c r="A125" t="s">
-        <v>443</v>
+        <v>433</v>
       </c>
       <c r="B125">
-        <v>107</v>
+        <v>60</v>
       </c>
       <c r="C125" t="s">
-        <v>294</v>
+        <v>397</v>
       </c>
       <c r="D125" t="s">
-        <v>444</v>
+        <v>440</v>
       </c>
       <c r="H125" t="s">
-        <v>445</v>
+        <v>441</v>
       </c>
       <c r="L125" t="s">
-        <v>446</v>
+        <v>442</v>
       </c>
       <c r="P125" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q125" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R125" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S125" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="126" spans="1:19">
       <c r="A126" t="s">
+        <v>433</v>
+      </c>
+      <c r="B126">
+        <v>60</v>
+      </c>
+      <c r="C126" t="s">
+        <v>397</v>
+      </c>
+      <c r="D126" t="s">
         <v>443</v>
       </c>
-      <c r="B126">
-[...7 lines deleted...]
-      </c>
       <c r="H126" t="s">
-        <v>449</v>
+        <v>444</v>
       </c>
       <c r="L126" t="s">
-        <v>450</v>
+        <v>445</v>
       </c>
       <c r="P126" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q126" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R126" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S126" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="127" spans="1:19">
       <c r="A127" t="s">
-        <v>451</v>
+        <v>446</v>
       </c>
       <c r="B127">
         <v>60</v>
       </c>
       <c r="C127" t="s">
-        <v>452</v>
+        <v>447</v>
       </c>
       <c r="D127" t="s">
-        <v>418</v>
+        <v>448</v>
       </c>
       <c r="H127" t="s">
-        <v>453</v>
+        <v>449</v>
       </c>
       <c r="L127" t="s">
-        <v>454</v>
+        <v>450</v>
       </c>
       <c r="P127" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q127" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R127" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S127" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="128" spans="1:19">
       <c r="A128" t="s">
-        <v>455</v>
+        <v>446</v>
       </c>
       <c r="B128">
-        <v>66</v>
+        <v>97</v>
       </c>
       <c r="C128" t="s">
-        <v>456</v>
+        <v>451</v>
       </c>
       <c r="D128" t="s">
-        <v>457</v>
+        <v>452</v>
       </c>
       <c r="H128" t="s">
-        <v>458</v>
+        <v>453</v>
       </c>
       <c r="L128" t="s">
-        <v>459</v>
+        <v>454</v>
       </c>
       <c r="P128" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q128" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R128" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S128" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="129" spans="1:19">
       <c r="A129" t="s">
-        <v>460</v>
+        <v>446</v>
       </c>
       <c r="B129">
-        <v>68</v>
+        <v>60</v>
       </c>
       <c r="C129" t="s">
-        <v>461</v>
+        <v>455</v>
       </c>
       <c r="D129" t="s">
-        <v>462</v>
+        <v>456</v>
       </c>
       <c r="H129" t="s">
-        <v>463</v>
+        <v>457</v>
       </c>
       <c r="L129" t="s">
-        <v>464</v>
+        <v>458</v>
       </c>
       <c r="P129" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q129" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R129" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S129" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="130" spans="1:19">
       <c r="A130" t="s">
-        <v>465</v>
+        <v>459</v>
       </c>
       <c r="B130">
-        <v>89</v>
+        <v>278</v>
       </c>
       <c r="C130" t="s">
-        <v>466</v>
+        <v>460</v>
       </c>
       <c r="D130" t="s">
-        <v>467</v>
+        <v>461</v>
       </c>
       <c r="H130" t="s">
-        <v>468</v>
+        <v>462</v>
       </c>
       <c r="L130" t="s">
-        <v>469</v>
+        <v>463</v>
       </c>
       <c r="P130" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q130" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R130" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S130" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="131" spans="1:19">
       <c r="A131" t="s">
-        <v>470</v>
+        <v>464</v>
       </c>
       <c r="B131">
-        <v>70</v>
+        <v>161</v>
       </c>
       <c r="C131" t="s">
-        <v>471</v>
+        <v>465</v>
       </c>
       <c r="D131" t="s">
-        <v>472</v>
+        <v>466</v>
       </c>
       <c r="H131" t="s">
-        <v>473</v>
+        <v>467</v>
       </c>
       <c r="L131" t="s">
-        <v>474</v>
+        <v>468</v>
       </c>
       <c r="P131" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q131" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R131" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S131" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="132" spans="1:19">
       <c r="A132" t="s">
+        <v>469</v>
+      </c>
+      <c r="B132">
+        <v>60</v>
+      </c>
+      <c r="C132" t="s">
         <v>470</v>
       </c>
-      <c r="B132">
-[...4 lines deleted...]
-      </c>
       <c r="D132" t="s">
-        <v>476</v>
+        <v>471</v>
       </c>
       <c r="H132" t="s">
-        <v>477</v>
+        <v>472</v>
       </c>
       <c r="L132" t="s">
-        <v>478</v>
+        <v>473</v>
       </c>
       <c r="P132" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q132" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R132" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S132" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="133" spans="1:19">
       <c r="A133" t="s">
-        <v>479</v>
+        <v>474</v>
       </c>
       <c r="B133">
-        <v>131</v>
+        <v>71</v>
       </c>
       <c r="C133" t="s">
-        <v>480</v>
+        <v>475</v>
       </c>
       <c r="D133" t="s">
-        <v>481</v>
+        <v>476</v>
       </c>
       <c r="H133" t="s">
-        <v>482</v>
+        <v>477</v>
       </c>
       <c r="L133" t="s">
-        <v>483</v>
+        <v>478</v>
       </c>
       <c r="P133" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q133" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R133" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S133" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="134" spans="1:19">
       <c r="A134" t="s">
+        <v>474</v>
+      </c>
+      <c r="B134">
+        <v>202</v>
+      </c>
+      <c r="C134" t="s">
         <v>479</v>
       </c>
-      <c r="B134">
-[...4 lines deleted...]
-      </c>
       <c r="D134" t="s">
-        <v>485</v>
+        <v>480</v>
       </c>
       <c r="H134" t="s">
-        <v>486</v>
+        <v>481</v>
       </c>
       <c r="L134" t="s">
-        <v>487</v>
+        <v>482</v>
       </c>
       <c r="P134" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q134" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R134" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S134" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="135" spans="1:19">
       <c r="A135" t="s">
-        <v>479</v>
+        <v>474</v>
       </c>
       <c r="B135">
-        <v>84</v>
+        <v>67</v>
       </c>
       <c r="C135" t="s">
-        <v>488</v>
+        <v>276</v>
       </c>
       <c r="D135" t="s">
-        <v>489</v>
+        <v>483</v>
       </c>
       <c r="H135" t="s">
-        <v>490</v>
+        <v>484</v>
       </c>
       <c r="L135" t="s">
-        <v>491</v>
+        <v>485</v>
       </c>
       <c r="P135" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q135" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R135" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S135" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="136" spans="1:19">
       <c r="A136" t="s">
-        <v>492</v>
+        <v>486</v>
       </c>
       <c r="B136">
         <v>60</v>
       </c>
       <c r="C136" t="s">
-        <v>161</v>
+        <v>487</v>
       </c>
       <c r="D136" t="s">
-        <v>493</v>
+        <v>488</v>
       </c>
       <c r="H136" t="s">
-        <v>494</v>
+        <v>489</v>
       </c>
       <c r="L136" t="s">
-        <v>495</v>
+        <v>490</v>
       </c>
       <c r="P136" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q136" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R136" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S136" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="137" spans="1:19">
       <c r="A137" t="s">
+        <v>491</v>
+      </c>
+      <c r="B137">
+        <v>185</v>
+      </c>
+      <c r="C137" t="s">
         <v>492</v>
       </c>
-      <c r="B137">
-[...4 lines deleted...]
-      </c>
       <c r="D137" t="s">
-        <v>418</v>
+        <v>461</v>
       </c>
       <c r="H137" t="s">
-        <v>497</v>
+        <v>493</v>
       </c>
       <c r="L137" t="s">
-        <v>498</v>
+        <v>494</v>
       </c>
       <c r="P137" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q137" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R137" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S137" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="138" spans="1:19">
       <c r="A138" t="s">
-        <v>499</v>
+        <v>495</v>
       </c>
       <c r="B138">
-        <v>129</v>
+        <v>213</v>
       </c>
       <c r="C138" t="s">
-        <v>500</v>
+        <v>496</v>
       </c>
       <c r="D138" t="s">
-        <v>501</v>
+        <v>310</v>
       </c>
       <c r="H138" t="s">
-        <v>502</v>
+        <v>497</v>
       </c>
       <c r="L138" t="s">
-        <v>503</v>
+        <v>498</v>
       </c>
       <c r="P138" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q138" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R138" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S138" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="139" spans="1:19">
       <c r="A139" t="s">
+        <v>495</v>
+      </c>
+      <c r="B139">
+        <v>60</v>
+      </c>
+      <c r="C139" t="s">
+        <v>397</v>
+      </c>
+      <c r="D139" t="s">
         <v>499</v>
       </c>
-      <c r="B139">
-[...7 lines deleted...]
-      </c>
       <c r="H139" t="s">
-        <v>506</v>
+        <v>500</v>
       </c>
       <c r="L139" t="s">
-        <v>507</v>
+        <v>501</v>
       </c>
       <c r="P139" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q139" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R139" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S139" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="140" spans="1:19">
       <c r="A140" t="s">
-        <v>508</v>
+        <v>502</v>
       </c>
       <c r="B140">
         <v>60</v>
       </c>
       <c r="C140" t="s">
-        <v>509</v>
+        <v>503</v>
       </c>
       <c r="D140" t="s">
-        <v>510</v>
+        <v>504</v>
       </c>
       <c r="H140" t="s">
-        <v>511</v>
+        <v>505</v>
       </c>
       <c r="L140" t="s">
-        <v>512</v>
+        <v>506</v>
       </c>
       <c r="P140" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q140" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R140" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S140" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="141" spans="1:19">
       <c r="A141" t="s">
-        <v>513</v>
+        <v>502</v>
       </c>
       <c r="B141">
-        <v>146</v>
+        <v>60</v>
       </c>
       <c r="C141" t="s">
-        <v>514</v>
+        <v>507</v>
       </c>
       <c r="D141" t="s">
-        <v>515</v>
+        <v>508</v>
       </c>
       <c r="H141" t="s">
-        <v>516</v>
+        <v>509</v>
       </c>
       <c r="L141" t="s">
-        <v>517</v>
+        <v>510</v>
       </c>
       <c r="P141" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q141" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R141" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S141" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="142" spans="1:19">
       <c r="A142" t="s">
-        <v>518</v>
+        <v>511</v>
       </c>
       <c r="B142">
-        <v>127</v>
+        <v>60</v>
       </c>
       <c r="C142" t="s">
-        <v>519</v>
+        <v>512</v>
       </c>
       <c r="D142" t="s">
-        <v>520</v>
-[...2 lines deleted...]
-        <v>521</v>
+        <v>513</v>
       </c>
       <c r="L142" t="s">
-        <v>522</v>
+        <v>514</v>
       </c>
       <c r="P142" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q142" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R142" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S142" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="143" spans="1:19">
       <c r="A143" t="s">
+        <v>515</v>
+      </c>
+      <c r="B143">
+        <v>60</v>
+      </c>
+      <c r="C143" t="s">
+        <v>516</v>
+      </c>
+      <c r="D143" t="s">
+        <v>517</v>
+      </c>
+      <c r="H143" t="s">
         <v>518</v>
       </c>
-      <c r="B143">
-[...10 lines deleted...]
-      </c>
       <c r="L143" t="s">
-        <v>525</v>
+        <v>519</v>
       </c>
       <c r="P143" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q143" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R143" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S143" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="144" spans="1:19">
       <c r="A144" t="s">
-        <v>518</v>
+        <v>515</v>
       </c>
       <c r="B144">
         <v>60</v>
       </c>
       <c r="C144" t="s">
-        <v>526</v>
+        <v>520</v>
       </c>
       <c r="D144" t="s">
-        <v>527</v>
+        <v>521</v>
       </c>
       <c r="H144" t="s">
-        <v>528</v>
+        <v>522</v>
       </c>
       <c r="L144" t="s">
-        <v>529</v>
+        <v>523</v>
       </c>
       <c r="P144" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q144" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R144" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S144" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="145" spans="1:19">
       <c r="A145" t="s">
-        <v>530</v>
+        <v>524</v>
       </c>
       <c r="B145">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>268</v>
+        <v>147</v>
       </c>
       <c r="D145" t="s">
-        <v>531</v>
+        <v>525</v>
       </c>
       <c r="H145" t="s">
-        <v>532</v>
+        <v>526</v>
       </c>
       <c r="L145" t="s">
-        <v>533</v>
+        <v>527</v>
       </c>
       <c r="P145" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q145" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R145" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S145" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="146" spans="1:19">
       <c r="A146" t="s">
-        <v>534</v>
+        <v>524</v>
       </c>
       <c r="B146">
         <v>60</v>
       </c>
       <c r="C146" t="s">
-        <v>535</v>
+        <v>528</v>
       </c>
       <c r="D146" t="s">
-        <v>493</v>
+        <v>529</v>
       </c>
       <c r="H146" t="s">
-        <v>536</v>
+        <v>530</v>
       </c>
       <c r="L146" t="s">
-        <v>537</v>
+        <v>531</v>
       </c>
       <c r="P146" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q146" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R146" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S146" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="147" spans="1:19">
       <c r="A147" t="s">
-        <v>538</v>
+        <v>532</v>
       </c>
       <c r="B147">
-        <v>123</v>
+        <v>60</v>
       </c>
       <c r="C147" t="s">
-        <v>539</v>
+        <v>397</v>
       </c>
       <c r="D147" t="s">
-        <v>540</v>
+        <v>533</v>
       </c>
       <c r="H147" t="s">
-        <v>541</v>
+        <v>534</v>
       </c>
       <c r="L147" t="s">
-        <v>542</v>
+        <v>535</v>
       </c>
       <c r="P147" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q147" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R147" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S147" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="148" spans="1:19">
       <c r="A148" t="s">
-        <v>543</v>
+        <v>536</v>
       </c>
       <c r="B148">
-        <v>60</v>
+        <v>88</v>
       </c>
       <c r="C148" t="s">
-        <v>544</v>
+        <v>537</v>
       </c>
       <c r="D148" t="s">
-        <v>545</v>
+        <v>538</v>
       </c>
       <c r="H148" t="s">
-        <v>546</v>
+        <v>539</v>
       </c>
       <c r="L148" t="s">
-        <v>547</v>
+        <v>540</v>
       </c>
       <c r="P148" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q148" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R148" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S148" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="149" spans="1:19">
       <c r="A149" t="s">
-        <v>548</v>
+        <v>541</v>
       </c>
       <c r="B149">
         <v>60</v>
       </c>
       <c r="C149" t="s">
-        <v>268</v>
+        <v>542</v>
       </c>
       <c r="D149" t="s">
-        <v>549</v>
+        <v>543</v>
+      </c>
+      <c r="H149" t="s">
+        <v>544</v>
       </c>
       <c r="L149" t="s">
-        <v>550</v>
+        <v>545</v>
       </c>
       <c r="P149" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q149" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R149" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S149" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="150" spans="1:19">
       <c r="A150" t="s">
+        <v>546</v>
+      </c>
+      <c r="B150">
+        <v>107</v>
+      </c>
+      <c r="C150" t="s">
+        <v>397</v>
+      </c>
+      <c r="D150" t="s">
+        <v>547</v>
+      </c>
+      <c r="H150" t="s">
         <v>548</v>
       </c>
-      <c r="B150">
-[...7 lines deleted...]
-      </c>
       <c r="L150" t="s">
-        <v>552</v>
+        <v>549</v>
       </c>
       <c r="P150" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q150" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R150" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S150" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="151" spans="1:19">
       <c r="A151" t="s">
-        <v>548</v>
+        <v>546</v>
       </c>
       <c r="B151">
-        <v>74</v>
+        <v>60</v>
       </c>
       <c r="C151" t="s">
+        <v>550</v>
+      </c>
+      <c r="D151" t="s">
+        <v>551</v>
+      </c>
+      <c r="H151" t="s">
+        <v>552</v>
+      </c>
+      <c r="L151" t="s">
         <v>553</v>
       </c>
-      <c r="D151" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P151" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q151" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R151" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S151" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="152" spans="1:19">
       <c r="A152" t="s">
-        <v>548</v>
+        <v>554</v>
       </c>
       <c r="B152">
         <v>60</v>
       </c>
       <c r="C152" t="s">
+        <v>555</v>
+      </c>
+      <c r="D152" t="s">
+        <v>521</v>
+      </c>
+      <c r="H152" t="s">
+        <v>556</v>
+      </c>
+      <c r="L152" t="s">
         <v>557</v>
       </c>
-      <c r="D152" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P152" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q152" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R152" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S152" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="153" spans="1:19">
       <c r="A153" t="s">
+        <v>558</v>
+      </c>
+      <c r="B153">
+        <v>66</v>
+      </c>
+      <c r="C153" t="s">
+        <v>559</v>
+      </c>
+      <c r="D153" t="s">
+        <v>560</v>
+      </c>
+      <c r="H153" t="s">
         <v>561</v>
       </c>
-      <c r="B153">
-[...2 lines deleted...]
-      <c r="C153" t="s">
+      <c r="L153" t="s">
         <v>562</v>
       </c>
-      <c r="D153" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P153" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q153" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R153" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S153" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="154" spans="1:19">
       <c r="A154" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
       <c r="B154">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="C154" t="s">
-        <v>268</v>
+        <v>564</v>
       </c>
       <c r="D154" t="s">
+        <v>565</v>
+      </c>
+      <c r="H154" t="s">
         <v>566</v>
       </c>
-      <c r="H154" t="s">
+      <c r="L154" t="s">
         <v>567</v>
       </c>
-      <c r="L154" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P154" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q154" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R154" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S154" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="155" spans="1:19">
       <c r="A155" t="s">
+        <v>568</v>
+      </c>
+      <c r="B155">
+        <v>89</v>
+      </c>
+      <c r="C155" t="s">
         <v>569</v>
       </c>
-      <c r="B155">
-[...2 lines deleted...]
-      <c r="C155" t="s">
+      <c r="D155" t="s">
         <v>570</v>
       </c>
-      <c r="D155" t="s">
+      <c r="H155" t="s">
         <v>571</v>
       </c>
-      <c r="H155" t="s">
+      <c r="L155" t="s">
         <v>572</v>
       </c>
-      <c r="L155" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P155" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q155" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R155" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S155" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="156" spans="1:19">
       <c r="A156" t="s">
+        <v>573</v>
+      </c>
+      <c r="B156">
+        <v>70</v>
+      </c>
+      <c r="C156" t="s">
         <v>574</v>
       </c>
-      <c r="B156">
-[...2 lines deleted...]
-      <c r="C156" t="s">
+      <c r="D156" t="s">
         <v>575</v>
       </c>
-      <c r="D156" t="s">
+      <c r="H156" t="s">
         <v>576</v>
       </c>
-      <c r="H156" t="s">
+      <c r="L156" t="s">
         <v>577</v>
       </c>
-      <c r="L156" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P156" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q156" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R156" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S156" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="157" spans="1:19">
       <c r="A157" t="s">
+        <v>573</v>
+      </c>
+      <c r="B157">
+        <v>60</v>
+      </c>
+      <c r="C157" t="s">
+        <v>578</v>
+      </c>
+      <c r="D157" t="s">
         <v>579</v>
       </c>
-      <c r="B157">
-[...5 lines deleted...]
-      <c r="D157" t="s">
+      <c r="H157" t="s">
         <v>580</v>
       </c>
-      <c r="H157" t="s">
+      <c r="L157" t="s">
         <v>581</v>
       </c>
-      <c r="L157" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P157" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q157" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R157" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S157" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="158" spans="1:19">
       <c r="A158" t="s">
+        <v>582</v>
+      </c>
+      <c r="B158">
+        <v>131</v>
+      </c>
+      <c r="C158" t="s">
         <v>583</v>
       </c>
-      <c r="B158">
-[...2 lines deleted...]
-      <c r="C158" t="s">
+      <c r="D158" t="s">
         <v>584</v>
       </c>
-      <c r="D158" t="s">
+      <c r="H158" t="s">
         <v>585</v>
       </c>
-      <c r="H158" t="s">
+      <c r="L158" t="s">
         <v>586</v>
       </c>
-      <c r="L158" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P158" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q158" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R158" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S158" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="159" spans="1:19">
       <c r="A159" t="s">
+        <v>582</v>
+      </c>
+      <c r="B159">
+        <v>83</v>
+      </c>
+      <c r="C159" t="s">
+        <v>587</v>
+      </c>
+      <c r="D159" t="s">
         <v>588</v>
       </c>
-      <c r="B159">
-[...2 lines deleted...]
-      <c r="C159" t="s">
+      <c r="H159" t="s">
         <v>589</v>
       </c>
-      <c r="D159" t="s">
+      <c r="L159" t="s">
         <v>590</v>
       </c>
-      <c r="H159" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P159" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q159" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R159" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S159" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="160" spans="1:19">
       <c r="A160" t="s">
+        <v>582</v>
+      </c>
+      <c r="B160">
+        <v>84</v>
+      </c>
+      <c r="C160" t="s">
+        <v>591</v>
+      </c>
+      <c r="D160" t="s">
+        <v>592</v>
+      </c>
+      <c r="H160" t="s">
         <v>593</v>
       </c>
-      <c r="B160">
-[...2 lines deleted...]
-      <c r="C160" t="s">
+      <c r="L160" t="s">
         <v>594</v>
       </c>
-      <c r="D160" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P160" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q160" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R160" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S160" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="161" spans="1:19">
       <c r="A161" t="s">
-        <v>598</v>
+        <v>595</v>
       </c>
       <c r="B161">
-        <v>123</v>
+        <v>60</v>
       </c>
       <c r="C161" t="s">
-        <v>599</v>
+        <v>266</v>
       </c>
       <c r="D161" t="s">
-        <v>206</v>
+        <v>83</v>
       </c>
       <c r="H161" t="s">
-        <v>22</v>
+        <v>596</v>
       </c>
       <c r="L161" t="s">
-        <v>600</v>
+        <v>597</v>
       </c>
       <c r="P161" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q161" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R161" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S161" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="162" spans="1:19">
       <c r="A162" t="s">
-        <v>601</v>
+        <v>595</v>
       </c>
       <c r="B162">
-        <v>108</v>
+        <v>134</v>
       </c>
       <c r="C162" t="s">
-        <v>602</v>
+        <v>598</v>
       </c>
       <c r="D162" t="s">
-        <v>603</v>
+        <v>521</v>
       </c>
       <c r="H162" t="s">
-        <v>604</v>
+        <v>599</v>
       </c>
       <c r="L162" t="s">
-        <v>605</v>
+        <v>600</v>
       </c>
       <c r="P162" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="Q162" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="R162" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="S162" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="163" spans="1:19">
       <c r="A163" t="s">
-        <v>606</v>
+        <v>601</v>
       </c>
       <c r="B163">
-        <v>60</v>
+        <v>129</v>
       </c>
       <c r="C163" t="s">
-        <v>607</v>
+        <v>602</v>
       </c>
       <c r="D163" t="s">
-        <v>608</v>
+        <v>603</v>
       </c>
       <c r="H163" t="s">
-        <v>609</v>
+        <v>604</v>
       </c>
       <c r="L163" t="s">
-        <v>610</v>
+        <v>605</v>
       </c>
       <c r="P163" t="s">
-        <v>611</v>
+        <v>23</v>
       </c>
       <c r="Q163" t="s">
-        <v>612</v>
+        <v>23</v>
       </c>
       <c r="R163" t="s">
-        <v>613</v>
+        <v>23</v>
       </c>
       <c r="S163" t="s">
-        <v>614</v>
+        <v>23</v>
       </c>
     </row>
     <row r="164" spans="1:19">
       <c r="A164" t="s">
+        <v>601</v>
+      </c>
+      <c r="B164">
+        <v>60</v>
+      </c>
+      <c r="C164" t="s">
         <v>606</v>
       </c>
-      <c r="B164">
-[...4 lines deleted...]
-      </c>
       <c r="D164" t="s">
-        <v>616</v>
+        <v>607</v>
       </c>
       <c r="H164" t="s">
-        <v>617</v>
+        <v>608</v>
       </c>
       <c r="L164" t="s">
-        <v>618</v>
+        <v>609</v>
       </c>
       <c r="P164" t="s">
-        <v>619</v>
+        <v>23</v>
       </c>
       <c r="Q164" t="s">
-        <v>620</v>
+        <v>23</v>
       </c>
       <c r="R164" t="s">
-        <v>621</v>
+        <v>23</v>
       </c>
       <c r="S164" t="s">
-        <v>622</v>
+        <v>23</v>
       </c>
     </row>
     <row r="165" spans="1:19">
       <c r="A165" t="s">
-        <v>623</v>
+        <v>610</v>
       </c>
       <c r="B165">
-        <v>120</v>
+        <v>60</v>
       </c>
       <c r="C165" t="s">
-        <v>624</v>
+        <v>611</v>
       </c>
       <c r="D165" t="s">
-        <v>625</v>
+        <v>612</v>
       </c>
       <c r="H165" t="s">
-        <v>626</v>
+        <v>613</v>
       </c>
       <c r="L165" t="s">
-        <v>627</v>
+        <v>614</v>
       </c>
       <c r="P165" t="s">
-        <v>628</v>
+        <v>23</v>
       </c>
       <c r="Q165" t="s">
-        <v>629</v>
+        <v>23</v>
       </c>
       <c r="R165" t="s">
-        <v>630</v>
+        <v>23</v>
       </c>
       <c r="S165" t="s">
-        <v>631</v>
+        <v>23</v>
       </c>
     </row>
     <row r="166" spans="1:19">
       <c r="A166" t="s">
-        <v>632</v>
+        <v>615</v>
       </c>
       <c r="B166">
-        <v>120</v>
+        <v>146</v>
       </c>
       <c r="C166" t="s">
-        <v>633</v>
+        <v>616</v>
       </c>
       <c r="D166" t="s">
-        <v>634</v>
+        <v>617</v>
       </c>
       <c r="H166" t="s">
-        <v>635</v>
+        <v>618</v>
       </c>
       <c r="L166" t="s">
-        <v>636</v>
+        <v>619</v>
       </c>
       <c r="P166" t="s">
-        <v>637</v>
+        <v>23</v>
       </c>
       <c r="Q166" t="s">
-        <v>638</v>
+        <v>23</v>
       </c>
       <c r="R166" t="s">
-        <v>639</v>
+        <v>23</v>
       </c>
       <c r="S166" t="s">
-        <v>640</v>
+        <v>23</v>
       </c>
     </row>
     <row r="167" spans="1:19">
       <c r="A167" t="s">
-        <v>641</v>
+        <v>620</v>
+      </c>
+      <c r="B167">
+        <v>127</v>
       </c>
       <c r="C167" t="s">
-        <v>642</v>
+        <v>621</v>
       </c>
       <c r="D167" t="s">
-        <v>643</v>
-[...8 lines deleted...]
-        <v>646</v>
+        <v>622</v>
       </c>
       <c r="H167" t="s">
-        <v>647</v>
-[...8 lines deleted...]
-        <v>650</v>
+        <v>623</v>
       </c>
       <c r="L167" t="s">
-        <v>651</v>
-[...8 lines deleted...]
-        <v>654</v>
+        <v>624</v>
       </c>
       <c r="P167" t="s">
-        <v>611</v>
+        <v>23</v>
       </c>
       <c r="Q167" t="s">
-        <v>612</v>
+        <v>23</v>
       </c>
       <c r="R167" t="s">
-        <v>613</v>
+        <v>23</v>
       </c>
       <c r="S167" t="s">
-        <v>614</v>
+        <v>23</v>
       </c>
     </row>
     <row r="168" spans="1:19">
       <c r="A168" t="s">
-        <v>655</v>
+        <v>620</v>
+      </c>
+      <c r="B168">
+        <v>60</v>
       </c>
       <c r="C168" t="s">
-        <v>656</v>
+        <v>625</v>
       </c>
       <c r="D168" t="s">
-        <v>657</v>
+        <v>521</v>
+      </c>
+      <c r="H168" t="s">
+        <v>626</v>
       </c>
       <c r="L168" t="s">
-        <v>658</v>
+        <v>627</v>
       </c>
       <c r="P168" t="s">
-        <v>659</v>
+        <v>23</v>
       </c>
       <c r="Q168" t="s">
-        <v>660</v>
+        <v>23</v>
       </c>
       <c r="R168" t="s">
-        <v>661</v>
+        <v>23</v>
       </c>
       <c r="S168" t="s">
-        <v>662</v>
+        <v>23</v>
       </c>
     </row>
     <row r="169" spans="1:19">
       <c r="A169" t="s">
-        <v>663</v>
+        <v>620</v>
+      </c>
+      <c r="B169">
+        <v>60</v>
       </c>
       <c r="C169" t="s">
-        <v>664</v>
+        <v>628</v>
       </c>
       <c r="D169" t="s">
-        <v>665</v>
+        <v>629</v>
       </c>
       <c r="H169" t="s">
-        <v>666</v>
+        <v>630</v>
       </c>
       <c r="L169" t="s">
-        <v>667</v>
+        <v>631</v>
       </c>
       <c r="P169" t="s">
-        <v>668</v>
+        <v>23</v>
       </c>
       <c r="Q169" t="s">
-        <v>669</v>
+        <v>23</v>
       </c>
       <c r="R169" t="s">
-        <v>670</v>
+        <v>23</v>
       </c>
       <c r="S169" t="s">
-        <v>671</v>
+        <v>23</v>
       </c>
     </row>
     <row r="170" spans="1:19">
       <c r="A170" t="s">
-        <v>672</v>
+        <v>632</v>
       </c>
       <c r="B170">
-        <v>2</v>
+        <v>60</v>
       </c>
       <c r="C170" t="s">
-        <v>673</v>
+        <v>371</v>
       </c>
       <c r="D170" t="s">
-        <v>674</v>
+        <v>633</v>
       </c>
       <c r="H170" t="s">
-        <v>675</v>
+        <v>634</v>
       </c>
       <c r="L170" t="s">
-        <v>676</v>
+        <v>635</v>
       </c>
       <c r="P170" t="s">
-        <v>668</v>
+        <v>23</v>
       </c>
       <c r="Q170" t="s">
-        <v>669</v>
+        <v>23</v>
       </c>
       <c r="R170" t="s">
-        <v>670</v>
+        <v>23</v>
       </c>
       <c r="S170" t="s">
-        <v>671</v>
+        <v>23</v>
       </c>
     </row>
     <row r="171" spans="1:19">
       <c r="A171" t="s">
-        <v>672</v>
+        <v>636</v>
       </c>
       <c r="B171">
-        <v>2</v>
+        <v>60</v>
       </c>
       <c r="C171" t="s">
-        <v>677</v>
+        <v>637</v>
       </c>
       <c r="D171" t="s">
-        <v>678</v>
+        <v>83</v>
       </c>
       <c r="H171" t="s">
-        <v>679</v>
+        <v>638</v>
       </c>
       <c r="L171" t="s">
-        <v>680</v>
+        <v>639</v>
       </c>
       <c r="P171" t="s">
-        <v>681</v>
+        <v>23</v>
       </c>
       <c r="Q171" t="s">
-        <v>682</v>
+        <v>23</v>
       </c>
       <c r="R171" t="s">
-        <v>683</v>
+        <v>23</v>
       </c>
       <c r="S171" t="s">
-        <v>684</v>
+        <v>23</v>
       </c>
     </row>
     <row r="172" spans="1:19">
       <c r="A172" t="s">
+        <v>640</v>
+      </c>
+      <c r="B172">
+        <v>123</v>
+      </c>
+      <c r="C172" t="s">
+        <v>641</v>
+      </c>
+      <c r="D172" t="s">
+        <v>642</v>
+      </c>
+      <c r="H172" t="s">
+        <v>643</v>
+      </c>
+      <c r="L172" t="s">
+        <v>644</v>
+      </c>
+      <c r="P172" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q172" t="s">
+        <v>23</v>
+      </c>
+      <c r="R172" t="s">
+        <v>23</v>
+      </c>
+      <c r="S172" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="173" spans="1:19">
+      <c r="A173" t="s">
+        <v>645</v>
+      </c>
+      <c r="B173">
+        <v>60</v>
+      </c>
+      <c r="C173" t="s">
+        <v>646</v>
+      </c>
+      <c r="D173" t="s">
+        <v>647</v>
+      </c>
+      <c r="H173" t="s">
+        <v>648</v>
+      </c>
+      <c r="L173" t="s">
+        <v>649</v>
+      </c>
+      <c r="P173" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q173" t="s">
+        <v>23</v>
+      </c>
+      <c r="R173" t="s">
+        <v>23</v>
+      </c>
+      <c r="S173" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="174" spans="1:19">
+      <c r="A174" t="s">
+        <v>650</v>
+      </c>
+      <c r="B174">
+        <v>60</v>
+      </c>
+      <c r="C174" t="s">
+        <v>371</v>
+      </c>
+      <c r="D174" t="s">
+        <v>651</v>
+      </c>
+      <c r="L174" t="s">
+        <v>652</v>
+      </c>
+      <c r="P174" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q174" t="s">
+        <v>23</v>
+      </c>
+      <c r="R174" t="s">
+        <v>23</v>
+      </c>
+      <c r="S174" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="175" spans="1:19">
+      <c r="A175" t="s">
+        <v>650</v>
+      </c>
+      <c r="B175">
+        <v>60</v>
+      </c>
+      <c r="C175" t="s">
+        <v>371</v>
+      </c>
+      <c r="D175" t="s">
+        <v>653</v>
+      </c>
+      <c r="L175" t="s">
+        <v>654</v>
+      </c>
+      <c r="P175" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q175" t="s">
+        <v>23</v>
+      </c>
+      <c r="R175" t="s">
+        <v>23</v>
+      </c>
+      <c r="S175" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="176" spans="1:19">
+      <c r="A176" t="s">
+        <v>650</v>
+      </c>
+      <c r="B176">
+        <v>74</v>
+      </c>
+      <c r="C176" t="s">
+        <v>655</v>
+      </c>
+      <c r="D176" t="s">
+        <v>656</v>
+      </c>
+      <c r="H176" t="s">
+        <v>657</v>
+      </c>
+      <c r="L176" t="s">
+        <v>658</v>
+      </c>
+      <c r="P176" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q176" t="s">
+        <v>23</v>
+      </c>
+      <c r="R176" t="s">
+        <v>23</v>
+      </c>
+      <c r="S176" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="177" spans="1:19">
+      <c r="A177" t="s">
+        <v>650</v>
+      </c>
+      <c r="B177">
+        <v>60</v>
+      </c>
+      <c r="C177" t="s">
+        <v>659</v>
+      </c>
+      <c r="D177" t="s">
+        <v>660</v>
+      </c>
+      <c r="H177" t="s">
+        <v>661</v>
+      </c>
+      <c r="L177" t="s">
+        <v>662</v>
+      </c>
+      <c r="P177" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q177" t="s">
+        <v>23</v>
+      </c>
+      <c r="R177" t="s">
+        <v>23</v>
+      </c>
+      <c r="S177" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="178" spans="1:19">
+      <c r="A178" t="s">
+        <v>663</v>
+      </c>
+      <c r="B178">
+        <v>60</v>
+      </c>
+      <c r="C178" t="s">
+        <v>664</v>
+      </c>
+      <c r="D178" t="s">
+        <v>665</v>
+      </c>
+      <c r="H178" t="s">
+        <v>666</v>
+      </c>
+      <c r="L178" t="s">
+        <v>667</v>
+      </c>
+      <c r="P178" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q178" t="s">
+        <v>23</v>
+      </c>
+      <c r="R178" t="s">
+        <v>23</v>
+      </c>
+      <c r="S178" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="179" spans="1:19">
+      <c r="A179" t="s">
+        <v>663</v>
+      </c>
+      <c r="B179">
+        <v>70</v>
+      </c>
+      <c r="C179" t="s">
+        <v>371</v>
+      </c>
+      <c r="D179" t="s">
+        <v>668</v>
+      </c>
+      <c r="H179" t="s">
+        <v>669</v>
+      </c>
+      <c r="L179" t="s">
+        <v>670</v>
+      </c>
+      <c r="P179" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q179" t="s">
+        <v>23</v>
+      </c>
+      <c r="R179" t="s">
+        <v>23</v>
+      </c>
+      <c r="S179" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="180" spans="1:19">
+      <c r="A180" t="s">
+        <v>671</v>
+      </c>
+      <c r="B180">
+        <v>86</v>
+      </c>
+      <c r="C180" t="s">
+        <v>672</v>
+      </c>
+      <c r="D180" t="s">
+        <v>673</v>
+      </c>
+      <c r="H180" t="s">
+        <v>674</v>
+      </c>
+      <c r="L180" t="s">
+        <v>675</v>
+      </c>
+      <c r="P180" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q180" t="s">
+        <v>23</v>
+      </c>
+      <c r="R180" t="s">
+        <v>23</v>
+      </c>
+      <c r="S180" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="181" spans="1:19">
+      <c r="A181" t="s">
+        <v>676</v>
+      </c>
+      <c r="B181">
+        <v>60</v>
+      </c>
+      <c r="C181" t="s">
+        <v>677</v>
+      </c>
+      <c r="D181" t="s">
+        <v>678</v>
+      </c>
+      <c r="H181" t="s">
+        <v>679</v>
+      </c>
+      <c r="L181" t="s">
+        <v>680</v>
+      </c>
+      <c r="P181" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q181" t="s">
+        <v>23</v>
+      </c>
+      <c r="R181" t="s">
+        <v>23</v>
+      </c>
+      <c r="S181" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="182" spans="1:19">
+      <c r="A182" t="s">
+        <v>681</v>
+      </c>
+      <c r="B182">
+        <v>127</v>
+      </c>
+      <c r="C182" t="s">
+        <v>628</v>
+      </c>
+      <c r="D182" t="s">
+        <v>682</v>
+      </c>
+      <c r="H182" t="s">
+        <v>683</v>
+      </c>
+      <c r="L182" t="s">
+        <v>684</v>
+      </c>
+      <c r="P182" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q182" t="s">
+        <v>23</v>
+      </c>
+      <c r="R182" t="s">
+        <v>23</v>
+      </c>
+      <c r="S182" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="183" spans="1:19">
+      <c r="A183" t="s">
         <v>685</v>
       </c>
-      <c r="B172">
+      <c r="B183">
+        <v>60</v>
+      </c>
+      <c r="C183" t="s">
+        <v>686</v>
+      </c>
+      <c r="D183" t="s">
+        <v>687</v>
+      </c>
+      <c r="H183" t="s">
+        <v>688</v>
+      </c>
+      <c r="L183" t="s">
+        <v>689</v>
+      </c>
+      <c r="P183" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q183" t="s">
+        <v>23</v>
+      </c>
+      <c r="R183" t="s">
+        <v>23</v>
+      </c>
+      <c r="S183" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="184" spans="1:19">
+      <c r="A184" t="s">
+        <v>690</v>
+      </c>
+      <c r="B184">
+        <v>125</v>
+      </c>
+      <c r="C184" t="s">
+        <v>691</v>
+      </c>
+      <c r="D184" t="s">
+        <v>692</v>
+      </c>
+      <c r="H184" t="s">
+        <v>693</v>
+      </c>
+      <c r="L184" t="s">
+        <v>694</v>
+      </c>
+      <c r="P184" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q184" t="s">
+        <v>23</v>
+      </c>
+      <c r="R184" t="s">
+        <v>23</v>
+      </c>
+      <c r="S184" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="185" spans="1:19">
+      <c r="A185" t="s">
+        <v>695</v>
+      </c>
+      <c r="B185">
+        <v>69</v>
+      </c>
+      <c r="C185" t="s">
+        <v>696</v>
+      </c>
+      <c r="D185" t="s">
+        <v>697</v>
+      </c>
+      <c r="H185" t="s">
+        <v>698</v>
+      </c>
+      <c r="L185" t="s">
+        <v>699</v>
+      </c>
+      <c r="P185" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q185" t="s">
+        <v>23</v>
+      </c>
+      <c r="R185" t="s">
+        <v>23</v>
+      </c>
+      <c r="S185" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="186" spans="1:19">
+      <c r="A186" t="s">
+        <v>700</v>
+      </c>
+      <c r="B186">
+        <v>123</v>
+      </c>
+      <c r="C186" t="s">
+        <v>701</v>
+      </c>
+      <c r="D186" t="s">
+        <v>310</v>
+      </c>
+      <c r="H186" t="s">
+        <v>128</v>
+      </c>
+      <c r="L186" t="s">
+        <v>702</v>
+      </c>
+      <c r="P186" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q186" t="s">
+        <v>23</v>
+      </c>
+      <c r="R186" t="s">
+        <v>23</v>
+      </c>
+      <c r="S186" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="187" spans="1:19">
+      <c r="A187" t="s">
+        <v>703</v>
+      </c>
+      <c r="B187">
+        <v>108</v>
+      </c>
+      <c r="C187" t="s">
+        <v>704</v>
+      </c>
+      <c r="D187" t="s">
+        <v>705</v>
+      </c>
+      <c r="H187" t="s">
+        <v>706</v>
+      </c>
+      <c r="L187" t="s">
+        <v>707</v>
+      </c>
+      <c r="P187" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q187" t="s">
+        <v>23</v>
+      </c>
+      <c r="R187" t="s">
+        <v>23</v>
+      </c>
+      <c r="S187" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="188" spans="1:19">
+      <c r="A188" t="s">
+        <v>708</v>
+      </c>
+      <c r="B188">
+        <v>60</v>
+      </c>
+      <c r="C188" t="s">
+        <v>709</v>
+      </c>
+      <c r="D188" t="s">
+        <v>710</v>
+      </c>
+      <c r="H188" t="s">
+        <v>711</v>
+      </c>
+      <c r="L188" t="s">
+        <v>712</v>
+      </c>
+      <c r="P188" t="s">
+        <v>713</v>
+      </c>
+      <c r="Q188" t="s">
+        <v>714</v>
+      </c>
+      <c r="R188" t="s">
+        <v>715</v>
+      </c>
+      <c r="S188" t="s">
+        <v>716</v>
+      </c>
+    </row>
+    <row r="189" spans="1:19">
+      <c r="A189" t="s">
+        <v>708</v>
+      </c>
+      <c r="B189">
+        <v>120</v>
+      </c>
+      <c r="C189" t="s">
+        <v>717</v>
+      </c>
+      <c r="D189" t="s">
+        <v>718</v>
+      </c>
+      <c r="H189" t="s">
+        <v>719</v>
+      </c>
+      <c r="L189" t="s">
+        <v>720</v>
+      </c>
+      <c r="P189" t="s">
+        <v>721</v>
+      </c>
+      <c r="Q189" t="s">
+        <v>722</v>
+      </c>
+      <c r="R189" t="s">
+        <v>723</v>
+      </c>
+      <c r="S189" t="s">
+        <v>724</v>
+      </c>
+    </row>
+    <row r="190" spans="1:19">
+      <c r="A190" t="s">
+        <v>725</v>
+      </c>
+      <c r="B190">
+        <v>120</v>
+      </c>
+      <c r="C190" t="s">
+        <v>726</v>
+      </c>
+      <c r="D190" t="s">
+        <v>727</v>
+      </c>
+      <c r="H190" t="s">
+        <v>728</v>
+      </c>
+      <c r="L190" t="s">
+        <v>729</v>
+      </c>
+      <c r="P190" t="s">
+        <v>730</v>
+      </c>
+      <c r="Q190" t="s">
+        <v>731</v>
+      </c>
+      <c r="R190" t="s">
+        <v>732</v>
+      </c>
+      <c r="S190" t="s">
+        <v>733</v>
+      </c>
+    </row>
+    <row r="191" spans="1:19">
+      <c r="A191" t="s">
+        <v>734</v>
+      </c>
+      <c r="B191">
+        <v>120</v>
+      </c>
+      <c r="C191" t="s">
+        <v>735</v>
+      </c>
+      <c r="D191" t="s">
+        <v>736</v>
+      </c>
+      <c r="H191" t="s">
+        <v>737</v>
+      </c>
+      <c r="L191" t="s">
+        <v>738</v>
+      </c>
+      <c r="P191" t="s">
+        <v>739</v>
+      </c>
+      <c r="Q191" t="s">
+        <v>740</v>
+      </c>
+      <c r="R191" t="s">
+        <v>741</v>
+      </c>
+      <c r="S191" t="s">
+        <v>742</v>
+      </c>
+    </row>
+    <row r="192" spans="1:19">
+      <c r="A192" t="s">
+        <v>743</v>
+      </c>
+      <c r="C192" t="s">
+        <v>744</v>
+      </c>
+      <c r="D192" t="s">
+        <v>745</v>
+      </c>
+      <c r="E192" t="s">
+        <v>746</v>
+      </c>
+      <c r="F192" t="s">
+        <v>747</v>
+      </c>
+      <c r="G192" t="s">
+        <v>748</v>
+      </c>
+      <c r="H192" t="s">
+        <v>749</v>
+      </c>
+      <c r="I192" t="s">
+        <v>750</v>
+      </c>
+      <c r="J192" t="s">
+        <v>751</v>
+      </c>
+      <c r="K192" t="s">
+        <v>752</v>
+      </c>
+      <c r="L192" t="s">
+        <v>753</v>
+      </c>
+      <c r="M192" t="s">
+        <v>754</v>
+      </c>
+      <c r="N192" t="s">
+        <v>755</v>
+      </c>
+      <c r="O192" t="s">
+        <v>756</v>
+      </c>
+      <c r="P192" t="s">
+        <v>713</v>
+      </c>
+      <c r="Q192" t="s">
+        <v>714</v>
+      </c>
+      <c r="R192" t="s">
+        <v>715</v>
+      </c>
+      <c r="S192" t="s">
+        <v>716</v>
+      </c>
+    </row>
+    <row r="193" spans="1:19">
+      <c r="A193" t="s">
+        <v>757</v>
+      </c>
+      <c r="C193" t="s">
+        <v>758</v>
+      </c>
+      <c r="D193" t="s">
+        <v>759</v>
+      </c>
+      <c r="L193" t="s">
+        <v>760</v>
+      </c>
+      <c r="P193" t="s">
+        <v>761</v>
+      </c>
+      <c r="Q193" t="s">
+        <v>762</v>
+      </c>
+      <c r="R193" t="s">
+        <v>763</v>
+      </c>
+      <c r="S193" t="s">
+        <v>764</v>
+      </c>
+    </row>
+    <row r="194" spans="1:19">
+      <c r="A194" t="s">
+        <v>765</v>
+      </c>
+      <c r="C194" t="s">
+        <v>766</v>
+      </c>
+      <c r="D194" t="s">
+        <v>767</v>
+      </c>
+      <c r="H194" t="s">
+        <v>768</v>
+      </c>
+      <c r="L194" t="s">
+        <v>769</v>
+      </c>
+      <c r="P194" t="s">
+        <v>770</v>
+      </c>
+      <c r="Q194" t="s">
+        <v>771</v>
+      </c>
+      <c r="R194" t="s">
+        <v>772</v>
+      </c>
+      <c r="S194" t="s">
+        <v>773</v>
+      </c>
+    </row>
+    <row r="195" spans="1:19">
+      <c r="A195" t="s">
+        <v>774</v>
+      </c>
+      <c r="B195">
+        <v>2</v>
+      </c>
+      <c r="C195" t="s">
+        <v>775</v>
+      </c>
+      <c r="D195" t="s">
+        <v>776</v>
+      </c>
+      <c r="H195" t="s">
+        <v>777</v>
+      </c>
+      <c r="L195" t="s">
+        <v>778</v>
+      </c>
+      <c r="P195" t="s">
+        <v>770</v>
+      </c>
+      <c r="Q195" t="s">
+        <v>771</v>
+      </c>
+      <c r="R195" t="s">
+        <v>772</v>
+      </c>
+      <c r="S195" t="s">
+        <v>773</v>
+      </c>
+    </row>
+    <row r="196" spans="1:19">
+      <c r="A196" t="s">
+        <v>774</v>
+      </c>
+      <c r="B196">
+        <v>2</v>
+      </c>
+      <c r="C196" t="s">
+        <v>779</v>
+      </c>
+      <c r="D196" t="s">
+        <v>780</v>
+      </c>
+      <c r="H196" t="s">
+        <v>781</v>
+      </c>
+      <c r="L196" t="s">
+        <v>782</v>
+      </c>
+      <c r="P196" t="s">
+        <v>783</v>
+      </c>
+      <c r="Q196" t="s">
+        <v>784</v>
+      </c>
+      <c r="R196" t="s">
+        <v>785</v>
+      </c>
+      <c r="S196" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="197" spans="1:19">
+      <c r="A197" t="s">
+        <v>787</v>
+      </c>
+      <c r="B197">
         <v>5</v>
       </c>
-      <c r="C172" t="s">
-[...21 lines deleted...]
-        <v>684</v>
+      <c r="C197" t="s">
+        <v>788</v>
+      </c>
+      <c r="D197" t="s">
+        <v>789</v>
+      </c>
+      <c r="H197" t="s">
+        <v>790</v>
+      </c>
+      <c r="L197" t="s">
+        <v>791</v>
+      </c>
+      <c r="P197" t="s">
+        <v>783</v>
+      </c>
+      <c r="Q197" t="s">
+        <v>784</v>
+      </c>
+      <c r="R197" t="s">
+        <v>785</v>
+      </c>
+      <c r="S197" t="s">
+        <v>786</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>