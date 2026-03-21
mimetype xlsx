--- v0 (2026-02-04)
+++ v1 (2026-03-21)
@@ -419,72 +419,72 @@
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2">
-        <v>113</v>
+        <v>118</v>
       </c>
       <c r="B2">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="C2">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="D2">
         <v>1</v>
       </c>
       <c r="E2">
         <v>19</v>
       </c>
       <c r="F2">
         <v>21</v>
       </c>
       <c r="G2">
-        <v>114</v>
+        <v>131</v>
       </c>
       <c r="H2">
-        <v>135</v>
+        <v>152</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>