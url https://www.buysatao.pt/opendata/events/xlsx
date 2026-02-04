--- v0 (2025-12-14)
+++ v1 (2026-02-04)
@@ -12,509 +12,704 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="338">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="403">
   <si>
     <t>Start Date</t>
   </si>
   <si>
     <t>End Date</t>
   </si>
   <si>
     <t>Image</t>
   </si>
   <si>
     <t>Name (pt)</t>
   </si>
   <si>
     <t>Name (en)</t>
   </si>
   <si>
     <t>Name (es)</t>
   </si>
   <si>
     <t>Name (fr)</t>
   </si>
   <si>
     <t>Description (pt)</t>
   </si>
   <si>
     <t>Description (en)</t>
   </si>
   <si>
     <t>Description (es)</t>
   </si>
   <si>
     <t>Description (fr)</t>
   </si>
   <si>
     <t>Categories (pt)</t>
   </si>
   <si>
     <t>Categories (en)</t>
   </si>
   <si>
     <t>Categories (es)</t>
   </si>
   <si>
     <t>Categories (fr)</t>
   </si>
   <si>
+    <t>2026-02-28</t>
+  </si>
+  <si>
+    <t>https://www.buysatao.pt/files/images/activity/1770163208-cinema_28_fevereiro_2026_evento.jpg</t>
+  </si>
+  <si>
+    <t>Exibição do filme "Hamnet"</t>
+  </si>
+  <si>
+    <t>&lt;div&gt; &lt;ul&gt; &lt;li&gt;&lt;/li&gt; &lt;li&gt; &lt;p&gt;580, Inglaterra. William Shakespeare, um professor de latim empobrecido, conhece Agnes, uma mulher de esp&amp;iacute;rito aberto. Iniciam um romance intenso que leva ao casamento e a tr&amp;ecirc;s filhos. Will prossegue a sua carreira teatral em Londres e Agnes assume sozinha as responsabilidades dom&amp;eacute;sticas. Quando uma trag&amp;eacute;dia ocorre, o v&amp;iacute;nculo inabal&amp;aacute;vel do casal &amp;eacute; posto &amp;agrave; prova. Essa experi&amp;ecirc;ncia partilhada prepara o terreno para a cria&amp;ccedil;&amp;atilde;o da obra-prima intemporal de Shakespeare, &lt;a href="https://www.youtube.com/watch?v=xYcgQMxQwmk" title="Exibi&amp;ccedil;&amp;atilde;o do Filme Hamnet" target="_self" target="_blank"&gt;Hamlet&lt;/a&gt;.&lt;/p&gt; &lt;p&gt;(Fonte: filmspot.pt)&lt;/p&gt; &amp;nbsp;&lt;/li&gt; &lt;/ul&gt; &lt;/div&gt;</t>
+  </si>
+  <si>
+    <t>[{"name":"CM-Sátão"}]</t>
+  </si>
+  <si>
+    <t>2026-02-21</t>
+  </si>
+  <si>
+    <t>https://www.buysatao.pt/files/images/activity/1770163209-cinema_21_fevereiro_2026_evento.jpg</t>
+  </si>
+  <si>
+    <t>Exibição do filme "Frankie e os Monstros"</t>
+  </si>
+  <si>
+    <t>&lt;div&gt; &lt;ul&gt; &lt;li&gt;&lt;/li&gt; &lt;li&gt; &lt;p&gt;&lt;a href="https://www.youtube.com/watch?v=T_yF--G7wp4" title="Exibi&amp;ccedil;&amp;atilde;o do Filme Frankie e os Monstros" target="_blank" target="_blank"&gt;Stitch Head&lt;/a&gt;, uma pequena criatura despertada por um Professor Louco num castelo, protege as outras cria&amp;ccedil;&amp;otilde;es do professor da ira dos habitantes da cidade de Grubbers Nubbin.&lt;/p&gt; &lt;p&gt;(Fonte: filmspot.pt)&lt;/p&gt; &amp;nbsp;&lt;/li&gt; &lt;/ul&gt; &lt;/div&gt;</t>
+  </si>
+  <si>
+    <t>2026-02-16</t>
+  </si>
+  <si>
+    <t>https://www.buysatao.pt/files/images/activity/1770163210-carnaval_2026_biblioteca_finalevento.jpg</t>
+  </si>
+  <si>
+    <t>“Confeti Maluco” na Biblioteca Municipal de Sátão</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;&lt;/p&gt; &lt;div&gt; &lt;ul&gt; &lt;li&gt;&lt;/li&gt; &lt;li&gt; &lt;p&gt;A Biblioteca Municipal de S&amp;aacute;t&amp;atilde;o vai assinalar a &amp;eacute;poca do Carnaval com a realiza&amp;ccedil;&amp;atilde;o da atividade &amp;ldquo;Confeti Maluco&amp;rdquo;, no dia 16 de fevereiro de 2026 (segunda-feira), &amp;agrave;s 10h00 e &amp;agrave;s 14h00, direcionada &amp;agrave;s crian&amp;ccedil;as dos 3 aos 10 anos.&lt;/p&gt; &lt;p&gt;Esta atividade pretende desenvolver a coordena&amp;ccedil;&amp;atilde;o motora, aten&amp;ccedil;&amp;atilde;o e esp&amp;iacute;rito de equipa de forma divertida. Os interessados devem realizar a respetiva inscri&amp;ccedil;&amp;atilde;o at&amp;eacute; ao dia 12 de fevereiro, atrav&amp;eacute;s do contacto 232980008 (chamada para a rede fixa nacional).&lt;/p&gt; &amp;nbsp;&lt;/li&gt; &lt;/ul&gt; &lt;/div&gt;</t>
+  </si>
+  <si>
+    <t>2026-02-07</t>
+  </si>
+  <si>
+    <t>https://www.buysatao.pt/files/images/activity/1770163210-cinema_07_fevereiro_2026_evento.jpg</t>
+  </si>
+  <si>
+    <t>Exibição do filme "Família de Aluguer"</t>
+  </si>
+  <si>
+    <t>&lt;div&gt; &lt;ul&gt; &lt;li&gt;&lt;/li&gt; &lt;li&gt; &lt;p&gt;Um ator americano em T&amp;oacute;quio luta para encontrar um prop&amp;oacute;sito at&amp;eacute; conseguir um trabalho incomum: trabalhar para uma ag&amp;ecirc;ncia japonesa de "&lt;a href="https://www.youtube.com/watch?v=tRaIfUCjLY8" title="Trailer - Fam&amp;iacute;lias de Aluguer" target="_blank" target="_blank"&gt;fam&amp;iacute;lias de aluguer&lt;/a&gt;", desempenhando pap&amp;eacute;is substitutos para estranhos. &amp;Agrave; medida que mergulha no mundo dos seus clientes, come&amp;ccedil;a a formar la&amp;ccedil;os genu&amp;iacute;nos que esbatem as fronteiras entre a representa&amp;ccedil;&amp;atilde;o e a realidade.&lt;/p&gt; &lt;p&gt;(Fonte: filmspot.pt)&lt;/p&gt; &amp;nbsp;&lt;/li&gt; &lt;/ul&gt; &lt;/div&gt;</t>
+  </si>
+  <si>
+    <t>https://www.buysatao.pt/files/images/activity/1770163211-evento_pelas_maos_de_quem_sabe_fevereiro_2026_04.jpg</t>
+  </si>
+  <si>
+    <t>Pelas mãos de quem sabe - “Acessório de Carnaval” com inscrições abertas</t>
+  </si>
+  <si>
+    <t>&lt;div&gt; &lt;ul&gt; &lt;li&gt;&lt;/li&gt; &lt;li&gt; &lt;p&gt;No &amp;acirc;mbito da iniciativa &amp;ldquo;Pelas m&amp;atilde;os de quem sabe&amp;rdquo;, vai decorrer no dia 07 de fevereiro de 2026, s&amp;aacute;bado, entre as 10h00 e as 12h00, na Casa da Cultura de S&amp;aacute;t&amp;atilde;o, o workshop &amp;ldquo;Acess&amp;oacute;rio de Carnaval&amp;rdquo;, com T&amp;acirc;nia Chaves.&lt;/p&gt; &lt;p&gt;As inscri&amp;ccedil;&amp;otilde;es s&amp;atilde;o gratuitas e limitadas a 10 participantes, devendo ser realizadas at&amp;eacute; ao dia 05 de fevereiro, &lt;a href="https://www.cm-satao.pt/balcao-virtual/formularios/formulario-pelas-maos-de-quem-sabe" title="Fromul&amp;aacute;rio de Inscri&amp;ccedil;&amp;atilde;o - Pelas M&amp;atilde;os de Quem Sabe (Fevereiro)" target="_self" target="_blank"&gt;online&lt;/a&gt;.&amp;nbsp;&amp;nbsp;&lt;/p&gt; &lt;p&gt;Para mais informa&amp;ccedil;&amp;otilde;es, os interessados devem contactar o tel. 232980007 (chamada para a rede fixa nacional).&lt;/p&gt; &amp;nbsp;&lt;/li&gt; &lt;/ul&gt; &lt;/div&gt;</t>
+  </si>
+  <si>
+    <t>2026-02-01</t>
+  </si>
+  <si>
+    <t>https://www.buysatao.pt/files/images/activity/1770163212-programa_fevereiro_26_evento.jpg</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Divulgação das atividades do mês de fevereiro da Universidade Sénior de Sátão.</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;Divulga&amp;ccedil;&amp;atilde;o das atividades do m&amp;ecirc;s de fevereiro da Universidade S&amp;eacute;nior de S&amp;aacute;t&amp;atilde;o.&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>2026-01-31</t>
+  </si>
+  <si>
+    <t>https://www.buysatao.pt/files/images/activity/1770163213-cinema_31_janeiro_2025_evento.jpg</t>
+  </si>
+  <si>
+    <t>Exibição do filme "A Criada"</t>
+  </si>
+  <si>
+    <t>&lt;div&gt; &lt;ul&gt; &lt;li&gt;&lt;/li&gt; &lt;li&gt; &lt;p&gt;&lt;a href="https://www.youtube.com/watch?v=kdDdlY2VPxw" title="A Criada" target="_blank" target="_blank"&gt;Millie&lt;/a&gt; &amp;eacute; uma mulher lutadora e feliz por recome&amp;ccedil;ar a vida como empregada dom&amp;eacute;stica de Nina e Andrew, um casal rico. No entanto, logo percebe que os segredos da fam&amp;iacute;lia s&amp;atilde;o mais perigosos do que os seus.&lt;/p&gt; &amp;nbsp;&lt;/li&gt; &lt;/ul&gt; &lt;/div&gt;</t>
+  </si>
+  <si>
+    <t>2026-01-25</t>
+  </si>
+  <si>
+    <t>https://www.buysatao.pt/files/images/activity/1770163214-site_livro_valsa_dos_amantes_copiar.jpg</t>
+  </si>
+  <si>
+    <t>Apresentação do livro “A Valsa dos Amantes”</t>
+  </si>
+  <si>
+    <t>&lt;div&gt; &lt;ul&gt; &lt;li&gt;&lt;/li&gt; &lt;li&gt; &lt;p&gt;O Presidente da C&amp;acirc;mara Municipal de S&amp;aacute;t&amp;atilde;o, Alexandre Manuel Mendon&amp;ccedil;a Vaz, e o autor Rebelo Marinho t&amp;ecirc;m a honra de convidar a popula&amp;ccedil;&amp;atilde;o para a Sess&amp;atilde;o de Lan&amp;ccedil;amento do livro A Valsa dos Amantes, que ter&amp;aacute; lugar no pr&amp;oacute;ximo domingo, dia 25 de janeiro, &amp;agrave;s 15h00, na Biblioteca Municipal de S&amp;aacute;t&amp;atilde;o.&lt;/p&gt; &lt;p&gt;A obra ser&amp;aacute; apresentada por Fernando Alexandre Lopes, num momento dedicado &amp;agrave; promo&amp;ccedil;&amp;atilde;o da leitura, da literatura e da cultura no concelho.&lt;/p&gt; &lt;p&gt;O Munic&amp;iacute;pio de S&amp;aacute;t&amp;atilde;o refor&amp;ccedil;a, desta forma, o seu compromisso com a valoriza&amp;ccedil;&amp;atilde;o cultural e convida todos os interessados a participarem neste encontro liter&amp;aacute;rio de entrada livre.&lt;/p&gt; &amp;nbsp;&lt;/li&gt; &lt;/ul&gt; &lt;/div&gt; &lt;p&gt;&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>2026-01-24</t>
+  </si>
+  <si>
+    <t>https://www.buysatao.pt/files/images/activity/1770163215-cinema_24_janeiro_2025_evento.jpg</t>
+  </si>
+  <si>
+    <t>Exibição do filme "Spongebob o filme: À procura das Calças Quadradas"</t>
+  </si>
+  <si>
+    <t>&lt;div&gt; &lt;ul&gt; &lt;li&gt;&lt;/li&gt; &lt;li&gt; &lt;p&gt;Desejoso de provar que &amp;eacute; um verdadeiro her&amp;oacute;i, &lt;a href="https://www.youtube.com/watch?v=XdPt8QWTypI" title="Spongebobo o filme" target="_blank" target="_blank"&gt;SpongeBob&lt;/a&gt; parte numa aventura para demonstrar a sua coragem a Mr. Krabs seguindo O Holand&amp;ecirc;s Voador, um misterioso e aventureiro pirata fantasma numa com&amp;eacute;dia mar&amp;iacute;tima que o leva &amp;agrave;s profundezas do oceano, onde nenhuma esponja jamais esteve.&lt;/p&gt; &amp;nbsp;&lt;/li&gt; &lt;/ul&gt; &lt;/div&gt;</t>
+  </si>
+  <si>
+    <t>2026-01-23</t>
+  </si>
+  <si>
+    <t>https://www.buysatao.pt/files/images/activity/1770163216-cartaz_perdicao_satao.jpg</t>
+  </si>
+  <si>
+    <t>Espetáculo "Perdição"</t>
+  </si>
+  <si>
+    <t>&lt;div&gt; &lt;ul&gt; &lt;li&gt;&lt;/li&gt; &lt;li&gt; &lt;p&gt;No dia 23 de janeiro de 2026, pelas 21h00, o Cineteatro Municipal de S&amp;aacute;t&amp;atilde;o recebe o espet&amp;aacute;culo &amp;ldquo;Perdi&amp;ccedil;&amp;atilde;o&amp;rdquo;, uma adapta&amp;ccedil;&amp;atilde;o teatral da obra &amp;ldquo;Amor de Perdi&amp;ccedil;&amp;atilde;o&amp;rdquo;, de Camilo Castelo Branco. Em palco estar&amp;aacute; a AFTA, Grupo OFF, com encena&amp;ccedil;&amp;atilde;o de Florbela S&amp;aacute; Cunha, numa proposta art&amp;iacute;stica que revisita um dos maiores cl&amp;aacute;ssicos da literatura portuguesa, explorando de forma intensa os temas do amor, do destino e da trag&amp;eacute;dia. Esta iniciativa promete uma noite de teatro marcada pela emo&amp;ccedil;&amp;atilde;o e pela for&amp;ccedil;a dram&amp;aacute;tica de uma hist&amp;oacute;ria intemporal, aberta a todo o p&amp;uacute;blico apreciador das artes c&amp;eacute;nicas.&lt;/p&gt; &amp;nbsp;&lt;/li&gt; &lt;/ul&gt; &lt;/div&gt;</t>
+  </si>
+  <si>
+    <t>2026-01-19</t>
+  </si>
+  <si>
+    <t>https://www.buysatao.pt/files/images/activity/1770163216-evento_inauguracao_naif_06.jpg</t>
+  </si>
+  <si>
+    <t>Inauguração do Museu de Pintura Naïf e do Restauro da Capela Mor de São Saturnino em Sátão</t>
+  </si>
+  <si>
+    <t>&lt;div&gt; &lt;ul&gt; &lt;li&gt;&lt;/li&gt; &lt;li&gt; &lt;p&gt;O Munic&amp;iacute;pio de S&amp;aacute;t&amp;atilde;o inaugura o Museu de Pintura Na&amp;iuml;f e do Restauro da Capela Mor de S&amp;atilde;o Saturnino, no dia 19 de janeiro de 2026, segunda-feira, &amp;agrave;s 14h30, na localidade de Pedrosas, concelho de S&amp;aacute;t&amp;atilde;o, com a presen&amp;ccedil;a da Ministra da Cultura, Juventude e Desporto, Margarida Balseiro Lopes e do Bispo de Viseu, D. Ant&amp;oacute;nio Luciano.&lt;/p&gt; &lt;p&gt;O Museu de Pintura Na&amp;iuml;f de S&amp;aacute;t&amp;atilde;o alberga uma extraordin&amp;aacute;ria cole&amp;ccedil;&amp;atilde;o de arte na&amp;iuml;f doada &amp;agrave; autarquia por Herm&amp;iacute;nio Ferreira (1944-2018). Natural das Pedrosas, este grande economista tinha um profundo fasc&amp;iacute;nio pelas artes, levando-o a colecionar antiguidades de v&amp;aacute;rios g&amp;eacute;neros. Foi assim que, ao longo da sua vida, foi juntando quadros de pintura na&amp;iuml;f dando corpo &amp;agrave; cole&amp;ccedil;&amp;atilde;o. A C&amp;acirc;mara Municipal de S&amp;aacute;t&amp;atilde;o recuperou em 2018 a sua casa de fam&amp;iacute;lia, tendo constru&amp;iacute;do um edif&amp;iacute;cio novo para a incorpora&amp;ccedil;&amp;atilde;o da cole&amp;ccedil;&amp;atilde;o nascendo da&amp;iacute; o Museu de Pintura Na&amp;iuml;f. A Pintura Na&amp;iuml;f &amp;eacute; conhecida como um estilo art&amp;iacute;stico espont&amp;acirc;neo, criado por artistas autodidatas, sendo tamb&amp;eacute;m apelidada de &amp;ldquo;arte primitiva&amp;rdquo;.&lt;/p&gt; &lt;p&gt;O Museu de Pintura Na&amp;iuml;f abre ao p&amp;uacute;blico no dia 22 de janeiro e ter&amp;aacute; o seguinte hor&amp;aacute;rio de funcionamento: quinta e sexta-feira das 09h00 &amp;agrave;s 13h00 e das 14h00 &amp;agrave;s 17h00, s&amp;aacute;bado e domingo das 14h00 &amp;agrave;s 17h00.&lt;/p&gt; &amp;nbsp;&lt;/li&gt; &lt;/ul&gt; &lt;/div&gt;</t>
+  </si>
+  <si>
+    <t>2026-01-17</t>
+  </si>
+  <si>
+    <t>https://www.buysatao.pt/files/images/activity/1770163218-cinema_17_janeiro_2025_evento.jpg</t>
+  </si>
+  <si>
+    <t>Exibição do filme "Avatar: Fogo e Cinzas"</t>
+  </si>
+  <si>
+    <t>&lt;div&gt; &lt;ul&gt; &lt;li&gt;&lt;/li&gt; &lt;li&gt; &lt;p&gt;A hist&amp;oacute;ria come&amp;ccedil;a algumas semanas ap&amp;oacute;s os acontecimentos de "&lt;a href="https://www.youtube.com/watch?v=6zmO2mtciYs" title="Avatar: Fogo e Cinzas" target="_blank" target="_blank"&gt;Avatar&lt;/a&gt;: O Caminho da &amp;Aacute;gua". A fam&amp;iacute;lia Sully continua a viver entre o cl&amp;atilde; Metkayina nos pitorescos recifes de Pandora enquanto aprende a viver sem Neteyam, o filho mais velho que morreu numa escaramu&amp;ccedil;a com o Povo do C&amp;eacute;u.&lt;/p&gt; &lt;p&gt;Jake, Neytiri, Lo'ak, Tuk, Spider e Kiri lidam com a perda &amp;agrave; sua maneira. Enquanto Spider se adapta &amp;agrave; vida com o povo do recife, os Sully preocupam-se com a sua seguran&amp;ccedil;a e percebe que ele n&amp;atilde;o pode mais permanecer com eles. Ap&amp;oacute;s uma apresenta&amp;ccedil;&amp;atilde;o ao Cl&amp;atilde; Tlalim, n&amp;oacute;madas pac&amp;iacute;ficos que viajam pelos c&amp;eacute;us, o seu chefe, Peylak, concorda em transportar Spider de volta ao Acampamento Alto, a fortaleza dos Omatikaya.&lt;/p&gt; &lt;p&gt;Por fim, toda a fam&amp;iacute;lia Sully decide juntar-se a Spider na viagem que &amp;eacute; interrompida por um ataque do Cl&amp;atilde; Mangkwan, tamb&amp;eacute;m conhecido como o Povo das Cinzas. Liderado por Varang, o Povo das Cinzas &amp;eacute; composto por Na'vi que viram a sua cultura e modo de vida foram drasticamente alterados ap&amp;oacute;s a devasta&amp;ccedil;&amp;atilde;o da sua terra por um vulc&amp;atilde;o. Culpam Eywa (a M&amp;atilde;e de Todos de Pandora) pelo desastre. Enquanto isso, a RDA est&amp;aacute; em dificuldades, ap&amp;oacute;s a derrota devastadora &amp;agrave;s m&amp;atilde;os de Jake Sully e do Cl&amp;atilde; Metkayina, e reagrupa-se para planear o pr&amp;oacute;ximo ataque.&lt;/p&gt; &amp;nbsp;&lt;/li&gt; &lt;/ul&gt; &lt;/div&gt;</t>
+  </si>
+  <si>
+    <t>2026-01-10</t>
+  </si>
+  <si>
+    <t>https://www.buysatao.pt/files/images/activity/1770163219-peca_teatro_alentar_2026_final_evento.jpg</t>
+  </si>
+  <si>
+    <t>Peça de Teatro “Alentar” no Cineteatro Municipal de Sátão</t>
+  </si>
+  <si>
+    <t>&lt;div&gt; &lt;ul&gt; &lt;li&gt;&lt;/li&gt; &lt;li&gt; &lt;p&gt;O grupo jovens/ adultos da Escola Municipal de Teatro de S&amp;aacute;t&amp;atilde;o vai apresentar no dia 10 de janeiro de 2026, s&amp;aacute;bado, &amp;agrave;s 21h00, no Cineteatro Municipal de S&amp;aacute;t&amp;atilde;o, a pe&amp;ccedil;a de teatro &amp;ldquo;Alentar&amp;rdquo;, com encena&amp;ccedil;&amp;atilde;o de Florbela S&amp;aacute; Cunha e com a colabora&amp;ccedil;&amp;atilde;o do grupo musical SemG&amp;eacute;nero.&lt;/p&gt; &lt;p&gt;Esta &amp;eacute; a primeira apresenta&amp;ccedil;&amp;atilde;o deste ano letivo, que vai certamente encantar o p&amp;uacute;blico.&lt;/p&gt; &lt;p&gt;&amp;ldquo; Alentar&amp;rdquo;&lt;/p&gt; &lt;p&gt;Numa aldeia quase deserta, onde as casas fechadas superam as habitadas e o sil&amp;ecirc;ncio pesa mais do que o som dos sinos, vivem alguns idosos que resistem ao abandono e &amp;agrave; passagem do tempo. A solid&amp;atilde;o tornou-se rotina, assim como o medo de serem os &amp;uacute;ltimos. Entre eles idosos que se agarram &amp;agrave; sua casa e &amp;agrave;s mem&amp;oacute;rias que ela guarda, recusando a ideia de serem enviados para um lar &amp;mdash;sair do seu lar &amp;eacute; morrer um pouco antes da hora.&lt;/p&gt; &lt;p&gt;A rotina da aldeia &amp;eacute; interrompida com a chegada de jovens imigrantes e refugiadas. Trazem outras l&amp;iacute;nguas, outras feridas, outras urg&amp;ecirc;ncias. No in&amp;iacute;cio, o encontro entre gera&amp;ccedil;&amp;otilde;es e experi&amp;ecirc;ncias &amp;eacute; marcado pelo estranhamento, pelo sil&amp;ecirc;ncio e pela desconfian&amp;ccedil;a. O passado de quem ficou confronta o presente de quem chegou.&lt;/p&gt; &lt;p&gt;&amp;Agrave; medida que pequenos gestos aproximam esses mundos nasce uma conviv&amp;ecirc;ncia inesperada. Enquanto a aldeia parece ganhar novo f&amp;ocirc;lego, a decis&amp;atilde;o de colocar a idosa num lar torna-se inevit&amp;aacute;vel, revelando o conflito entre cuidado e viol&amp;ecirc;ncia, prote&amp;ccedil;&amp;atilde;o e perda de autonomia.&lt;/p&gt; &lt;p&gt;A pe&amp;ccedil;a questiona quem decide onde &amp;eacute; o lugar de algu&amp;eacute;m, o que significa cuidar e se &amp;eacute; poss&amp;iacute;vel construir perten&amp;ccedil;a num mundo em constante deslocamento. Entre despedidas e recome&amp;ccedil;os, a aldeia transforma-se num espa&amp;ccedil;o de resist&amp;ecirc;ncia, onde solid&amp;atilde;o e esperan&amp;ccedil;a coexistem.&lt;/p&gt; &amp;nbsp;&lt;/li&gt; &lt;/ul&gt; &lt;/div&gt; &lt;p&gt;&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>https://www.buysatao.pt/files/images/activity/1770163219-evento_pelas_maos_de_quem_sabe_janeiro_2026_04.jpg</t>
+  </si>
+  <si>
+    <t>Pelas mãos de quem sabe - “Calendário” com inscrições abertas</t>
+  </si>
+  <si>
+    <t>&lt;div&gt; &lt;ul&gt; &lt;li&gt;&lt;/li&gt; &lt;li&gt; &lt;p&gt;No &amp;acirc;mbito da iniciativa &amp;ldquo;Pelas m&amp;atilde;os de quem sabe&amp;rdquo;, vai decorrer no dia 10 de janeiro de 2026, s&amp;aacute;bado, entre as 10h00 e as 12h00, na Casa da Cultura de S&amp;aacute;t&amp;atilde;o, o workshop &amp;ldquo;Calend&amp;aacute;rio&amp;rdquo;, com T&amp;acirc;nia Chaves.&lt;/p&gt; &lt;p&gt;As inscri&amp;ccedil;&amp;otilde;es s&amp;atilde;o gratuitas e limitadas a 10 participantes, devendo ser realizadas at&amp;eacute; ao dia 08 de janeiro, &lt;a href="https://www.cm-satao.pt/balcao-virtual/formularios/formulario-pelas-maos-de-quem-sabe" title="Inscri&amp;ccedil;&amp;otilde;es Pelas M&amp;atilde;os de Quem Sabe" target="_blank" target="_blank"&gt;online&lt;/a&gt;.&amp;nbsp;&lt;/p&gt; &lt;p&gt;Para mais informa&amp;ccedil;&amp;otilde;es, os interessados devem contactar o tel. 232980007 (chamada para a rede fixa nacional).&lt;/p&gt; &amp;nbsp;&lt;/li&gt; &lt;/ul&gt; &lt;/div&gt;</t>
+  </si>
+  <si>
+    <t>2026-01-05</t>
+  </si>
+  <si>
+    <t>https://www.buysatao.pt/files/images/activity/1770163220-programa_janeiro_26_evento.jpg</t>
+  </si>
+  <si>
+    <t>Atividades do mês de janeiro da Universidade Sénior de Sátão</t>
+  </si>
+  <si>
+    <t>&lt;div&gt; &lt;ul&gt; &lt;li&gt;&lt;/li&gt; &lt;li&gt; &lt;p&gt;A Universidade S&amp;eacute;nior de S&amp;aacute;t&amp;atilde;o inicia o m&amp;ecirc;s de janeiro com um programa diversificado de atividades abertas &amp;agrave; comunidade. Ao longo do m&amp;ecirc;s haver&amp;aacute; momentos de conv&amp;iacute;vio, informa&amp;ccedil;&amp;atilde;o e reflex&amp;atilde;o, incluindo o Cantar das Janeiras, palestras sobre seguran&amp;ccedil;a e sa&amp;uacute;de, e a exibi&amp;ccedil;&amp;atilde;o de um filme. As iniciativas decorrem em v&amp;aacute;rios espa&amp;ccedil;os municipais e destinam-se a promover o envelhecimento ativo e a participa&amp;ccedil;&amp;atilde;o social. Para mais informa&amp;ccedil;&amp;otilde;es, contacte 232 980 000.&lt;/p&gt; &amp;nbsp;&lt;/li&gt; &lt;/ul&gt; &lt;/div&gt;</t>
+  </si>
+  <si>
     <t>2025-12-28</t>
   </si>
   <si>
-    <t>https://www.buysatao.pt/files/images/activity/1765670405-concerto_solidario_nosso_site.jpg</t>
+    <t>https://www.buysatao.pt/files/images/activity/1770163220-concerto_solidario_nosso_site.jpg</t>
   </si>
   <si>
     <t>Concerto solidário "Palco da Vida"  -  Escola de Música Nota LA</t>
   </si>
   <si>
     <t>&lt;p&gt;&lt;/p&gt; &lt;div&gt; &lt;ul&gt; &lt;li&gt;&lt;/li&gt; &lt;li&gt; &lt;p&gt;No domingo, 28 de dezembro de 2025, &amp;agrave;s 15h30, o Cineteatro Municipal de S&amp;aacute;t&amp;atilde;o recebe um evento solid&amp;aacute;rio cuja bilheteira tem o valor &amp;uacute;nico de 3&amp;euro;.&lt;/p&gt; &lt;p&gt;A venda dos bilhetes &amp;eacute; realizada pela Escola de M&amp;uacute;sica Nota LA, e a totalidade da receita reverte a favor da Liga Portuguesa Contra o Cancro.&lt;/p&gt; &amp;nbsp;&lt;/li&gt; &lt;/ul&gt; &lt;/div&gt;</t>
   </si>
   <si>
-    <t>[{"name":"CM-Sátão"}]</t>
+    <t>2025-12-19</t>
+  </si>
+  <si>
+    <t>https://www.buysatao.pt/files/images/activity/1770163221-espetaculo_asas_de_natal_evento.jpg</t>
+  </si>
+  <si>
+    <t>Escola Municipal de Acrobacia Aérea apresenta espetáculo de Natal</t>
+  </si>
+  <si>
+    <t>&lt;div&gt; &lt;ul&gt; &lt;li&gt;&lt;/li&gt; &lt;li&gt; &lt;p&gt;A Escola Municipal de Acrobacia A&amp;eacute;rea de S&amp;aacute;t&amp;atilde;o, com orienta&amp;ccedil;&amp;atilde;o da professora Emanuela Shirripa, apresentao espet&amp;aacute;culo &amp;ldquo;Asas de Natal&amp;rdquo;, no dia 19 de dezembro de 2025, &amp;agrave;s 17h30, no Cineteatro Municipal de S&amp;aacute;t&amp;atilde;o, decorre , com as Highflyers.&lt;/p&gt; &amp;nbsp;&lt;/li&gt; &lt;/ul&gt; &lt;/div&gt;</t>
   </si>
   <si>
     <t>2025-12-18</t>
   </si>
   <si>
-    <t>https://www.buysatao.pt/files/images/activity/1765670406-01_oficina_arvorezinha_de_natal_evento.jpg</t>
+    <t>https://www.buysatao.pt/files/images/activity/1770163222-01_oficina_arvorezinha_de_natal_evento.jpg</t>
   </si>
   <si>
     <t>Biblioteca Municipal abre inscrições para Oficina de Natal - " Arvorezinha de Natal "</t>
   </si>
   <si>
     <t>&lt;div&gt; &lt;ul&gt; &lt;li&gt;&lt;/li&gt; &lt;li&gt; &lt;p&gt;A Biblioteca Municipal de S&amp;aacute;t&amp;atilde;o est&amp;aacute; a preparar uma oficina de Natal, convidando as crian&amp;ccedil;as a partilhar as suas ideias, opini&amp;otilde;es e pensamentos sobre a &amp;eacute;poca natal&amp;iacute;cia atrav&amp;eacute;s da constru&amp;ccedil;&amp;atilde;o da &amp;aacute;rvore de Natal. Com esta Oficina pretende-se estimular a curiosidade e a express&amp;atilde;o livre, fornecendo as ferramentas e o espa&amp;ccedil;o para que as crian&amp;ccedil;as criem a sua hist&amp;oacute;ria. Nesta atividade, os participantes podem trazer um brinquedo ou um livro que gostem para colocarem na &amp;aacute;rvore, com o objetivo de oferecer a outra crian&amp;ccedil;a, fortalecendo assim o esp&amp;iacute;rito de partilha.&lt;/p&gt; &lt;p&gt;De 18 a 23 de dezembro de 2025, das 10h00 &amp;agrave;s 12h00 e das 14h30 &amp;agrave;s 16h30, as crian&amp;ccedil;as dos 3 anos aos 9 anos est&amp;atilde;o convidadas a visitar a Biblioteca e a dar asas &amp;agrave; imagina&amp;ccedil;&amp;atilde;o nesta atividade. As inscri&amp;ccedil;&amp;otilde;es devem ser realizadas atrav&amp;eacute;s do n&amp;uacute;mero de telefone 232980008 (chamada para a rede fixa nacional).&lt;/p&gt; &lt;/li&gt; &lt;/ul&gt; &lt;/div&gt; &lt;p&gt;&amp;nbsp;&lt;/p&gt;</t>
   </si>
   <si>
+    <t>https://www.buysatao.pt/files/images/activity/1770163222-aula_aberta_natal_nas_alturas_evento.jpg</t>
+  </si>
+  <si>
+    <t>Escola Municipal de Acrobacia Aérea apresenta aula aberta</t>
+  </si>
+  <si>
+    <t>&lt;div&gt; &lt;ul&gt; &lt;li&gt;&lt;/li&gt; &lt;li&gt; &lt;p&gt;A Escola Municipal de Acrobacia A&amp;eacute;rea de S&amp;aacute;t&amp;atilde;o, com orienta&amp;ccedil;&amp;atilde;o da professora Emanuela Shirripa, apresenta a aula aberta &amp;ldquo;Natal nas Alturas&amp;rdquo;, no dia 18 de dezembro de 2025, &amp;agrave;s 17h45, no Pavilh&amp;atilde;o Gimnodesportivo da Escola Secund&amp;aacute;ria Frei Rosa Viterbo, com a participa&amp;ccedil;&amp;atilde;o das Miniflyers e das Acroflyers.&lt;/p&gt; &amp;nbsp;&lt;/li&gt; &lt;/ul&gt; &lt;/div&gt;</t>
+  </si>
+  <si>
     <t>2025-12-13</t>
   </si>
   <si>
-    <t>https://www.buysatao.pt/files/images/activity/1765670407-cinema_13_dezembro_2025_evento.jpg</t>
+    <t>https://www.buysatao.pt/files/images/activity/1770163223-cinema_13_dezembro_2025_evento.jpg</t>
   </si>
   <si>
     <t>Exibição do filme "Zootrópolis 2"</t>
   </si>
   <si>
     <t>&lt;div&gt; &lt;ul&gt; &lt;li&gt;&lt;/li&gt; &lt;li&gt; &lt;p&gt;Os detetives Judy Hopps e Nick Wilde seguem o rasto de um r&amp;eacute;ptil misterioso que chega a &lt;a href="https://www.youtube.com/watch?v=oga2kiyV14Q" title="Trailer Zootr&amp;oacute;polis 2" target="_blank" target="_blank"&gt;Zootr&amp;oacute;polis&lt;/a&gt; e vira a metr&amp;oacute;pole animal de pernas para o ar. Para desvendar o caso, Judy e Nick t&amp;ecirc;m de se infiltrar em novas e inesperadas zonas da cidade, onde a sua parceria &amp;eacute; posta &amp;agrave; prova como nunca antes.&lt;/p&gt; &amp;nbsp;&lt;/li&gt; &lt;/ul&gt; &lt;/div&gt;</t>
   </si>
   <si>
     <t>2025-12-06</t>
   </si>
   <si>
-    <t>https://www.buysatao.pt/files/images/activity/1765670407-cinema_06_dezembro_2025_evento.jpg</t>
+    <t>https://www.buysatao.pt/files/images/activity/1770163224-cinema_06_dezembro_2025_evento.jpg</t>
   </si>
   <si>
     <t>Exibição do filme "Wicked: Pelo Bem"</t>
   </si>
   <si>
     <t>&lt;div&gt; &lt;ul&gt; &lt;li&gt;&lt;/li&gt; &lt;li&gt; &lt;p&gt;Cap&amp;iacute;tulo final da hist&amp;oacute;ria das &lt;a href="https://www.youtube.com/watch?v=JdN3q6oghO4&amp;amp;t=45s" title="Trailer Wicked - Pelo Bem" target="_blank" target="_blank"&gt;bruxas de Oz&lt;/a&gt;, Elphaba e Glinda. Afastadas, vivem as consequ&amp;ecirc;ncias das suas escolhas.&lt;/p&gt; &lt;p&gt;Elphaba (Cynthia Erivo), demonizada como a Bruxa M&amp;aacute; do Oeste, vive no ex&amp;iacute;lio, escondida na floresta de Oz, enquanto continua a luta pela liberdade dos animais silenciados de Oz e tenta expor a verdade sobre o Feiticeiro de Oz (Jeff Goldblum).&lt;/p&gt; &lt;p&gt;Glinda, tornou-se o brilhante s&amp;iacute;mbolo da bondade para todo o Oz, vive no pal&amp;aacute;cio da Cidade Esmeralda e deleita-se com a fama e a popularidade.&lt;/p&gt; &lt;p&gt;Sob as instru&amp;ccedil;&amp;otilde;es de Madame Morrible, Glinda &amp;eacute; enviada para transmitir conforto a Oz, assegurando &amp;agrave;s massas que tudo est&amp;aacute; bem sob o governo do Feiticeiro.&lt;/p&gt; &lt;p&gt;Enquanto aumenta o sucesso de Glinda e se prepara o seu casamento com o Pr&amp;iacute;ncipe Fiyero, ela &amp;eacute; assombrada pela separa&amp;ccedil;&amp;atilde;o de Elphaba. Tenta mediar uma reconcilia&amp;ccedil;&amp;atilde;o entre Elphaba e o Feiticeiro de Oz, mas os esfor&amp;ccedil;os fracassam, afastando-as ainda mais.&lt;/p&gt; &lt;p&gt;As consequ&amp;ecirc;ncias transformar&amp;atilde;o Boq e Fiyero para sempre e amea&amp;ccedil;ar&amp;atilde;o a seguran&amp;ccedil;a de Nessarose, a irm&amp;atilde; de Elphaba, quando uma rapariga do Kansas irrompe no seu mundo...&lt;/p&gt; &amp;nbsp;&lt;/li&gt; &lt;/ul&gt; &lt;/div&gt;</t>
   </si>
   <si>
     <t>2025-12-02</t>
   </si>
   <si>
-    <t>https://www.buysatao.pt/files/images/activity/1765670409-exposicao_pipi_das_meias_altas_evento.jpg</t>
+    <t>https://www.buysatao.pt/files/images/activity/1770163224-exposicao_pipi_das_meias_altas_evento.jpg</t>
   </si>
   <si>
     <t>Exposição multilingue “Pipi das Meias Altas: Mostra Bibliográfica", patente na Biblioteca Municipal de Sátão de 02 a 16 de dezembro</t>
   </si>
   <si>
     <t>&lt;div&gt; &lt;ul&gt; &lt;li&gt;&lt;/li&gt; &lt;li&gt; &lt;p&gt;De 02 a 16 de dezembro de 2025, a Biblioteca Municipal de S&amp;aacute;t&amp;atilde;o apresenta a exposi&amp;ccedil;&amp;atilde;o multilingue &amp;ldquo;Pipi das Meias Altas: Mostra Bibliogr&amp;aacute;fica", que estar&amp;aacute; patente em algumas das Bibliotecas da RIBVDL, at&amp;eacute; ao final do m&amp;ecirc;s de janeiro de 2026. Esta exposi&amp;ccedil;&amp;atilde;o itinerante, da Dire&amp;ccedil;&amp;atilde;o-Geral da Tradu&amp;ccedil;&amp;atilde;o da Comiss&amp;atilde;o Europeia, pretende dar a conhecer, atrav&amp;eacute;s das diversas edi&amp;ccedil;&amp;otilde;es do livro Pipi das Meias Altas, as l&amp;iacute;nguas oficiais dos 27 Estados-Membros da Uni&amp;atilde;o Europeia, entre outras.&lt;/p&gt; &lt;p&gt;Pipi das Meias Altas (Pippi L&amp;aring;ngstrump, no original em sueco) &amp;eacute; uma obra de Astrid Lindgren, escrita em 1945, cuja personagem principal &amp;ndash; Pipi &amp;ndash; &amp;eacute; uma menina invulgar, &amp;ldquo;a mais forte do mundo&amp;rdquo;, independente, com muitas sardas, tran&amp;ccedil;as ruivas e um sorriso traquinas.&lt;/p&gt; &amp;nbsp;&lt;/li&gt; &lt;/ul&gt; &lt;/div&gt;</t>
   </si>
   <si>
     <t>2025-12-01</t>
   </si>
   <si>
     <t>https://www.buysatao.pt/files/images/activity/1763510405-sorteio_de_natal_tombola_evento.jpg</t>
   </si>
   <si>
     <t>5ª Edição do Concurso “Natal no Comércio Local – Ofereça Sátão” para impulsionar o comércio local</t>
   </si>
   <si>
     <t>&lt;div&gt; &lt;ul&gt; &lt;li&gt;&lt;/li&gt; &lt;li&gt; &lt;p&gt;Para incentivar e revitalizar o com&amp;eacute;rcio local na &amp;eacute;poca natal&amp;iacute;cia, o Munic&amp;iacute;pio de S&amp;aacute;t&amp;atilde;o convida os consumidores a participarem na 5&amp;ordf; edi&amp;ccedil;&amp;atilde;o do concurso "Natal no Com&amp;eacute;rcio Local &amp;ndash; Ofere&amp;ccedil;a S&amp;aacute;t&amp;atilde;o". Ao fazerem compras nas lojas do concelho, entre o dia 01 de dezembro de 2025 e 09 de janeiro de 2026, por cada 20 euros de compras nos estabelecimentos aderentes, os consumidores ter&amp;atilde;o direito a um cup&amp;atilde;o, que os habilita a pr&amp;eacute;mios, com um valor total de mais de 1.500,00 euros.&lt;/p&gt; &lt;p&gt;Os cup&amp;otilde;es devem ser preenchidos e depositados no recet&amp;aacute;culo dispon&amp;iacute;vel nas lojas aderentes (at&amp;eacute; dia 11 de janeiro) ou na t&amp;ocirc;mbola existente no edif&amp;iacute;cio da C&amp;acirc;mara Municipal (at&amp;eacute; dia 15 de janeiro). O sorteio dos pr&amp;eacute;mios decorre no dia 16 de janeiro de 2026, &amp;agrave;s 11h00, na C&amp;acirc;mara Municipal de S&amp;aacute;t&amp;atilde;o. Os premiados dever&amp;atilde;o reclamar os vouchers at&amp;eacute; 31 de janeiro de 2026, no Gabinete de Atendimento ao Mun&amp;iacute;cipe, mediante apresenta&amp;ccedil;&amp;atilde;o do documento de identifica&amp;ccedil;&amp;atilde;o e tal&amp;atilde;o de compra. Os vouchers poder&amp;atilde;o ser usados at&amp;eacute; 31 de outubro de 2026 nas lojas aderentes.&lt;/p&gt; &lt;p&gt;Para mais informa&amp;ccedil;&amp;otilde;es, os interessados devem consultar o Regulamento dispon&amp;iacute;vel &lt;a href="https://www.cm-satao.pt/cmsatao/uploads/document/file/1343/regulamento_do_concurso__natal_no_comercio_local___ofereca_satao_.pdf" title="Regulamento Ofere&amp;ccedil;a S&amp;aacute;t&amp;atilde;o" target="_blank" target="_blank"&gt;aqui&lt;/a&gt; ou no Gabinete de Atendimento ao Mun&amp;iacute;cipe.&lt;/p&gt; &amp;nbsp;&lt;/li&gt; &lt;/ul&gt; &lt;/div&gt;</t>
   </si>
   <si>
-    <t>https://www.buysatao.pt/files/images/activity/1765670409-sorteio_de_natal_tombola_evento.jpg</t>
-[...2 lines deleted...]
-    <t>https://www.buysatao.pt/files/images/activity/1765670410-programa_dezembro_25_evento.jpg</t>
+    <t>https://www.buysatao.pt/files/images/activity/1770163225-sorteio_de_natal_tombola_evento.jpg</t>
+  </si>
+  <si>
+    <t>https://www.buysatao.pt/files/images/activity/1770163226-programa_dezembro_25_evento.jpg</t>
   </si>
   <si>
     <t>Divulgação das atividades do mês de dezembro da Universidade Sénior de Sátão.</t>
   </si>
   <si>
     <t>&lt;div&gt; &lt;p&gt;Divulga&amp;ccedil;&amp;atilde;o das atividades do m&amp;ecirc;s de dezembro da Universidade S&amp;eacute;nior de S&amp;aacute;t&amp;atilde;o.&lt;/p&gt; &lt;p&gt;&lt;/p&gt; &lt;/div&gt;</t>
   </si>
   <si>
     <t>2025-11-30</t>
   </si>
   <si>
-    <t>https://www.buysatao.pt/files/images/activity/1765670410-cartaz_feira_miscaro_2025_evento.jpg</t>
+    <t>https://www.buysatao.pt/files/images/activity/1770163227-cartaz_feira_miscaro_2025_evento.jpg</t>
   </si>
   <si>
     <t>Feira do Míscaro em Sátão no dia 30 de novembro</t>
   </si>
   <si>
     <t>&lt;div&gt; &lt;ul&gt; &lt;li&gt;&lt;/li&gt; &lt;li&gt; &lt;p&gt;A d&amp;eacute;cima oitava edi&amp;ccedil;&amp;atilde;o da Feira do M&amp;iacute;scaro acontece j&amp;aacute; no domingo, dia 30 de novembro de 2025, no Largo de S&amp;atilde;o Bernardo, na vila de S&amp;aacute;t&amp;atilde;o. O M&amp;iacute;scaro, produto end&amp;oacute;geno e ex-libris do concelho de S&amp;aacute;t&amp;atilde;o, volta a estar em destaque numa Feira que promove a gastronomia, o artesanato, a m&amp;uacute;sica e a cultura satense.&lt;/p&gt; &lt;p&gt;Na Capital do M&amp;iacute;scaro, a Feira abre portas &amp;agrave;s 09h00, onde os visitantes poder&amp;atilde;o comprar m&amp;iacute;scaros, produtos regionais e artesanais. O programa cultural deste dia inicia &amp;agrave;s 10h00 com a atua&amp;ccedil;&amp;atilde;o da Banda Filarm&amp;oacute;nica &amp;ndash; AUPA, seguindo-se &amp;agrave;s 11h30 o Grupo Musical SemG&amp;eacute;nero em simult&amp;acirc;neo com o Showcooking confecionado pelo Chef Paulo Cardoso. De tarde, &amp;agrave;s 15h00, decorre a prova de M&amp;iacute;scaros e &amp;agrave;s 15h30 sobe ao palco o artista musical Hugo Manuel. A tarde termina com a oferta do tradicional magusto de S&amp;atilde;o Martinho &amp;agrave;s 16h30. Durante o certame os visitantes ter&amp;atilde;o &amp;agrave; sua disposi&amp;ccedil;&amp;atilde;o v&amp;aacute;rios pratos t&amp;iacute;picos da regi&amp;atilde;o, onde poder&amp;atilde;o almo&amp;ccedil;ar.&lt;/p&gt; &amp;nbsp;&lt;/li&gt; &lt;/ul&gt; &lt;/div&gt;</t>
   </si>
   <si>
     <t>2025-11-29</t>
   </si>
   <si>
     <t>https://www.buysatao.pt/files/images/activity/1763510406-cinema_29_novembro_2025_evento.jpg</t>
   </si>
   <si>
     <t>Exibição do filme "Uma noite no Zoo"</t>
   </si>
   <si>
     <t>&lt;p&gt;Um meteoro cai no &lt;a href="https://www.youtube.com/watch?v=FVQlZrwVXJw" title="uma noite no zoo" target="_blank" target="_blank"&gt;jardim zool&amp;oacute;gico&lt;/a&gt; de Colepepper e liberta um v&amp;iacute;rus que transforma os animais em mutantes zombies. Gracie, uma jovem loba, junta-se a um rude le&amp;atilde;o da montanha chamado Dan para encontrar um caminho de volta &amp;agrave; sua alcateia.&lt;/p&gt; &lt;p&gt;&amp;Agrave; medida que o zoo &amp;eacute; invadido, tentam arranjar um plano para fazer com que os animais voltem ao normal. Com a ajuda de um grupo de sobreviventes - Xavier, o l&amp;eacute;mure obcecado por filmes, Frida, a capivara impetuosa, Ash, a avestruz c&amp;oacute;mica, e F&amp;eacute;lix, o macaco trai&amp;ccedil;oeiro - embarcam numa miss&amp;atilde;o perigosa para salvar o zoo e derrotar Bunny Zero, o rei mutante determinado a espalhar o v&amp;iacute;rus para al&amp;eacute;m das paredes do zoo.&lt;/p&gt;</t>
   </si>
   <si>
     <t>https://www.buysatao.pt/files/images/activity/1763510406-evento_mushroom_exprience.jpg</t>
   </si>
   <si>
     <t>The Mushroom Experience – Taboadella</t>
   </si>
   <si>
     <t>&lt;p&gt;&lt;strong&gt;The Mushroom Experience &amp;ndash; Taboadella&lt;/strong&gt;&lt;/p&gt; &lt;p&gt;29 de novembro de 2025 | Taboadella Wine Estate, D&amp;atilde;o&lt;/p&gt; &lt;p&gt;Uma celebra&amp;ccedil;&amp;atilde;o da floresta viva do D&amp;atilde;o &amp;mdash; dos seus cogumelos, vinhos e gastronomia.&lt;/p&gt; &lt;p&gt;Uma experi&amp;ecirc;ncia imersiva de outono na Taboadella, onde natureza, conhecimento e sabor se encontram em harmonia.&lt;/p&gt; &lt;p&gt;&lt;/p&gt; &lt;p&gt;&lt;strong&gt;Experi&amp;ecirc;ncia Imersiva | 14h30 &amp;ndash; 21h30&lt;/strong&gt;&lt;/p&gt; &lt;p&gt;Caminhada micol&amp;oacute;gica guiada por dois especialistas de campo, revelando a vida oculta da floresta do D&amp;atilde;o &amp;mdash; a sua biodiversidade, os ecossistemas delicados e o fascinante mundo dos cogumelos silvestres.&lt;/p&gt; &lt;p&gt;Limitada a 60 participantes, divididos em dois pequenos grupos para uma viv&amp;ecirc;ncia mais pr&amp;oacute;xima e pessoal.&lt;/p&gt; &lt;p&gt;Inclui acesso &amp;agrave; Experi&amp;ecirc;ncia Principal.&lt;/p&gt; &lt;p&gt;&lt;/p&gt; &lt;p&gt;&lt;strong&gt;Experi&amp;ecirc;ncia Principal | 17h00 &amp;ndash; 21h30&lt;/strong&gt;&lt;/p&gt; &lt;p&gt;Uma prova &amp;uacute;nica que re&amp;uacute;ne uma sele&amp;ccedil;&amp;atilde;o dos mais distintivos produtores de vinho do D&amp;atilde;o, apresentando uma ampla variedade de vinhos excecionais, e tr&amp;ecirc;s chefs convidados de excel&amp;ecirc;ncia &amp;mdash; Andr&amp;eacute; Carvalho (Quinta Nova), Diogo Rocha (Mesa de Lemos) e Renato Cunha (Ferrugem) &amp;mdash; numa celebra&amp;ccedil;&amp;atilde;o da criatividade forest-to-table.&lt;/p&gt; &lt;p&gt;A noite inclui ainda uma prova de vinhos especial, zona de venda de vinhos e DJ set, num percurso sensorial que combina sabor, m&amp;uacute;sica e territ&amp;oacute;rio.&lt;/p&gt; &lt;p&gt;Parte da receita do evento reverter&amp;aacute; a favor dos Bombeiros Volunt&amp;aacute;rios de S&amp;aacute;t&amp;atilde;o, em reconhecimento pelo seu papel essencial na prote&amp;ccedil;&amp;atilde;o da floresta e do ecossistema.&lt;/p&gt; &lt;p&gt;Recomendado para maiores de 18 anos.&lt;/p&gt; &lt;p&gt;Se desejar participar com menores de idade, contacte diretamente a organiza&amp;ccedil;&amp;atilde;o para mais informa&amp;ccedil;&amp;otilde;es.&lt;/p&gt; &lt;p&gt;Bilhetes &amp;agrave; venda na Tickeline, aqui: Ticketline -&lt;a href="https://v2.ticketline.pt/events/the-mushroom-edit-dao-202" target="_self" target="_blank"&gt; The Mushroom Edit D&amp;atilde;o 2025&lt;/a&gt;&lt;/p&gt;  &lt;p&gt;&amp;nbsp;&lt;/p&gt;</t>
   </si>
   <si>
-    <t>https://www.buysatao.pt/files/images/activity/1765670411-cinema_29_novembro_2025_evento.jpg</t>
-[...2 lines deleted...]
-    <t>https://www.buysatao.pt/files/images/activity/1765670411-evento_mushroom_exprience.jpg</t>
+    <t>https://www.buysatao.pt/files/images/activity/1770163227-cinema_29_novembro_2025_evento.jpg</t>
+  </si>
+  <si>
+    <t>https://www.buysatao.pt/files/images/activity/1770163228-evento_mushroom_exprience.jpg</t>
   </si>
   <si>
     <t>2025-11-26</t>
   </si>
   <si>
     <t>https://www.buysatao.pt/files/images/activity/1763510407-estudo_layout_4_eixos_evento.jpg</t>
   </si>
   <si>
     <t>Ação de sensibilização "Abordagem aos mitos da violência doméstica", no âmbito da atividade 26, do eixo 4, do plano de ação do CLDS 5G Sátão.</t>
   </si>
   <si>
     <t>&lt;p&gt;A viol&amp;ecirc;ncia dom&amp;eacute;stica constitui um grave problema social e de direitos humanos, bem como um crime p&amp;uacute;blico, em Portugal, sendo transversal a pessoas de todas as idades, g&amp;eacute;neros e estratos sociais.&lt;/p&gt; &lt;p&gt;A persist&amp;ecirc;ncia e os n&amp;uacute;meros, preocupantes da viol&amp;ecirc;ncia dom&amp;eacute;stica, revela a necessidade de refor&amp;ccedil;ar a sensibiliza&amp;ccedil;&amp;atilde;o social, o apoio &amp;agrave;s v&amp;iacute;timas e a responsabiliza&amp;ccedil;&amp;atilde;o dos agressores, promovendo uma cultura de igualdade, respeito e n&amp;atilde;o-viol&amp;ecirc;ncia.&lt;/p&gt; &lt;p&gt;Desta forma, o CLDS 5G, em parceria com a Universidade S&amp;eacute;nior de S&amp;aacute;t&amp;atilde;o, pretendem refor&amp;ccedil;ar a sensibiliza&amp;ccedil;&amp;atilde;o ao tema, atrav&amp;eacute;s de uma palestra com a dinamiza&amp;ccedil;&amp;atilde;o da NAV (N&amp;uacute;cleo de apoio &amp;agrave; v&amp;iacute;tima) de Viseu, no dia 26 de novembro, na Biblioteca de S&amp;aacute;t&amp;atilde;o, pelas 14h30.&lt;/p&gt;</t>
   </si>
   <si>
-    <t>https://www.buysatao.pt/files/images/activity/1765670412-estudo_layout_4_eixos_evento.jpg</t>
+    <t>https://www.buysatao.pt/files/images/activity/1770163228-estudo_layout_4_eixos_evento.jpg</t>
   </si>
   <si>
     <t>2025-11-25</t>
   </si>
   <si>
     <t>https://www.buysatao.pt/files/images/activity/1763510408-acao_e_esclarecemiento_migrante_evento_site.jpg</t>
   </si>
   <si>
     <t>Sessão de Esclarecimento dirigida à comunidade migrante</t>
   </si>
   <si>
     <t>&lt;p&gt;&lt;em&gt;&lt;/em&gt;No dia 25 de Novembro, pelas 14h30 realizar-se-&amp;aacute; na Casa da Cultura de S&amp;aacute;t&amp;atilde;o, uma Sess&amp;atilde;o de Esclarecimento dirigida &amp;agrave; comunidade migrante, com a colabora&amp;ccedil;&amp;atilde;o da CLAIM- Viseu (Centros Locais de Apoio &amp;agrave; Integra&amp;ccedil;&amp;atilde;o de Migrantes). Ser&amp;aacute; uma oportunidade desta comunidade esclarecer algumas das suas d&amp;uacute;vidas para facilitar o seu processo de integra&amp;ccedil;&amp;atilde;o e contribuir para uma melhor inclus&amp;atilde;o no concelho de S&amp;aacute;t&amp;atilde;o.&lt;/p&gt;</t>
   </si>
   <si>
-    <t>https://www.buysatao.pt/files/images/activity/1765670413-aula_defesa_violencia_contra_as_mulheres_evento.jpg</t>
+    <t>https://www.buysatao.pt/files/images/activity/1770163229-aula_defesa_violencia_contra_as_mulheres_evento.jpg</t>
   </si>
   <si>
     <t>Dia Internacional para a Eliminação da Violência Contra as Mulheres</t>
   </si>
   <si>
     <t>&lt;p&gt;No dia 25 de novembro, assinala-se o Dia Internacional para a Elimina&amp;ccedil;&amp;atilde;o da Viol&amp;ecirc;ncia Dom&amp;eacute;stica contra as Mulheres, e neste sentido, e de forma a sensibilizar a comunidade para este tema, o CLDS - 5G (no &amp;acirc;mbito do eixo IV do seu Plano de A&amp;ccedil;&amp;atilde;o) e com base no Plano Municipal para a Igualdade, ir&amp;aacute; realizar uma aula de defesa pessoal pelas 19h, neste mesmo dia, para a comunidade.&lt;/p&gt; &lt;p&gt;Agradecemos desde j&amp;aacute; ao Mestre Ant&amp;oacute;nio Lucas, em representa&amp;ccedil;&amp;atilde;o do Taekwondo Clube do D&amp;atilde;o, que se ir&amp;aacute; juntar a n&amp;oacute;s para a concretiza&amp;ccedil;&amp;atilde;o desta atividade.&lt;/p&gt;</t>
   </si>
   <si>
-    <t>https://www.buysatao.pt/files/images/activity/1765670413-acao_e_esclarecemiento_migrante_evento_site.jpg</t>
+    <t>https://www.buysatao.pt/files/images/activity/1770163230-acao_e_esclarecemiento_migrante_evento_site.jpg</t>
   </si>
   <si>
     <t>2025-11-24</t>
   </si>
   <si>
-    <t>https://www.buysatao.pt/files/images/activity/1765670413-natal_solidario_2025_evento.jpg</t>
+    <t>https://www.buysatao.pt/files/images/activity/1769990429-natal_solidario_2025_evento.jpg</t>
   </si>
   <si>
     <t>Natal Solidário - Universidade Sénior de Sátão</t>
   </si>
   <si>
     <t>&lt;p&gt;Natal Solid&amp;aacute;rio - Universidade S&amp;eacute;nior de S&amp;aacute;t&amp;atilde;o, de 24 de novembro a 05 de dezembro.&lt;/p&gt; &lt;p&gt;Recolha de contributos de professores e alunos da Universidade S&amp;eacute;nior.&lt;/p&gt; &lt;p&gt;O valor recolhido ser&amp;aacute; transformado em bens destinados &amp;agrave;s fam&amp;iacute;lias carenciadas do Concelho de S&amp;aacute;t&amp;atilde;o.&lt;/p&gt;</t>
   </si>
   <si>
     <t>2025-11-21</t>
   </si>
   <si>
-    <t>https://www.buysatao.pt/files/images/activity/1765670414-evento_pelas_maos_de_quem_sabe_dezembro_2025.jpg</t>
+    <t>https://www.buysatao.pt/files/images/activity/1769558427-evento_pelas_maos_de_quem_sabe_dezembro_2025.jpg</t>
   </si>
   <si>
     <t>Pelas mãos de quem sabe - “Lanterna de Natal” com inscrições abertas</t>
   </si>
   <si>
     <t>&lt;div&gt; &lt;div&gt; &lt;p&gt;No &amp;acirc;mbito da iniciativa &amp;ldquo;Pelas m&amp;atilde;os de quem sabe&amp;rdquo;, vai decorrer no dia 06 de dezembro de 2025, s&amp;aacute;bado, entre as 10h00 e as 12h00, na Casa da Cultura de S&amp;aacute;t&amp;atilde;o, o workshop &amp;ldquo;Lanterna de Natal&amp;rdquo;, com T&amp;acirc;nia Chaves.&lt;/p&gt; &lt;p&gt;As inscri&amp;ccedil;&amp;otilde;es s&amp;atilde;o gratuitas e limitadas a 10 participantes, devendo ser realizadas at&amp;eacute; ao dia 04 de dezembro, online, atrav&amp;eacute;s do link: https://www.cm-satao.pt/balcao-virtual/formularios/formulario-pelas-maos-de-quem-sabe&lt;/p&gt; &lt;p&gt;Para mais informa&amp;ccedil;&amp;otilde;es, os interessados devem contactar o tel. 232980007 (chamada para a rede fixa nacional).&lt;/p&gt; &lt;/div&gt; &lt;/div&gt; &lt;p&gt;&amp;nbsp;&lt;/p&gt;</t>
   </si>
   <si>
     <t>2025-11-20</t>
   </si>
   <si>
     <t>https://www.buysatao.pt/files/images/activity/1763510409-atelier_memorias_e_criacoes_lamas_evento.jpg</t>
   </si>
   <si>
     <t>Atelier memórias e criações</t>
   </si>
   <si>
     <t>&lt;a href="https://www.cm-satao.pt/rss-feed/evento/atelier-memorias-e-criacoes" target="_blank"&gt;&lt;img src="https://www.cm-satao.pt/cmsatao/uploads/event/image/291/atelier_memorias_e_criacoes_lamas_evento.jpg"&gt;&lt;/a&gt;</t>
   </si>
   <si>
-    <t>https://www.buysatao.pt/files/images/activity/1765670415-atelier_memorias_e_criacoes_lamas_evento.jpg</t>
+    <t>https://www.buysatao.pt/files/images/activity/1769385622-atelier_memorias_e_criacoes_lamas_evento.jpg</t>
   </si>
   <si>
     <t>&lt;a href="https://www.cm-satao.pt/ficha-tecnica/rss-feed/evento/atelier-memorias-e-criacoes" target="_blank"&gt;&lt;img src="https://www.cm-satao.pt/cmsatao/uploads/event/image/291/atelier_memorias_e_criacoes_lamas_evento.jpg"&gt;&lt;/a&gt;</t>
   </si>
   <si>
     <t>2025-11-15</t>
   </si>
   <si>
     <t>https://www.buysatao.pt/files/images/activity/1763510409-cinema_15_novembro_2025_evento.jpg</t>
   </si>
   <si>
     <t>Exibição do filme "Um Ladrão no Telhado"</t>
   </si>
   <si>
     <t>&lt;p&gt;&lt;a href="https://www.youtube.com/watch?v=fdepXXaed0I" title="um ladr&amp;atilde;o no telhado" target="_blank" target="_blank"&gt;Jeffrey Manchester&lt;/a&gt;, um recluso em fuga, esconde-se num local onde ningu&amp;eacute;m o procuraria numa loja de brinquedos. Quando este para&amp;iacute;so de divers&amp;atilde;o se torna uma pris&amp;atilde;o de solid&amp;atilde;o, descobre a &amp;uacute;nica coisa que o pode impedir de fugir... o amor.&lt;/p&gt;</t>
   </si>
   <si>
-    <t>https://www.buysatao.pt/files/images/activity/1765670415-cinema_15_novembro_2025_evento.jpg</t>
+    <t>https://www.buysatao.pt/files/images/activity/1769385622-cinema_15_novembro_2025_evento.jpg</t>
   </si>
   <si>
     <t>2025-11-09</t>
   </si>
   <si>
     <t>https://www.buysatao.pt/files/images/activity/1763510410-lancamento_livro_o_emigrante_evento_site.jpg</t>
   </si>
   <si>
     <t xml:space="preserve">Lançamento do livro - O Emigrante, A saga de uma família abalada por segredos antigos, do autor Acácio Pinto </t>
   </si>
   <si>
     <t>&lt;p&gt;O novo romance de Ac&amp;aacute;cio Pinto, O Emigrante &amp;ndash; A saga de uma fam&amp;iacute;lia abalada por segredos antigos, ser&amp;aacute; lan&amp;ccedil;ado no dia 9 de novembro, &amp;agrave;s 15 horas, na Biblioteca Municipal de S&amp;aacute;t&amp;atilde;o.&lt;/p&gt; &lt;p&gt;A apresenta&amp;ccedil;&amp;atilde;o desta obra, que contar&amp;aacute; com a presen&amp;ccedil;a do Presidente da C&amp;acirc;mara Municipal de S&amp;aacute;t&amp;atilde;o, Alexandre Vaz, ser&amp;aacute; efetuada pelo escritor Carlos Paix&amp;atilde;o.&lt;/p&gt; &lt;p&gt;Partindo de um encontro fortuito de Renato e Augusto no Sud Express, que ia apinhado depois das f&amp;eacute;rias de ver&amp;atilde;o, O Emigrante &amp;eacute; uma obra que nos mostra o interior da emigra&amp;ccedil;&amp;atilde;o a salto para Fran&amp;ccedil;a nos anos 60.&lt;/p&gt; &lt;p&gt;E foi longe de Portugal que estes dois emigrantes &amp;mdash; um de um concelho do distrito de Viseu e o outro da Figueira da Foz &amp;mdash; se confrontaram com segredos antigos e com o reacendimento de mem&amp;oacute;rias do passado que haveriam de perturbar muito mais as suas vidas do que a solid&amp;atilde;o e a dureza do trabalho em Champigny ou em Le Creusot.&lt;/p&gt; &lt;p&gt;Com uma escrita intensa e comovente, O Emigrante fala de sacrif&amp;iacute;cio e identidade, dos insond&amp;aacute;veis des&amp;iacute;gnios da vida, bem como da esperan&amp;ccedil;a nas gera&amp;ccedil;&amp;otilde;es vindouras e na sua capacidade para curarem as fraturas abertas por revela&amp;ccedil;&amp;otilde;es inesperadas.&lt;/p&gt; &lt;p&gt;Embora sendo um romance bem datado, em termos temporais e espaciais, atrav&amp;eacute;s desta &amp;uacute;ltima obra de Ac&amp;aacute;cio Pinto podemos facilmente fazer uma viagem at&amp;eacute; aos tempos atuais, at&amp;eacute; &amp;agrave;s in&amp;uacute;meras migra&amp;ccedil;&amp;otilde;es com que nos confrontamos, em que s&amp;oacute; mudam as personagens e as geografias de partida ou de chegada.&lt;/p&gt; &lt;p&gt;O Emigrante &amp;eacute; uma edi&amp;ccedil;&amp;atilde;o Letras e Conte&amp;uacute;dos.&lt;/p&gt;</t>
   </si>
   <si>
-    <t>https://www.buysatao.pt/files/images/activity/1765670416-lancamento_livro_o_emigrante_evento_site.jpg</t>
+    <t>https://www.buysatao.pt/files/images/activity/1769385623-lancamento_livro_o_emigrante_evento_site.jpg</t>
   </si>
   <si>
     <t>2025-11-08</t>
   </si>
   <si>
     <t>https://www.buysatao.pt/files/images/activity/1763510411-cinema_08_novembro_2025_evento.jpg</t>
   </si>
   <si>
     <t>Exibição do filme "A Casa das Bonecas de Gabby"</t>
   </si>
   <si>
     <t>&lt;p&gt;&lt;a href="https://www.youtube.com/watch?v=vm6eoEcou-Q" title="gabby" target="_blank" target="_blank"&gt;Gabby &lt;/a&gt;parte numa viagem de carro com a av&amp;oacute; Gigi para o pa&amp;iacute;s das maravilhas urbanas de Cat Francisco. Mas quando a casa de bonecas da Gabby, o seu bem mais precioso, acaba nas m&amp;atilde;os de uma exc&amp;ecirc;ntrica senhora dos gatos chamada Vera, a Gabby parte numa aventura pelo mundo real para reunir os Gabby Cats e salvar a casa de bonecas antes que seja tarde demais.&lt;/p&gt;</t>
   </si>
   <si>
-    <t>https://www.buysatao.pt/files/images/activity/1765670416-cinema_08_novembro_2025_evento.jpg</t>
+    <t>https://www.buysatao.pt/files/images/activity/1769385623-cinema_08_novembro_2025_evento.jpg</t>
   </si>
   <si>
     <t>2025-11-05</t>
   </si>
   <si>
     <t>https://www.buysatao.pt/files/images/activity/1763510412-evento_montras_natal_2025.jpg</t>
   </si>
   <si>
     <t>Município de Sátão promove oitava edição do concurso de Montras de Natal</t>
   </si>
   <si>
     <t>&lt;div&gt; &lt;ul&gt; &lt;li&gt;&lt;/li&gt; &lt;li&gt; &lt;p&gt;Com a chegada da &amp;eacute;poca natal&amp;iacute;cia e para valorizar o com&amp;eacute;rcio local, trazer mais encanto &amp;agrave;s ruas e dar um toque especial e festivo ao concelho, o Munic&amp;iacute;pio de S&amp;aacute;t&amp;atilde;o promove a 8&amp;ordf; Edi&amp;ccedil;&amp;atilde;o do Concurso de Montras de Natal. As inscri&amp;ccedil;&amp;otilde;es decorrem at&amp;eacute; ao dia 28 de novembro, para todos os comerciantes do concelho com montra vis&amp;iacute;vel a partir do espa&amp;ccedil;o p&amp;uacute;blico. As vota&amp;ccedil;&amp;otilde;es do p&amp;uacute;blico s&amp;atilde;o de 08 de dezembro a 09 de janeiro de 2026. As inscri&amp;ccedil;&amp;otilde;es devem ser realizadas &lt;a href="https://www.cm-satao.pt/balcao-virtual/formularios/concursos/montras-de-natal" title="Formul&amp;aacute;rio Montras de Natal" target="_blank" target="_blank"&gt;online&lt;/a&gt;, atrav&amp;eacute;s do preenchimento do formul&amp;aacute;rio dispon&amp;iacute;vel aqui ou presencialmente no Gabinete de Atendimento ao Mun&amp;iacute;cipe. Para mais informa&amp;ccedil;&amp;otilde;es, os interessados devem consultar o &lt;a href="http://www.cm-satao.pt/cmsatao/uploads/document/file/1385/regulamento_do_concurso_montras_de_natal.pdf" title="Regulamento Montras de Natal" target="_blank" target="_blank"&gt;regulamento&lt;/a&gt;.&lt;/p&gt; &lt;p&gt;Deixe a sua &amp;ldquo;marca&amp;rdquo; neste Natal! Participe, valorize e embeleze o com&amp;eacute;rcio local.&lt;/p&gt; &amp;nbsp;&lt;/li&gt; &lt;/ul&gt; &lt;/div&gt; &lt;p&gt;&lt;a href="https://www.cm-satao.pt/admin/manager/events/" target="_self" target="_blank"&gt;&amp;nbsp;&lt;/a&gt;&lt;/p&gt;</t>
   </si>
   <si>
-    <t>https://www.buysatao.pt/files/images/activity/1765670417-cartaz_digital__mao__1_horario.jpg</t>
+    <t>https://www.buysatao.pt/files/images/activity/1768521629-cartaz_digital__mao__1_horario.jpg</t>
   </si>
   <si>
     <t>Apelo à dádiva de sangue</t>
   </si>
   <si>
     <t>&lt;p&gt;&lt;/p&gt; &lt;p&gt;&amp;nbsp;O seu gesto pode salvar vidas . E esse &amp;eacute; o maior contributo do ser humano&amp;hellip;. MUITO OBRIGADA A TODOS &amp;hellip;..&lt;/p&gt; &lt;p&gt;&amp;nbsp;" O ato da d&amp;aacute;diva de sangue serve para nos lembrar que, unidos, somos capazes de qualquer coisa. &amp;Eacute; um gesto de amor, e, sobretudo, de esperan&amp;ccedil;a!"&lt;/p&gt; &lt;p&gt;Instituto Portugu&amp;ecirc;s do Sangue e da Transplanta&amp;ccedil;&amp;atilde;o - IPST.IP&lt;/p&gt;</t>
   </si>
   <si>
-    <t>https://www.buysatao.pt/files/images/activity/1765670417-evento_montras_natal_2025.jpg</t>
+    <t>https://www.buysatao.pt/files/images/activity/1767916828-evento_montras_natal_2025.jpg</t>
   </si>
   <si>
     <t>2025-11-03</t>
   </si>
   <si>
     <t>https://www.buysatao.pt/files/images/activity/1763510412-post__postot_catia_albuq_satao_2025_02.jpg</t>
   </si>
   <si>
     <t>Posto de Turismo recebe exposição de artesanato de Cátia Albuquerque</t>
   </si>
   <si>
     <t>&lt;p&gt;C&amp;aacute;tia Albuquerque, natural de Ferreira de Aves, exp&amp;otilde;e no Posto de Turismo de S&amp;aacute;t&amp;atilde;o de 03 de novembro a de 31 de dezembro de 2025. Nesta exposi&amp;ccedil;&amp;atilde;o de artesanato s&amp;atilde;o apresentados v&amp;aacute;rios artigos natal&amp;iacute;cios, bordados, pe&amp;ccedil;as em mdf, velas&amp;hellip;&lt;/p&gt; &lt;p&gt;O gosto pelas artes e pelos trabalhos manuais come&amp;ccedil;ou a &amp;ldquo;dar frutos&amp;rdquo; em 2012, com a cria&amp;ccedil;&amp;atilde;o de pe&amp;ccedil;as em feltro conjugadas harmoniosamente com tecido, cart&amp;atilde;o e outros materiais, revelando desde cedo um talento natural para os trabalhos manuais.&lt;/p&gt; &lt;p&gt;Esta exposi&amp;ccedil;&amp;atilde;o &amp;eacute; uma excelente oportunidade para conhecer de perto o trabalho de uma artes&amp;atilde; que alia tradi&amp;ccedil;&amp;atilde;o e criatividade, e que transforma o simples em especial.&lt;/p&gt;</t>
   </si>
   <si>
-    <t>https://www.buysatao.pt/files/images/activity/1765670418-post__postot_catia_albuq_satao_2025_02.jpg</t>
+    <t>https://www.buysatao.pt/files/images/activity/1767744022-post__postot_catia_albuq_satao_2025_02.jpg</t>
   </si>
   <si>
     <t>2025-11-01</t>
   </si>
   <si>
     <t>https://www.buysatao.pt/files/images/activity/1763510413-programa_novembro_25_evento.jpg</t>
   </si>
   <si>
     <t xml:space="preserve"> Divulgação das atividades do mês de novembro da Universidade Sénior de Sátão.</t>
   </si>
   <si>
     <t>&lt;p&gt;Divulga&amp;ccedil;&amp;atilde;o das atividades do m&amp;ecirc;s de novembro da Universidade S&amp;eacute;nior de S&amp;aacute;t&amp;atilde;o.&lt;/p&gt;</t>
   </si>
   <si>
-    <t>https://www.buysatao.pt/files/images/activity/1765670418-programa_novembro_25_evento.jpg</t>
+    <t>https://www.buysatao.pt/files/images/activity/1767744023-programa_novembro_25_evento.jpg</t>
   </si>
   <si>
     <t>2025-10-31</t>
   </si>
   <si>
     <t>https://www.buysatao.pt/files/images/activity/1763510413-evento_halloween_2025_final.jpg</t>
   </si>
   <si>
     <t>Biblioteca Municipal de Sátão prepara o Halloween</t>
   </si>
   <si>
     <t>&lt;p&gt;Ao longo dos anos, a Biblioteca Municipal de S&amp;aacute;t&amp;atilde;o tem assinalado o Halloween e este ano volta a vestir-se a rigor para comemorar esta data. No dia 31 de outubro de 2025, o dia inicia com o conto "O Carvoeiro e as Bruxas", do livro "Bruxas, Feiticeiras e suas Maroteiras", contos e lendas de tradi&amp;ccedil;&amp;atilde;o oral, de Alexandre Parafita e com o atelier &amp;ldquo;Doce Amargo&amp;rdquo;. Esta atividade est&amp;aacute; marcada para as 10h30, cujas inscri&amp;ccedil;&amp;otilde;es para participa&amp;ccedil;&amp;atilde;o devem ser realizadas at&amp;eacute; ao dia 29 de outubro, atrav&amp;eacute;s do n&amp;uacute;mero de telefone 232980008 (chamada para a rede fixa nacional) ou presencialmente.&lt;/p&gt; &lt;p&gt;&amp;Agrave; noite, entre as 20h00 e as 22h00, o exterior da Biblioteca Municipal vai transformar-se num arraial cheio de divers&amp;atilde;o, sustos, do&amp;ccedil;uras e travessuras, no espetacular &amp;ldquo;Baile das Bruxas&amp;rdquo;. Se as condi&amp;ccedil;&amp;otilde;es atmosf&amp;eacute;ricas n&amp;atilde;o forem prop&amp;iacute;cias, esta atividade noturna ser&amp;aacute; realizada dentro do edif&amp;iacute;cio da Biblioteca Municipal, limitada &amp;agrave; respetiva lota&amp;ccedil;&amp;atilde;o.&lt;/p&gt;</t>
   </si>
   <si>
-    <t>https://www.buysatao.pt/files/images/activity/1765670419-evento_halloween_2025_final.jpg</t>
+    <t>https://www.buysatao.pt/files/images/activity/1767744023-evento_halloween_2025_final.jpg</t>
   </si>
   <si>
     <t>2025-10-28</t>
   </si>
   <si>
     <t>https://www.buysatao.pt/files/images/activity/1763510414-evento_oficina_compostagem_domestiva_2025_04__2_.jpg</t>
   </si>
   <si>
     <t>Inscrições abertas para a oficina “Compostagem doméstica”</t>
   </si>
   <si>
     <t>&lt;p&gt;No pr&amp;oacute;ximo dia 15 de novembro de 2025, s&amp;aacute;bado, a C&amp;acirc;mara Municipal de S&amp;aacute;t&amp;atilde;o, em parceria com o CLDS-5G &amp;ldquo;S&amp;aacute;t&amp;atilde;o - Mais Inclus&amp;atilde;o&amp;rdquo; - Programa de Contratos Locais de Desenvolvimento Social - 5&amp;ordf; Gera&amp;ccedil;&amp;atilde;o, promovem, no Parque Ambiental da Alameda Eduarda da Encarna&amp;ccedil;&amp;atilde;o Rodrigues, a oficina &amp;ldquo;Compostagem dom&amp;eacute;stica&amp;rdquo;, das 09h00 &amp;agrave;s 12h00.&lt;/p&gt; &lt;p&gt;Sabia que cada portugu&amp;ecirc;s produz diariamente 1,3 Kg de res&amp;iacute;duos, dos quais, cerca de 0,5 kg s&amp;atilde;o res&amp;iacute;duos org&amp;acirc;nicos que podem ser compostados?&lt;/p&gt; &lt;p&gt;Quando os biorres&amp;iacute;duos s&amp;atilde;o recolhidos de forma seletiva, e devidamente encaminhados para tratamento e valoriza&amp;ccedil;&amp;atilde;o, podem ser geridos para aproveitar todo o seu potencial positivo, ambiental e econ&amp;oacute;mico.&lt;/p&gt; &lt;p&gt;Outro m&amp;eacute;todo &amp;eacute; o processo de compostagem que &amp;eacute; um processo biol&amp;oacute;gico atrav&amp;eacute;s do qual os microrganismos transformam a mat&amp;eacute;ria org&amp;acirc;nica (folhas, papel, restos de fruta e hortali&amp;ccedil;as) numa subst&amp;acirc;ncia semelhante ao solo, &amp;agrave; qual chamamos de composto.&lt;/p&gt; &lt;p&gt;As inscri&amp;ccedil;&amp;otilde;es s&amp;atilde;o condicionadas a um m&amp;iacute;nimo de 5 participantes e decorrem at&amp;eacute; ao dia 13 de novembro, atrav&amp;eacute;s do link:&amp;nbsp;&lt;/p&gt; &lt;p&gt;&lt;a href="https://www.cm-satao.pt/balcao-virtual/formularios/atividades-de-educacao-ambiental" target="_blank"&gt;https://www.cm-satao.pt/balcao-virtual/formularios/atividades-de-educacao-ambiental&lt;/a&gt; ou no Gabinete de Atendimento ao Mun&amp;iacute;cipe, da C&amp;acirc;mara Municipal.&lt;/p&gt;</t>
   </si>
   <si>
     <t>https://www.buysatao.pt/files/images/activity/1763510411-cartaz_digital__mao__1_horario.jpg</t>
   </si>
   <si>
-    <t>https://www.buysatao.pt/files/images/activity/1765670419-evento_oficina_compostagem_domestiva_2025_04__2_.jpg</t>
+    <t>https://www.buysatao.pt/files/images/activity/1767744025-evento_oficina_compostagem_domestiva_2025_04__2_.jpg</t>
   </si>
   <si>
     <t>2025-10-25</t>
   </si>
   <si>
     <t>https://www.buysatao.pt/files/images/activity/1763510414-cinema_25_outubro_2025_evento.jpg</t>
   </si>
   <si>
     <t>Exibição do filme "TRON: ARES"</t>
   </si>
   <si>
     <t>&lt;p&gt;Um programa sofisticado chamado &lt;a href="https://www.youtube.com/watch?v=9KVG_X_7Naw" title="Tron" target="_self" target="_blank"&gt;Ares&lt;/a&gt; &amp;eacute; enviado do mundo digital para o mundo real numa miss&amp;atilde;o perigosa, marcando o primeiro encontro da humanidade com seres de intelig&amp;ecirc;ncia artificial.&lt;/p&gt;</t>
   </si>
   <si>
-    <t>https://www.buysatao.pt/files/images/activity/1765670420-cinema_25_outubro_2025_evento.jpg</t>
+    <t>https://www.buysatao.pt/files/images/activity/1767052819-cinema_25_outubro_2025_evento.jpg</t>
   </si>
   <si>
     <t>2025-10-24</t>
   </si>
   <si>
     <t>https://www.buysatao.pt/files/images/activity/1763510415-pelas_maos_de_quem_sabe_novembro_2025_evento.jpg</t>
   </si>
   <si>
     <t>Pelas mãos de quem sabe - “Arranjo de Outono” com inscrições abertas</t>
   </si>
   <si>
     <t>&lt;p&gt;No &amp;acirc;mbito da iniciativa &amp;ldquo;Pelas m&amp;atilde;os de quem sabe&amp;rdquo;, vai decorrer no dia 08 de novembro de 2025, s&amp;aacute;bado, entre as 10h00 e as 12h00, na Casa da Cultura de S&amp;aacute;t&amp;atilde;o, o workshop &amp;ldquo;Arranjo de Outono&amp;rdquo;, com T&amp;acirc;nia Chaves.&lt;/p&gt; &lt;p&gt;As inscri&amp;ccedil;&amp;otilde;es s&amp;atilde;o gratuitas e limitadas a 10 participantes, devendo ser realizadas at&amp;eacute; ao dia 06 de novembro, &lt;a href="https://www.cm-satao.pt/pages/1351" title="pelas m&amp;atilde;os de quem sabe" target="_blank"&gt;online&lt;/a&gt;.&lt;/p&gt; &lt;p&gt;Para mais informa&amp;ccedil;&amp;otilde;es, os interessados devem contactar o tel. 232980007 (chamada para a rede fixa nacional).&lt;/p&gt;</t>
   </si>
   <si>
-    <t>https://www.buysatao.pt/files/images/activity/1765670420-pelas_maos_de_quem_sabe_novembro_2025_evento.jpg</t>
+    <t>https://www.buysatao.pt/files/images/activity/1767052819-pelas_maos_de_quem_sabe_novembro_2025_evento.jpg</t>
   </si>
   <si>
     <t>2025-10-18</t>
   </si>
   <si>
     <t>https://www.buysatao.pt/files/images/activity/1763510415-cinema_18_outubro_2025_evento.jpg</t>
   </si>
   <si>
     <t>Exibição do filme "Dora: Numa aventura mágica sob o mar"</t>
   </si>
   <si>
     <t>&lt;p&gt;Ap&amp;oacute;s tocarem um charango m&amp;aacute;gico, a &lt;a href="https://www.youtube.com/watch?v=psdeWzgY5zM" title="dora" target="_blank" target="_blank"&gt;Dora&lt;/a&gt; e o Botas transformam-se em sereias e vivem uma s&amp;eacute;rie de aventuras submarinas incr&amp;iacute;veis com a sua nova amiga, Marisol, a Sereia, e a sua melhor amiga, a golfinho Rosa.&lt;/p&gt;</t>
   </si>
   <si>
-    <t>https://www.buysatao.pt/files/images/activity/1765670421-cinema_18_outubro_2025_evento.jpg</t>
+    <t>https://www.buysatao.pt/files/images/activity/1767052820-cinema_18_outubro_2025_evento.jpg</t>
   </si>
   <si>
     <t>2025-10-13</t>
   </si>
   <si>
     <t>https://www.buysatao.pt/files/images/activity/1763510416-programa_outubro_25_evento.jpg</t>
   </si>
   <si>
     <t>Divulgação das atividades do mês de outubro da Universidade Sénior de Sátão</t>
   </si>
   <si>
     <t>&lt;a href="https://www.cm-satao.pt/rss-feed/evento/divulgacao-das-atividades-do-mes-de-outubro-da-universidade-senior-de-satao" target="_blank"&gt;&lt;img src="https://www.cm-satao.pt/cmsatao/uploads/event/image/270/programa_outubro_25_evento.jpg"&gt;&lt;/a&gt;</t>
   </si>
   <si>
     <t>https://www.buysatao.pt/files/images/activity/1763510418-exposicao_silvina_santos_2025_evento.jpg</t>
   </si>
   <si>
     <t>A Casa da Cultura de Sátão recebe a exposição de pintura "A Voz por pincel sujo de tinta, pinta o pensamento …", de Silvina Santos</t>
   </si>
   <si>
     <t>&lt;p&gt;A partir do dia 13 de outubro, a Casa da Cultura de S&amp;aacute;t&amp;atilde;o recebe a exposi&amp;ccedil;&amp;atilde;o de pintura "A Voz por pincel sujo de tinta, pinta o pensamento ...". A mostra estar&amp;aacute; patente ao p&amp;uacute;blico at&amp;eacute; 15 de dezembro, reunindo um conjunto de obras que refletem o percurso art&amp;iacute;stico de Silvina Santos.&lt;/p&gt;</t>
   </si>
   <si>
-    <t>https://www.buysatao.pt/files/images/activity/1765670422-programa_outubro_25_evento.jpg</t>
+    <t>https://www.buysatao.pt/files/images/activity/1765929652-programa_outubro_25_evento.jpg</t>
   </si>
   <si>
     <t>&lt;a href="https://www.cm-satao.pt/ficha-tecnica/rss-feed/evento/divulgacao-das-atividades-do-mes-de-outubro-da-universidade-senior-de-satao" target="_blank"&gt;&lt;img src="https://www.cm-satao.pt/cmsatao/uploads/event/image/270/programa_outubro_25_evento.jpg"&gt;&lt;/a&gt;</t>
   </si>
   <si>
-    <t>https://www.buysatao.pt/files/images/activity/1765670422-exposicao_silvina_santos_2025_evento.jpg</t>
+    <t>https://www.buysatao.pt/files/images/activity/1765929652-exposicao_silvina_santos_2025_evento.jpg</t>
   </si>
   <si>
     <t>2025-09-27</t>
   </si>
   <si>
     <t>https://www.buysatao.pt/files/images/activity/1763510418-cartaz.jpg</t>
   </si>
   <si>
     <t>Sessão de abertura da Universidade Sénior de Sátão</t>
   </si>
   <si>
     <t>&lt;p&gt;Sess&amp;atilde;o de abertura da Universidade S&amp;eacute;nior de S&amp;aacute;t&amp;atilde;o&lt;/p&gt; &lt;p&gt;&lt;a href="https://www.cm-satao.pt/cmsatao/uploads/writer_file/document/720/cartaz.jpg" target="_blank" data-smiledocument="smiledocument" target="_blank"&gt;cartaz&lt;/a&gt;&lt;/p&gt;</t>
   </si>
   <si>
     <t>https://www.buysatao.pt/files/images/activity/1765497622-cartaz.jpg</t>
   </si>
   <si>
     <t>2025-09-05</t>
   </si>
   <si>
     <t>https://www.buysatao.pt/files/images/activity/1763510418-exposicao_arte_noz_evento.jpg</t>
   </si>
   <si>
     <t>Posto de Turismo de Sátão apresenta Exposição Temporária ArteNoz</t>
   </si>
@@ -1379,51 +1574,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:O109"/>
+  <dimension ref="A1:O126"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1540,2261 +1735,2261 @@
       </c>
       <c r="C5" t="s">
         <v>29</v>
       </c>
       <c r="D5" t="s">
         <v>30</v>
       </c>
       <c r="H5" t="s">
         <v>31</v>
       </c>
       <c r="L5" t="s">
         <v>19</v>
       </c>
       <c r="M5" t="s">
         <v>19</v>
       </c>
       <c r="N5" t="s">
         <v>19</v>
       </c>
       <c r="O5" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" t="s">
+        <v>28</v>
+      </c>
+      <c r="C6" t="s">
         <v>32</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6" t="s">
         <v>33</v>
       </c>
-      <c r="D6" t="s">
+      <c r="H6" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="L6" t="s">
         <v>19</v>
       </c>
       <c r="M6" t="s">
         <v>19</v>
       </c>
       <c r="N6" t="s">
         <v>19</v>
       </c>
       <c r="O6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" t="s">
+        <v>35</v>
+      </c>
+      <c r="C7" t="s">
         <v>36</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
         <v>37</v>
       </c>
-      <c r="D7" t="s">
+      <c r="H7" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="L7" t="s">
         <v>19</v>
       </c>
       <c r="M7" t="s">
         <v>19</v>
       </c>
       <c r="N7" t="s">
         <v>19</v>
       </c>
       <c r="O7" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="C8" t="s">
         <v>40</v>
       </c>
       <c r="D8" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="H8" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="L8" t="s">
         <v>19</v>
       </c>
       <c r="M8" t="s">
         <v>19</v>
       </c>
       <c r="N8" t="s">
         <v>19</v>
       </c>
       <c r="O8" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
       <c r="C9" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="D9" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="H9" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="L9" t="s">
         <v>19</v>
       </c>
       <c r="M9" t="s">
         <v>19</v>
       </c>
       <c r="N9" t="s">
         <v>19</v>
       </c>
       <c r="O9" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="C10" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="D10" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="H10" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="L10" t="s">
         <v>19</v>
       </c>
       <c r="M10" t="s">
         <v>19</v>
       </c>
       <c r="N10" t="s">
         <v>19</v>
       </c>
       <c r="O10" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="C11" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="D11" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="H11" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="L11" t="s">
         <v>19</v>
       </c>
       <c r="M11" t="s">
         <v>19</v>
       </c>
       <c r="N11" t="s">
         <v>19</v>
       </c>
       <c r="O11" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" t="s">
-        <v>48</v>
+        <v>55</v>
       </c>
       <c r="C12" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="D12" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="H12" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="L12" t="s">
         <v>19</v>
       </c>
       <c r="M12" t="s">
         <v>19</v>
       </c>
       <c r="N12" t="s">
         <v>19</v>
       </c>
       <c r="O12" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" t="s">
-        <v>48</v>
+        <v>59</v>
       </c>
       <c r="C13" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="D13" t="s">
-        <v>50</v>
+        <v>61</v>
       </c>
       <c r="H13" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="L13" t="s">
         <v>19</v>
       </c>
       <c r="M13" t="s">
         <v>19</v>
       </c>
       <c r="N13" t="s">
         <v>19</v>
       </c>
       <c r="O13" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" t="s">
-        <v>48</v>
+        <v>63</v>
       </c>
       <c r="C14" t="s">
-        <v>56</v>
+        <v>64</v>
       </c>
       <c r="D14" t="s">
-        <v>53</v>
+        <v>65</v>
       </c>
       <c r="H14" t="s">
-        <v>54</v>
+        <v>66</v>
       </c>
       <c r="L14" t="s">
         <v>19</v>
       </c>
       <c r="M14" t="s">
         <v>19</v>
       </c>
       <c r="N14" t="s">
         <v>19</v>
       </c>
       <c r="O14" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" t="s">
-        <v>57</v>
+        <v>63</v>
       </c>
       <c r="C15" t="s">
-        <v>58</v>
+        <v>67</v>
       </c>
       <c r="D15" t="s">
-        <v>59</v>
+        <v>68</v>
       </c>
       <c r="H15" t="s">
-        <v>60</v>
+        <v>69</v>
       </c>
       <c r="L15" t="s">
         <v>19</v>
       </c>
       <c r="M15" t="s">
         <v>19</v>
       </c>
       <c r="N15" t="s">
         <v>19</v>
       </c>
       <c r="O15" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="16" spans="1:15">
       <c r="A16" t="s">
-        <v>57</v>
+        <v>70</v>
       </c>
       <c r="C16" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="D16" t="s">
-        <v>59</v>
+        <v>72</v>
       </c>
       <c r="H16" t="s">
-        <v>60</v>
+        <v>73</v>
       </c>
       <c r="L16" t="s">
         <v>19</v>
       </c>
       <c r="M16" t="s">
         <v>19</v>
       </c>
       <c r="N16" t="s">
         <v>19</v>
       </c>
       <c r="O16" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:15">
       <c r="A17" t="s">
-        <v>62</v>
+        <v>74</v>
       </c>
       <c r="C17" t="s">
-        <v>63</v>
+        <v>75</v>
       </c>
       <c r="D17" t="s">
-        <v>64</v>
+        <v>76</v>
       </c>
       <c r="H17" t="s">
-        <v>65</v>
+        <v>77</v>
       </c>
       <c r="L17" t="s">
         <v>19</v>
       </c>
       <c r="M17" t="s">
         <v>19</v>
       </c>
       <c r="N17" t="s">
         <v>19</v>
       </c>
       <c r="O17" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="18" spans="1:15">
       <c r="A18" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="C18" t="s">
-        <v>66</v>
+        <v>79</v>
       </c>
       <c r="D18" t="s">
-        <v>67</v>
+        <v>80</v>
       </c>
       <c r="H18" t="s">
-        <v>68</v>
+        <v>81</v>
       </c>
       <c r="L18" t="s">
         <v>19</v>
       </c>
       <c r="M18" t="s">
         <v>19</v>
       </c>
       <c r="N18" t="s">
         <v>19</v>
       </c>
       <c r="O18" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="19" spans="1:15">
       <c r="A19" t="s">
-        <v>62</v>
+        <v>82</v>
       </c>
       <c r="C19" t="s">
-        <v>69</v>
+        <v>83</v>
       </c>
       <c r="D19" t="s">
-        <v>64</v>
+        <v>84</v>
       </c>
       <c r="H19" t="s">
-        <v>65</v>
+        <v>85</v>
       </c>
       <c r="L19" t="s">
         <v>19</v>
       </c>
       <c r="M19" t="s">
         <v>19</v>
       </c>
       <c r="N19" t="s">
         <v>19</v>
       </c>
       <c r="O19" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="20" spans="1:15">
       <c r="A20" t="s">
-        <v>70</v>
+        <v>82</v>
       </c>
       <c r="C20" t="s">
-        <v>71</v>
+        <v>86</v>
       </c>
       <c r="D20" t="s">
-        <v>72</v>
+        <v>87</v>
       </c>
       <c r="H20" t="s">
-        <v>73</v>
+        <v>88</v>
       </c>
       <c r="L20" t="s">
         <v>19</v>
       </c>
       <c r="M20" t="s">
         <v>19</v>
       </c>
       <c r="N20" t="s">
         <v>19</v>
       </c>
       <c r="O20" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="21" spans="1:15">
       <c r="A21" t="s">
-        <v>74</v>
+        <v>89</v>
       </c>
       <c r="C21" t="s">
-        <v>75</v>
+        <v>90</v>
       </c>
       <c r="D21" t="s">
-        <v>76</v>
+        <v>91</v>
       </c>
       <c r="H21" t="s">
-        <v>77</v>
+        <v>92</v>
       </c>
       <c r="L21" t="s">
         <v>19</v>
       </c>
       <c r="M21" t="s">
         <v>19</v>
       </c>
       <c r="N21" t="s">
         <v>19</v>
       </c>
       <c r="O21" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="22" spans="1:15">
       <c r="A22" t="s">
-        <v>78</v>
+        <v>93</v>
       </c>
       <c r="C22" t="s">
-        <v>79</v>
+        <v>94</v>
       </c>
       <c r="D22" t="s">
-        <v>80</v>
+        <v>95</v>
       </c>
       <c r="H22" t="s">
-        <v>81</v>
+        <v>96</v>
       </c>
       <c r="L22" t="s">
         <v>19</v>
       </c>
       <c r="M22" t="s">
         <v>19</v>
       </c>
       <c r="N22" t="s">
         <v>19</v>
       </c>
       <c r="O22" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="23" spans="1:15">
       <c r="A23" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
       <c r="C23" t="s">
-        <v>82</v>
+        <v>98</v>
       </c>
       <c r="D23" t="s">
-        <v>80</v>
+        <v>99</v>
       </c>
       <c r="H23" t="s">
-        <v>83</v>
+        <v>100</v>
       </c>
       <c r="L23" t="s">
         <v>19</v>
       </c>
       <c r="M23" t="s">
         <v>19</v>
       </c>
       <c r="N23" t="s">
         <v>19</v>
       </c>
       <c r="O23" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="24" spans="1:15">
       <c r="A24" t="s">
-        <v>84</v>
+        <v>101</v>
       </c>
       <c r="C24" t="s">
-        <v>85</v>
+        <v>102</v>
       </c>
       <c r="D24" t="s">
-        <v>86</v>
+        <v>103</v>
       </c>
       <c r="H24" t="s">
-        <v>87</v>
+        <v>104</v>
       </c>
       <c r="L24" t="s">
         <v>19</v>
       </c>
       <c r="M24" t="s">
         <v>19</v>
       </c>
       <c r="N24" t="s">
         <v>19</v>
       </c>
       <c r="O24" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="25" spans="1:15">
       <c r="A25" t="s">
-        <v>84</v>
+        <v>101</v>
       </c>
       <c r="C25" t="s">
-        <v>88</v>
+        <v>105</v>
       </c>
       <c r="D25" t="s">
-        <v>86</v>
+        <v>103</v>
       </c>
       <c r="H25" t="s">
-        <v>87</v>
+        <v>104</v>
       </c>
       <c r="L25" t="s">
         <v>19</v>
       </c>
       <c r="M25" t="s">
         <v>19</v>
       </c>
       <c r="N25" t="s">
         <v>19</v>
       </c>
       <c r="O25" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26" t="s">
-        <v>89</v>
+        <v>101</v>
       </c>
       <c r="C26" t="s">
-        <v>90</v>
+        <v>106</v>
       </c>
       <c r="D26" t="s">
-        <v>91</v>
+        <v>107</v>
       </c>
       <c r="H26" t="s">
-        <v>92</v>
+        <v>108</v>
       </c>
       <c r="L26" t="s">
         <v>19</v>
       </c>
       <c r="M26" t="s">
         <v>19</v>
       </c>
       <c r="N26" t="s">
         <v>19</v>
       </c>
       <c r="O26" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27" t="s">
-        <v>89</v>
+        <v>109</v>
       </c>
       <c r="C27" t="s">
-        <v>93</v>
+        <v>110</v>
       </c>
       <c r="D27" t="s">
-        <v>91</v>
+        <v>111</v>
       </c>
       <c r="H27" t="s">
-        <v>92</v>
+        <v>112</v>
       </c>
       <c r="L27" t="s">
         <v>19</v>
       </c>
       <c r="M27" t="s">
         <v>19</v>
       </c>
       <c r="N27" t="s">
         <v>19</v>
       </c>
       <c r="O27" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="28" spans="1:15">
       <c r="A28" t="s">
-        <v>94</v>
+        <v>113</v>
       </c>
       <c r="C28" t="s">
-        <v>95</v>
+        <v>114</v>
       </c>
       <c r="D28" t="s">
-        <v>96</v>
+        <v>115</v>
       </c>
       <c r="H28" t="s">
-        <v>97</v>
+        <v>116</v>
       </c>
       <c r="L28" t="s">
         <v>19</v>
       </c>
       <c r="M28" t="s">
         <v>19</v>
       </c>
       <c r="N28" t="s">
         <v>19</v>
       </c>
       <c r="O28" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29" t="s">
-        <v>94</v>
+        <v>113</v>
       </c>
       <c r="C29" t="s">
-        <v>98</v>
+        <v>117</v>
       </c>
       <c r="D29" t="s">
-        <v>96</v>
+        <v>118</v>
       </c>
       <c r="H29" t="s">
-        <v>97</v>
+        <v>119</v>
       </c>
       <c r="L29" t="s">
         <v>19</v>
       </c>
       <c r="M29" t="s">
         <v>19</v>
       </c>
       <c r="N29" t="s">
         <v>19</v>
       </c>
       <c r="O29" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30" t="s">
-        <v>99</v>
+        <v>113</v>
       </c>
       <c r="C30" t="s">
-        <v>100</v>
+        <v>120</v>
       </c>
       <c r="D30" t="s">
-        <v>101</v>
+        <v>115</v>
       </c>
       <c r="H30" t="s">
-        <v>102</v>
+        <v>116</v>
       </c>
       <c r="L30" t="s">
         <v>19</v>
       </c>
       <c r="M30" t="s">
         <v>19</v>
       </c>
       <c r="N30" t="s">
         <v>19</v>
       </c>
       <c r="O30" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="31" spans="1:15">
       <c r="A31" t="s">
-        <v>99</v>
+        <v>113</v>
       </c>
       <c r="C31" t="s">
-        <v>103</v>
+        <v>121</v>
       </c>
       <c r="D31" t="s">
-        <v>104</v>
+        <v>118</v>
       </c>
       <c r="H31" t="s">
-        <v>105</v>
+        <v>119</v>
       </c>
       <c r="L31" t="s">
         <v>19</v>
       </c>
       <c r="M31" t="s">
         <v>19</v>
       </c>
       <c r="N31" t="s">
         <v>19</v>
       </c>
       <c r="O31" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32" t="s">
-        <v>99</v>
+        <v>122</v>
       </c>
       <c r="C32" t="s">
-        <v>106</v>
+        <v>123</v>
       </c>
       <c r="D32" t="s">
-        <v>101</v>
+        <v>124</v>
       </c>
       <c r="H32" t="s">
-        <v>102</v>
+        <v>125</v>
       </c>
       <c r="L32" t="s">
         <v>19</v>
       </c>
       <c r="M32" t="s">
         <v>19</v>
       </c>
       <c r="N32" t="s">
         <v>19</v>
       </c>
       <c r="O32" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33" t="s">
-        <v>107</v>
+        <v>122</v>
       </c>
       <c r="C33" t="s">
-        <v>108</v>
+        <v>126</v>
       </c>
       <c r="D33" t="s">
-        <v>109</v>
+        <v>124</v>
       </c>
       <c r="H33" t="s">
-        <v>110</v>
+        <v>125</v>
       </c>
       <c r="L33" t="s">
         <v>19</v>
       </c>
       <c r="M33" t="s">
         <v>19</v>
       </c>
       <c r="N33" t="s">
         <v>19</v>
       </c>
       <c r="O33" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="34" spans="1:15">
       <c r="A34" t="s">
-        <v>107</v>
+        <v>127</v>
       </c>
       <c r="C34" t="s">
-        <v>111</v>
+        <v>128</v>
       </c>
       <c r="D34" t="s">
-        <v>109</v>
+        <v>129</v>
       </c>
       <c r="H34" t="s">
-        <v>110</v>
+        <v>130</v>
       </c>
       <c r="L34" t="s">
         <v>19</v>
       </c>
       <c r="M34" t="s">
         <v>19</v>
       </c>
       <c r="N34" t="s">
         <v>19</v>
       </c>
       <c r="O34" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="35" spans="1:15">
       <c r="A35" t="s">
-        <v>112</v>
+        <v>127</v>
       </c>
       <c r="C35" t="s">
-        <v>113</v>
+        <v>131</v>
       </c>
       <c r="D35" t="s">
-        <v>114</v>
+        <v>132</v>
       </c>
       <c r="H35" t="s">
-        <v>115</v>
+        <v>133</v>
       </c>
       <c r="L35" t="s">
         <v>19</v>
       </c>
       <c r="M35" t="s">
         <v>19</v>
       </c>
       <c r="N35" t="s">
         <v>19</v>
       </c>
       <c r="O35" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="36" spans="1:15">
       <c r="A36" t="s">
-        <v>112</v>
+        <v>127</v>
       </c>
       <c r="C36" t="s">
-        <v>116</v>
+        <v>134</v>
       </c>
       <c r="D36" t="s">
-        <v>114</v>
+        <v>129</v>
       </c>
       <c r="H36" t="s">
-        <v>115</v>
+        <v>130</v>
       </c>
       <c r="L36" t="s">
         <v>19</v>
       </c>
       <c r="M36" t="s">
         <v>19</v>
       </c>
       <c r="N36" t="s">
         <v>19</v>
       </c>
       <c r="O36" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="37" spans="1:15">
       <c r="A37" t="s">
-        <v>117</v>
+        <v>135</v>
       </c>
       <c r="C37" t="s">
-        <v>118</v>
+        <v>136</v>
       </c>
       <c r="D37" t="s">
-        <v>119</v>
+        <v>137</v>
       </c>
       <c r="H37" t="s">
-        <v>120</v>
+        <v>138</v>
       </c>
       <c r="L37" t="s">
         <v>19</v>
       </c>
       <c r="M37" t="s">
         <v>19</v>
       </c>
       <c r="N37" t="s">
         <v>19</v>
       </c>
       <c r="O37" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="38" spans="1:15">
       <c r="A38" t="s">
-        <v>117</v>
+        <v>139</v>
       </c>
       <c r="C38" t="s">
-        <v>121</v>
+        <v>140</v>
       </c>
       <c r="D38" t="s">
-        <v>119</v>
+        <v>141</v>
       </c>
       <c r="H38" t="s">
-        <v>120</v>
+        <v>142</v>
       </c>
       <c r="L38" t="s">
         <v>19</v>
       </c>
       <c r="M38" t="s">
         <v>19</v>
       </c>
       <c r="N38" t="s">
         <v>19</v>
       </c>
       <c r="O38" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="39" spans="1:15">
       <c r="A39" t="s">
-        <v>122</v>
+        <v>143</v>
       </c>
       <c r="C39" t="s">
-        <v>123</v>
+        <v>144</v>
       </c>
       <c r="D39" t="s">
-        <v>124</v>
+        <v>145</v>
       </c>
       <c r="H39" t="s">
-        <v>125</v>
+        <v>146</v>
       </c>
       <c r="L39" t="s">
         <v>19</v>
       </c>
       <c r="M39" t="s">
         <v>19</v>
       </c>
       <c r="N39" t="s">
         <v>19</v>
       </c>
       <c r="O39" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="40" spans="1:15">
       <c r="A40" t="s">
-        <v>122</v>
+        <v>143</v>
       </c>
       <c r="C40" t="s">
-        <v>126</v>
+        <v>147</v>
       </c>
       <c r="D40" t="s">
-        <v>104</v>
+        <v>145</v>
       </c>
       <c r="H40" t="s">
-        <v>105</v>
+        <v>148</v>
       </c>
       <c r="L40" t="s">
         <v>19</v>
       </c>
       <c r="M40" t="s">
         <v>19</v>
       </c>
       <c r="N40" t="s">
         <v>19</v>
       </c>
       <c r="O40" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="41" spans="1:15">
       <c r="A41" t="s">
-        <v>122</v>
+        <v>149</v>
       </c>
       <c r="C41" t="s">
-        <v>127</v>
+        <v>150</v>
       </c>
       <c r="D41" t="s">
-        <v>124</v>
+        <v>151</v>
       </c>
       <c r="H41" t="s">
-        <v>125</v>
+        <v>152</v>
       </c>
       <c r="L41" t="s">
         <v>19</v>
       </c>
       <c r="M41" t="s">
         <v>19</v>
       </c>
       <c r="N41" t="s">
         <v>19</v>
       </c>
       <c r="O41" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="42" spans="1:15">
       <c r="A42" t="s">
-        <v>128</v>
+        <v>149</v>
       </c>
       <c r="C42" t="s">
-        <v>129</v>
+        <v>153</v>
       </c>
       <c r="D42" t="s">
-        <v>130</v>
+        <v>151</v>
       </c>
       <c r="H42" t="s">
-        <v>131</v>
+        <v>152</v>
       </c>
       <c r="L42" t="s">
         <v>19</v>
       </c>
       <c r="M42" t="s">
         <v>19</v>
       </c>
       <c r="N42" t="s">
         <v>19</v>
       </c>
       <c r="O42" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="43" spans="1:15">
       <c r="A43" t="s">
-        <v>128</v>
+        <v>154</v>
       </c>
       <c r="C43" t="s">
-        <v>132</v>
+        <v>155</v>
       </c>
       <c r="D43" t="s">
-        <v>130</v>
+        <v>156</v>
       </c>
       <c r="H43" t="s">
-        <v>131</v>
+        <v>157</v>
       </c>
       <c r="L43" t="s">
         <v>19</v>
       </c>
       <c r="M43" t="s">
         <v>19</v>
       </c>
       <c r="N43" t="s">
         <v>19</v>
       </c>
       <c r="O43" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="44" spans="1:15">
       <c r="A44" t="s">
-        <v>133</v>
+        <v>154</v>
       </c>
       <c r="C44" t="s">
-        <v>134</v>
+        <v>158</v>
       </c>
       <c r="D44" t="s">
-        <v>135</v>
+        <v>156</v>
       </c>
       <c r="H44" t="s">
-        <v>136</v>
+        <v>157</v>
       </c>
       <c r="L44" t="s">
         <v>19</v>
       </c>
       <c r="M44" t="s">
         <v>19</v>
       </c>
       <c r="N44" t="s">
         <v>19</v>
       </c>
       <c r="O44" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="45" spans="1:15">
       <c r="A45" t="s">
-        <v>133</v>
+        <v>159</v>
       </c>
       <c r="C45" t="s">
-        <v>137</v>
+        <v>160</v>
       </c>
       <c r="D45" t="s">
-        <v>135</v>
+        <v>161</v>
       </c>
       <c r="H45" t="s">
-        <v>136</v>
+        <v>162</v>
       </c>
       <c r="L45" t="s">
         <v>19</v>
       </c>
       <c r="M45" t="s">
         <v>19</v>
       </c>
       <c r="N45" t="s">
         <v>19</v>
       </c>
       <c r="O45" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="46" spans="1:15">
       <c r="A46" t="s">
-        <v>138</v>
+        <v>159</v>
       </c>
       <c r="C46" t="s">
-        <v>139</v>
+        <v>163</v>
       </c>
       <c r="D46" t="s">
-        <v>140</v>
+        <v>161</v>
       </c>
       <c r="H46" t="s">
-        <v>141</v>
+        <v>162</v>
       </c>
       <c r="L46" t="s">
         <v>19</v>
       </c>
       <c r="M46" t="s">
         <v>19</v>
       </c>
       <c r="N46" t="s">
         <v>19</v>
       </c>
       <c r="O46" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="47" spans="1:15">
       <c r="A47" t="s">
-        <v>138</v>
+        <v>164</v>
       </c>
       <c r="C47" t="s">
-        <v>142</v>
+        <v>165</v>
       </c>
       <c r="D47" t="s">
-        <v>140</v>
+        <v>166</v>
       </c>
       <c r="H47" t="s">
-        <v>141</v>
+        <v>167</v>
       </c>
       <c r="L47" t="s">
         <v>19</v>
       </c>
       <c r="M47" t="s">
         <v>19</v>
       </c>
       <c r="N47" t="s">
         <v>19</v>
       </c>
       <c r="O47" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="48" spans="1:15">
       <c r="A48" t="s">
-        <v>143</v>
+        <v>164</v>
       </c>
       <c r="C48" t="s">
-        <v>144</v>
+        <v>168</v>
       </c>
       <c r="D48" t="s">
-        <v>145</v>
+        <v>169</v>
       </c>
       <c r="H48" t="s">
-        <v>146</v>
+        <v>170</v>
       </c>
       <c r="L48" t="s">
         <v>19</v>
       </c>
       <c r="M48" t="s">
         <v>19</v>
       </c>
       <c r="N48" t="s">
         <v>19</v>
       </c>
       <c r="O48" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="49" spans="1:15">
       <c r="A49" t="s">
-        <v>143</v>
+        <v>164</v>
       </c>
       <c r="C49" t="s">
-        <v>147</v>
+        <v>171</v>
       </c>
       <c r="D49" t="s">
-        <v>148</v>
+        <v>166</v>
       </c>
       <c r="H49" t="s">
-        <v>149</v>
+        <v>167</v>
       </c>
       <c r="L49" t="s">
         <v>19</v>
       </c>
       <c r="M49" t="s">
         <v>19</v>
       </c>
       <c r="N49" t="s">
         <v>19</v>
       </c>
       <c r="O49" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="50" spans="1:15">
       <c r="A50" t="s">
-        <v>143</v>
+        <v>172</v>
       </c>
       <c r="C50" t="s">
-        <v>150</v>
+        <v>173</v>
       </c>
       <c r="D50" t="s">
-        <v>145</v>
+        <v>174</v>
       </c>
       <c r="H50" t="s">
-        <v>151</v>
+        <v>175</v>
       </c>
       <c r="L50" t="s">
         <v>19</v>
       </c>
       <c r="M50" t="s">
         <v>19</v>
       </c>
       <c r="N50" t="s">
         <v>19</v>
       </c>
       <c r="O50" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="51" spans="1:15">
       <c r="A51" t="s">
-        <v>143</v>
+        <v>172</v>
       </c>
       <c r="C51" t="s">
-        <v>152</v>
+        <v>176</v>
       </c>
       <c r="D51" t="s">
-        <v>148</v>
+        <v>174</v>
       </c>
       <c r="H51" t="s">
-        <v>149</v>
+        <v>175</v>
       </c>
       <c r="L51" t="s">
         <v>19</v>
       </c>
       <c r="M51" t="s">
         <v>19</v>
       </c>
       <c r="N51" t="s">
         <v>19</v>
       </c>
       <c r="O51" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="52" spans="1:15">
       <c r="A52" t="s">
-        <v>153</v>
+        <v>177</v>
       </c>
       <c r="C52" t="s">
-        <v>154</v>
+        <v>178</v>
       </c>
       <c r="D52" t="s">
-        <v>155</v>
+        <v>179</v>
       </c>
       <c r="H52" t="s">
-        <v>156</v>
+        <v>180</v>
       </c>
       <c r="L52" t="s">
         <v>19</v>
       </c>
       <c r="M52" t="s">
         <v>19</v>
       </c>
       <c r="N52" t="s">
         <v>19</v>
       </c>
       <c r="O52" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="53" spans="1:15">
       <c r="A53" t="s">
-        <v>153</v>
+        <v>177</v>
       </c>
       <c r="C53" t="s">
-        <v>157</v>
+        <v>181</v>
       </c>
       <c r="D53" t="s">
-        <v>155</v>
+        <v>179</v>
       </c>
       <c r="H53" t="s">
-        <v>156</v>
+        <v>180</v>
       </c>
       <c r="L53" t="s">
         <v>19</v>
       </c>
       <c r="M53" t="s">
         <v>19</v>
       </c>
       <c r="N53" t="s">
         <v>19</v>
       </c>
       <c r="O53" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="54" spans="1:15">
       <c r="A54" t="s">
-        <v>158</v>
+        <v>182</v>
       </c>
       <c r="C54" t="s">
-        <v>159</v>
+        <v>183</v>
       </c>
       <c r="D54" t="s">
-        <v>160</v>
+        <v>184</v>
       </c>
       <c r="H54" t="s">
-        <v>161</v>
+        <v>185</v>
       </c>
       <c r="L54" t="s">
         <v>19</v>
       </c>
       <c r="M54" t="s">
         <v>19</v>
       </c>
       <c r="N54" t="s">
         <v>19</v>
       </c>
       <c r="O54" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="55" spans="1:15">
       <c r="A55" t="s">
-        <v>158</v>
+        <v>182</v>
       </c>
       <c r="C55" t="s">
-        <v>162</v>
+        <v>186</v>
       </c>
       <c r="D55" t="s">
-        <v>160</v>
+        <v>184</v>
       </c>
       <c r="H55" t="s">
-        <v>161</v>
+        <v>185</v>
       </c>
       <c r="L55" t="s">
         <v>19</v>
       </c>
       <c r="M55" t="s">
         <v>19</v>
       </c>
       <c r="N55" t="s">
         <v>19</v>
       </c>
       <c r="O55" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="56" spans="1:15">
       <c r="A56" t="s">
-        <v>163</v>
+        <v>187</v>
       </c>
       <c r="C56" t="s">
-        <v>164</v>
+        <v>188</v>
       </c>
       <c r="D56" t="s">
-        <v>165</v>
+        <v>189</v>
       </c>
       <c r="H56" t="s">
-        <v>166</v>
+        <v>190</v>
       </c>
       <c r="L56" t="s">
         <v>19</v>
       </c>
       <c r="M56" t="s">
         <v>19</v>
       </c>
       <c r="N56" t="s">
         <v>19</v>
       </c>
       <c r="O56" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="57" spans="1:15">
       <c r="A57" t="s">
-        <v>163</v>
+        <v>187</v>
       </c>
       <c r="C57" t="s">
-        <v>167</v>
+        <v>191</v>
       </c>
       <c r="D57" t="s">
-        <v>165</v>
+        <v>169</v>
       </c>
       <c r="H57" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="L57" t="s">
         <v>19</v>
       </c>
       <c r="M57" t="s">
         <v>19</v>
       </c>
       <c r="N57" t="s">
         <v>19</v>
       </c>
       <c r="O57" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="58" spans="1:15">
       <c r="A58" t="s">
-        <v>168</v>
+        <v>187</v>
       </c>
       <c r="C58" t="s">
-        <v>169</v>
+        <v>192</v>
       </c>
       <c r="D58" t="s">
-        <v>170</v>
+        <v>189</v>
       </c>
       <c r="H58" t="s">
-        <v>171</v>
+        <v>190</v>
       </c>
       <c r="L58" t="s">
         <v>19</v>
       </c>
       <c r="M58" t="s">
         <v>19</v>
       </c>
       <c r="N58" t="s">
         <v>19</v>
       </c>
       <c r="O58" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="59" spans="1:15">
       <c r="A59" t="s">
-        <v>168</v>
+        <v>193</v>
       </c>
       <c r="C59" t="s">
-        <v>172</v>
+        <v>194</v>
       </c>
       <c r="D59" t="s">
-        <v>170</v>
+        <v>195</v>
       </c>
       <c r="H59" t="s">
-        <v>171</v>
+        <v>196</v>
       </c>
       <c r="L59" t="s">
         <v>19</v>
       </c>
       <c r="M59" t="s">
         <v>19</v>
       </c>
       <c r="N59" t="s">
         <v>19</v>
       </c>
       <c r="O59" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="60" spans="1:15">
       <c r="A60" t="s">
-        <v>173</v>
+        <v>193</v>
       </c>
       <c r="C60" t="s">
-        <v>174</v>
+        <v>197</v>
       </c>
       <c r="D60" t="s">
-        <v>175</v>
+        <v>195</v>
       </c>
       <c r="H60" t="s">
-        <v>176</v>
+        <v>196</v>
       </c>
       <c r="L60" t="s">
         <v>19</v>
       </c>
       <c r="M60" t="s">
         <v>19</v>
       </c>
       <c r="N60" t="s">
         <v>19</v>
       </c>
       <c r="O60" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="61" spans="1:15">
       <c r="A61" t="s">
-        <v>173</v>
+        <v>198</v>
       </c>
       <c r="C61" t="s">
-        <v>177</v>
+        <v>199</v>
       </c>
       <c r="D61" t="s">
-        <v>175</v>
+        <v>200</v>
       </c>
       <c r="H61" t="s">
-        <v>176</v>
+        <v>201</v>
       </c>
       <c r="L61" t="s">
         <v>19</v>
       </c>
       <c r="M61" t="s">
         <v>19</v>
       </c>
       <c r="N61" t="s">
         <v>19</v>
       </c>
       <c r="O61" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="62" spans="1:15">
       <c r="A62" t="s">
-        <v>178</v>
+        <v>198</v>
       </c>
       <c r="C62" t="s">
-        <v>179</v>
+        <v>202</v>
       </c>
       <c r="D62" t="s">
-        <v>180</v>
+        <v>200</v>
       </c>
       <c r="H62" t="s">
-        <v>181</v>
+        <v>201</v>
       </c>
       <c r="L62" t="s">
         <v>19</v>
       </c>
       <c r="M62" t="s">
         <v>19</v>
       </c>
       <c r="N62" t="s">
         <v>19</v>
       </c>
       <c r="O62" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="63" spans="1:15">
       <c r="A63" t="s">
-        <v>178</v>
+        <v>203</v>
       </c>
       <c r="C63" t="s">
-        <v>182</v>
+        <v>204</v>
       </c>
       <c r="D63" t="s">
-        <v>183</v>
+        <v>205</v>
       </c>
       <c r="H63" t="s">
-        <v>184</v>
+        <v>206</v>
       </c>
       <c r="L63" t="s">
         <v>19</v>
       </c>
       <c r="M63" t="s">
         <v>19</v>
       </c>
       <c r="N63" t="s">
         <v>19</v>
       </c>
       <c r="O63" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="64" spans="1:15">
       <c r="A64" t="s">
-        <v>178</v>
+        <v>203</v>
       </c>
       <c r="C64" t="s">
-        <v>185</v>
+        <v>207</v>
       </c>
       <c r="D64" t="s">
-        <v>180</v>
+        <v>205</v>
       </c>
       <c r="H64" t="s">
-        <v>181</v>
+        <v>206</v>
       </c>
       <c r="L64" t="s">
         <v>19</v>
       </c>
       <c r="M64" t="s">
         <v>19</v>
       </c>
       <c r="N64" t="s">
         <v>19</v>
       </c>
       <c r="O64" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="65" spans="1:15">
       <c r="A65" t="s">
-        <v>178</v>
+        <v>208</v>
       </c>
       <c r="C65" t="s">
-        <v>186</v>
+        <v>209</v>
       </c>
       <c r="D65" t="s">
-        <v>183</v>
+        <v>210</v>
       </c>
       <c r="H65" t="s">
-        <v>184</v>
+        <v>211</v>
       </c>
       <c r="L65" t="s">
         <v>19</v>
       </c>
       <c r="M65" t="s">
         <v>19</v>
       </c>
       <c r="N65" t="s">
         <v>19</v>
       </c>
       <c r="O65" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="66" spans="1:15">
       <c r="A66" t="s">
-        <v>187</v>
+        <v>208</v>
       </c>
       <c r="C66" t="s">
-        <v>188</v>
+        <v>212</v>
       </c>
       <c r="D66" t="s">
-        <v>189</v>
+        <v>213</v>
       </c>
       <c r="H66" t="s">
-        <v>190</v>
+        <v>214</v>
       </c>
       <c r="L66" t="s">
         <v>19</v>
       </c>
       <c r="M66" t="s">
         <v>19</v>
       </c>
       <c r="N66" t="s">
         <v>19</v>
       </c>
       <c r="O66" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="67" spans="1:15">
       <c r="A67" t="s">
-        <v>187</v>
+        <v>208</v>
       </c>
       <c r="C67" t="s">
-        <v>191</v>
+        <v>215</v>
       </c>
       <c r="D67" t="s">
-        <v>189</v>
+        <v>210</v>
       </c>
       <c r="H67" t="s">
-        <v>192</v>
+        <v>216</v>
       </c>
       <c r="L67" t="s">
         <v>19</v>
       </c>
       <c r="M67" t="s">
         <v>19</v>
       </c>
       <c r="N67" t="s">
         <v>19</v>
       </c>
       <c r="O67" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="68" spans="1:15">
       <c r="A68" t="s">
-        <v>193</v>
+        <v>208</v>
       </c>
       <c r="C68" t="s">
-        <v>194</v>
+        <v>217</v>
       </c>
       <c r="D68" t="s">
-        <v>180</v>
+        <v>213</v>
       </c>
       <c r="H68" t="s">
-        <v>181</v>
+        <v>214</v>
       </c>
       <c r="L68" t="s">
         <v>19</v>
       </c>
       <c r="M68" t="s">
         <v>19</v>
       </c>
       <c r="N68" t="s">
         <v>19</v>
       </c>
       <c r="O68" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="69" spans="1:15">
       <c r="A69" t="s">
-        <v>193</v>
+        <v>218</v>
       </c>
       <c r="C69" t="s">
-        <v>195</v>
+        <v>219</v>
       </c>
       <c r="D69" t="s">
-        <v>180</v>
+        <v>220</v>
       </c>
       <c r="H69" t="s">
-        <v>181</v>
+        <v>221</v>
       </c>
       <c r="L69" t="s">
         <v>19</v>
       </c>
       <c r="M69" t="s">
         <v>19</v>
       </c>
       <c r="N69" t="s">
         <v>19</v>
       </c>
       <c r="O69" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="70" spans="1:15">
       <c r="A70" t="s">
-        <v>196</v>
+        <v>218</v>
       </c>
       <c r="C70" t="s">
-        <v>197</v>
+        <v>222</v>
       </c>
       <c r="D70" t="s">
-        <v>198</v>
+        <v>220</v>
       </c>
       <c r="H70" t="s">
-        <v>199</v>
+        <v>221</v>
       </c>
       <c r="L70" t="s">
         <v>19</v>
       </c>
       <c r="M70" t="s">
         <v>19</v>
       </c>
       <c r="N70" t="s">
         <v>19</v>
       </c>
       <c r="O70" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="71" spans="1:15">
       <c r="A71" t="s">
-        <v>200</v>
+        <v>223</v>
       </c>
       <c r="C71" t="s">
-        <v>201</v>
+        <v>224</v>
       </c>
       <c r="D71" t="s">
-        <v>202</v>
+        <v>225</v>
       </c>
       <c r="H71" t="s">
-        <v>203</v>
+        <v>226</v>
       </c>
       <c r="L71" t="s">
         <v>19</v>
       </c>
       <c r="M71" t="s">
         <v>19</v>
       </c>
       <c r="N71" t="s">
         <v>19</v>
       </c>
       <c r="O71" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="72" spans="1:15">
       <c r="A72" t="s">
-        <v>200</v>
+        <v>223</v>
       </c>
       <c r="C72" t="s">
-        <v>204</v>
+        <v>227</v>
       </c>
       <c r="D72" t="s">
-        <v>205</v>
+        <v>225</v>
       </c>
       <c r="H72" t="s">
-        <v>206</v>
+        <v>226</v>
       </c>
       <c r="L72" t="s">
         <v>19</v>
       </c>
       <c r="M72" t="s">
         <v>19</v>
       </c>
       <c r="N72" t="s">
         <v>19</v>
       </c>
       <c r="O72" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="73" spans="1:15">
       <c r="A73" t="s">
-        <v>207</v>
+        <v>228</v>
       </c>
       <c r="C73" t="s">
-        <v>208</v>
+        <v>229</v>
       </c>
       <c r="D73" t="s">
-        <v>202</v>
+        <v>230</v>
       </c>
       <c r="H73" t="s">
-        <v>203</v>
+        <v>231</v>
       </c>
       <c r="L73" t="s">
         <v>19</v>
       </c>
       <c r="M73" t="s">
         <v>19</v>
       </c>
       <c r="N73" t="s">
         <v>19</v>
       </c>
       <c r="O73" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="74" spans="1:15">
       <c r="A74" t="s">
-        <v>209</v>
+        <v>228</v>
       </c>
       <c r="C74" t="s">
-        <v>210</v>
+        <v>232</v>
       </c>
       <c r="D74" t="s">
-        <v>211</v>
+        <v>230</v>
       </c>
       <c r="H74" t="s">
-        <v>212</v>
+        <v>231</v>
       </c>
       <c r="L74" t="s">
         <v>19</v>
       </c>
       <c r="M74" t="s">
         <v>19</v>
       </c>
       <c r="N74" t="s">
         <v>19</v>
       </c>
       <c r="O74" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="75" spans="1:15">
       <c r="A75" t="s">
-        <v>213</v>
+        <v>233</v>
       </c>
       <c r="C75" t="s">
-        <v>214</v>
+        <v>234</v>
       </c>
       <c r="D75" t="s">
-        <v>215</v>
+        <v>235</v>
       </c>
       <c r="H75" t="s">
-        <v>216</v>
+        <v>236</v>
       </c>
       <c r="L75" t="s">
         <v>19</v>
       </c>
       <c r="M75" t="s">
         <v>19</v>
       </c>
       <c r="N75" t="s">
         <v>19</v>
       </c>
       <c r="O75" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="76" spans="1:15">
       <c r="A76" t="s">
-        <v>217</v>
+        <v>233</v>
       </c>
       <c r="C76" t="s">
-        <v>218</v>
+        <v>237</v>
       </c>
       <c r="D76" t="s">
-        <v>219</v>
+        <v>235</v>
       </c>
       <c r="H76" t="s">
-        <v>220</v>
+        <v>236</v>
       </c>
       <c r="L76" t="s">
         <v>19</v>
       </c>
       <c r="M76" t="s">
         <v>19</v>
       </c>
       <c r="N76" t="s">
         <v>19</v>
       </c>
       <c r="O76" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="77" spans="1:15">
       <c r="A77" t="s">
-        <v>217</v>
+        <v>238</v>
       </c>
       <c r="C77" t="s">
-        <v>221</v>
+        <v>239</v>
       </c>
       <c r="D77" t="s">
-        <v>222</v>
+        <v>240</v>
       </c>
       <c r="H77" t="s">
-        <v>223</v>
+        <v>241</v>
       </c>
       <c r="L77" t="s">
         <v>19</v>
       </c>
       <c r="M77" t="s">
         <v>19</v>
       </c>
       <c r="N77" t="s">
         <v>19</v>
       </c>
       <c r="O77" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="78" spans="1:15">
       <c r="A78" t="s">
-        <v>224</v>
+        <v>238</v>
       </c>
       <c r="C78" t="s">
-        <v>225</v>
+        <v>242</v>
       </c>
       <c r="D78" t="s">
-        <v>226</v>
+        <v>240</v>
       </c>
       <c r="H78" t="s">
-        <v>227</v>
+        <v>241</v>
       </c>
       <c r="L78" t="s">
         <v>19</v>
       </c>
       <c r="M78" t="s">
         <v>19</v>
       </c>
       <c r="N78" t="s">
         <v>19</v>
       </c>
       <c r="O78" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="79" spans="1:15">
       <c r="A79" t="s">
-        <v>228</v>
+        <v>243</v>
       </c>
       <c r="C79" t="s">
-        <v>229</v>
+        <v>244</v>
       </c>
       <c r="D79" t="s">
-        <v>230</v>
+        <v>245</v>
       </c>
       <c r="H79" t="s">
-        <v>231</v>
+        <v>246</v>
       </c>
       <c r="L79" t="s">
         <v>19</v>
       </c>
       <c r="M79" t="s">
         <v>19</v>
       </c>
       <c r="N79" t="s">
         <v>19</v>
       </c>
       <c r="O79" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="80" spans="1:15">
       <c r="A80" t="s">
-        <v>232</v>
+        <v>243</v>
       </c>
       <c r="C80" t="s">
-        <v>233</v>
+        <v>247</v>
       </c>
       <c r="D80" t="s">
-        <v>234</v>
+        <v>248</v>
       </c>
       <c r="H80" t="s">
-        <v>235</v>
+        <v>249</v>
       </c>
       <c r="L80" t="s">
         <v>19</v>
       </c>
       <c r="M80" t="s">
         <v>19</v>
       </c>
       <c r="N80" t="s">
         <v>19</v>
       </c>
       <c r="O80" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="81" spans="1:15">
       <c r="A81" t="s">
-        <v>236</v>
+        <v>243</v>
       </c>
       <c r="C81" t="s">
-        <v>237</v>
+        <v>250</v>
       </c>
       <c r="D81" t="s">
-        <v>238</v>
+        <v>245</v>
       </c>
       <c r="H81" t="s">
-        <v>239</v>
+        <v>246</v>
       </c>
       <c r="L81" t="s">
         <v>19</v>
       </c>
       <c r="M81" t="s">
         <v>19</v>
       </c>
       <c r="N81" t="s">
         <v>19</v>
       </c>
       <c r="O81" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="82" spans="1:15">
       <c r="A82" t="s">
-        <v>240</v>
+        <v>243</v>
       </c>
       <c r="C82" t="s">
-        <v>241</v>
+        <v>251</v>
       </c>
       <c r="D82" t="s">
-        <v>242</v>
+        <v>248</v>
       </c>
       <c r="H82" t="s">
-        <v>243</v>
+        <v>249</v>
       </c>
       <c r="L82" t="s">
         <v>19</v>
       </c>
       <c r="M82" t="s">
         <v>19</v>
       </c>
       <c r="N82" t="s">
         <v>19</v>
       </c>
       <c r="O82" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="83" spans="1:15">
       <c r="A83" t="s">
-        <v>244</v>
+        <v>252</v>
       </c>
       <c r="C83" t="s">
-        <v>245</v>
+        <v>253</v>
       </c>
       <c r="D83" t="s">
-        <v>246</v>
+        <v>254</v>
       </c>
       <c r="H83" t="s">
-        <v>247</v>
+        <v>255</v>
       </c>
       <c r="L83" t="s">
         <v>19</v>
       </c>
       <c r="M83" t="s">
         <v>19</v>
       </c>
       <c r="N83" t="s">
         <v>19</v>
       </c>
       <c r="O83" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="84" spans="1:15">
       <c r="A84" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="C84" t="s">
-        <v>249</v>
+        <v>256</v>
       </c>
       <c r="D84" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="H84" t="s">
-        <v>251</v>
+        <v>257</v>
       </c>
       <c r="L84" t="s">
         <v>19</v>
       </c>
       <c r="M84" t="s">
         <v>19</v>
       </c>
       <c r="N84" t="s">
         <v>19</v>
       </c>
       <c r="O84" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="85" spans="1:15">
       <c r="A85" t="s">
-        <v>252</v>
+        <v>258</v>
       </c>
       <c r="C85" t="s">
-        <v>253</v>
+        <v>259</v>
       </c>
       <c r="D85" t="s">
-        <v>254</v>
+        <v>245</v>
       </c>
       <c r="H85" t="s">
-        <v>255</v>
+        <v>246</v>
       </c>
       <c r="L85" t="s">
         <v>19</v>
       </c>
       <c r="M85" t="s">
         <v>19</v>
       </c>
       <c r="N85" t="s">
         <v>19</v>
       </c>
       <c r="O85" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="86" spans="1:15">
       <c r="A86" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="C86" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="D86" t="s">
-        <v>258</v>
+        <v>245</v>
       </c>
       <c r="H86" t="s">
-        <v>259</v>
+        <v>246</v>
       </c>
       <c r="L86" t="s">
         <v>19</v>
       </c>
       <c r="M86" t="s">
         <v>19</v>
       </c>
       <c r="N86" t="s">
         <v>19</v>
       </c>
       <c r="O86" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="87" spans="1:15">
       <c r="A87" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="C87" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="D87" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="H87" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="L87" t="s">
         <v>19</v>
       </c>
       <c r="M87" t="s">
         <v>19</v>
       </c>
       <c r="N87" t="s">
         <v>19</v>
       </c>
       <c r="O87" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="88" spans="1:15">
       <c r="A88" t="s">
-        <v>260</v>
+        <v>265</v>
       </c>
       <c r="C88" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="D88" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="H88" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="L88" t="s">
         <v>19</v>
       </c>
       <c r="M88" t="s">
         <v>19</v>
       </c>
       <c r="N88" t="s">
         <v>19</v>
       </c>
       <c r="O88" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="89" spans="1:15">
       <c r="A89" t="s">
-        <v>267</v>
+        <v>265</v>
       </c>
       <c r="C89" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="D89" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="H89" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="L89" t="s">
         <v>19</v>
       </c>
       <c r="M89" t="s">
         <v>19</v>
       </c>
       <c r="N89" t="s">
         <v>19</v>
       </c>
       <c r="O89" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="90" spans="1:15">
       <c r="A90" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="C90" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="D90" t="s">
-        <v>273</v>
+        <v>267</v>
       </c>
       <c r="H90" t="s">
-        <v>274</v>
+        <v>268</v>
       </c>
       <c r="L90" t="s">
         <v>19</v>
       </c>
       <c r="M90" t="s">
         <v>19</v>
       </c>
       <c r="N90" t="s">
         <v>19</v>
       </c>
       <c r="O90" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="91" spans="1:15">
       <c r="A91" t="s">
-        <v>271</v>
+        <v>274</v>
       </c>
       <c r="C91" t="s">
         <v>275</v>
       </c>
       <c r="D91" t="s">
         <v>276</v>
       </c>
       <c r="H91" t="s">
         <v>277</v>
       </c>
       <c r="L91" t="s">
         <v>19</v>
       </c>
       <c r="M91" t="s">
         <v>19</v>
       </c>
       <c r="N91" t="s">
         <v>19</v>
       </c>
       <c r="O91" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="92" spans="1:15">
       <c r="A92" t="s">
@@ -3828,129 +4023,129 @@
       </c>
       <c r="C93" t="s">
         <v>283</v>
       </c>
       <c r="D93" t="s">
         <v>284</v>
       </c>
       <c r="H93" t="s">
         <v>285</v>
       </c>
       <c r="L93" t="s">
         <v>19</v>
       </c>
       <c r="M93" t="s">
         <v>19</v>
       </c>
       <c r="N93" t="s">
         <v>19</v>
       </c>
       <c r="O93" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="94" spans="1:15">
       <c r="A94" t="s">
+        <v>282</v>
+      </c>
+      <c r="C94" t="s">
         <v>286</v>
       </c>
-      <c r="C94" t="s">
+      <c r="D94" t="s">
         <v>287</v>
       </c>
-      <c r="D94" t="s">
+      <c r="H94" t="s">
         <v>288</v>
-      </c>
-[...1 lines deleted...]
-        <v>289</v>
       </c>
       <c r="L94" t="s">
         <v>19</v>
       </c>
       <c r="M94" t="s">
         <v>19</v>
       </c>
       <c r="N94" t="s">
         <v>19</v>
       </c>
       <c r="O94" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="95" spans="1:15">
       <c r="A95" t="s">
+        <v>289</v>
+      </c>
+      <c r="C95" t="s">
         <v>290</v>
       </c>
-      <c r="C95" t="s">
+      <c r="D95" t="s">
         <v>291</v>
       </c>
-      <c r="D95" t="s">
+      <c r="H95" t="s">
         <v>292</v>
-      </c>
-[...1 lines deleted...]
-        <v>293</v>
       </c>
       <c r="L95" t="s">
         <v>19</v>
       </c>
       <c r="M95" t="s">
         <v>19</v>
       </c>
       <c r="N95" t="s">
         <v>19</v>
       </c>
       <c r="O95" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="96" spans="1:15">
       <c r="A96" t="s">
+        <v>293</v>
+      </c>
+      <c r="C96" t="s">
         <v>294</v>
       </c>
-      <c r="C96" t="s">
+      <c r="D96" t="s">
         <v>295</v>
       </c>
-      <c r="D96" t="s">
+      <c r="H96" t="s">
         <v>296</v>
-      </c>
-[...1 lines deleted...]
-        <v>297</v>
       </c>
       <c r="L96" t="s">
         <v>19</v>
       </c>
       <c r="M96" t="s">
         <v>19</v>
       </c>
       <c r="N96" t="s">
         <v>19</v>
       </c>
       <c r="O96" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="97" spans="1:15">
       <c r="A97" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
       <c r="C97" t="s">
         <v>298</v>
       </c>
       <c r="D97" t="s">
         <v>299</v>
       </c>
       <c r="H97" t="s">
         <v>300</v>
       </c>
       <c r="L97" t="s">
         <v>19</v>
       </c>
       <c r="M97" t="s">
         <v>19</v>
       </c>
       <c r="N97" t="s">
         <v>19</v>
       </c>
       <c r="O97" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="98" spans="1:15">
       <c r="A98" t="s">
@@ -3958,311 +4153,753 @@
       </c>
       <c r="C98" t="s">
         <v>302</v>
       </c>
       <c r="D98" t="s">
         <v>303</v>
       </c>
       <c r="H98" t="s">
         <v>304</v>
       </c>
       <c r="L98" t="s">
         <v>19</v>
       </c>
       <c r="M98" t="s">
         <v>19</v>
       </c>
       <c r="N98" t="s">
         <v>19</v>
       </c>
       <c r="O98" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="99" spans="1:15">
       <c r="A99" t="s">
-        <v>301</v>
+        <v>305</v>
       </c>
       <c r="C99" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="D99" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="H99" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="L99" t="s">
         <v>19</v>
       </c>
       <c r="M99" t="s">
         <v>19</v>
       </c>
       <c r="N99" t="s">
         <v>19</v>
       </c>
       <c r="O99" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="100" spans="1:15">
       <c r="A100" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="C100" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="D100" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="H100" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="L100" t="s">
         <v>19</v>
       </c>
       <c r="M100" t="s">
         <v>19</v>
       </c>
       <c r="N100" t="s">
         <v>19</v>
       </c>
       <c r="O100" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="101" spans="1:15">
       <c r="A101" t="s">
-        <v>312</v>
-[...2 lines deleted...]
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="C101" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="D101" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="H101" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="L101" t="s">
-        <v>316</v>
+        <v>19</v>
       </c>
       <c r="M101" t="s">
-        <v>317</v>
+        <v>19</v>
       </c>
       <c r="N101" t="s">
-        <v>318</v>
+        <v>19</v>
       </c>
       <c r="O101" t="s">
-        <v>319</v>
+        <v>19</v>
       </c>
     </row>
     <row r="102" spans="1:15">
       <c r="A102" t="s">
-        <v>312</v>
-[...2 lines deleted...]
-        <v>312</v>
+        <v>317</v>
       </c>
       <c r="C102" t="s">
+        <v>318</v>
+      </c>
+      <c r="D102" t="s">
+        <v>319</v>
+      </c>
+      <c r="H102" t="s">
         <v>320</v>
       </c>
-      <c r="D102" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L102" t="s">
-        <v>316</v>
+        <v>19</v>
       </c>
       <c r="M102" t="s">
-        <v>317</v>
+        <v>19</v>
       </c>
       <c r="N102" t="s">
-        <v>318</v>
+        <v>19</v>
       </c>
       <c r="O102" t="s">
-        <v>319</v>
+        <v>19</v>
       </c>
     </row>
     <row r="103" spans="1:15">
       <c r="A103" t="s">
-        <v>312</v>
-[...2 lines deleted...]
-        <v>312</v>
+        <v>321</v>
       </c>
       <c r="C103" t="s">
+        <v>322</v>
+      </c>
+      <c r="D103" t="s">
         <v>323</v>
       </c>
-      <c r="D103" t="s">
+      <c r="H103" t="s">
         <v>324</v>
       </c>
-      <c r="H103" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L103" t="s">
-        <v>326</v>
+        <v>19</v>
       </c>
       <c r="M103" t="s">
-        <v>327</v>
+        <v>19</v>
       </c>
       <c r="N103" t="s">
-        <v>328</v>
+        <v>19</v>
       </c>
       <c r="O103" t="s">
-        <v>329</v>
+        <v>19</v>
       </c>
     </row>
     <row r="104" spans="1:15">
       <c r="A104" t="s">
-        <v>312</v>
-[...2 lines deleted...]
-        <v>312</v>
+        <v>325</v>
       </c>
       <c r="C104" t="s">
+        <v>326</v>
+      </c>
+      <c r="D104" t="s">
+        <v>327</v>
+      </c>
+      <c r="H104" t="s">
+        <v>328</v>
+      </c>
+      <c r="L104" t="s">
+        <v>19</v>
+      </c>
+      <c r="M104" t="s">
+        <v>19</v>
+      </c>
+      <c r="N104" t="s">
+        <v>19</v>
+      </c>
+      <c r="O104" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="105" spans="1:15">
+      <c r="A105" t="s">
+        <v>325</v>
+      </c>
+      <c r="C105" t="s">
+        <v>329</v>
+      </c>
+      <c r="D105" t="s">
         <v>330</v>
       </c>
-      <c r="D104" t="s">
-[...2 lines deleted...]
-      <c r="H104" t="s">
+      <c r="H105" t="s">
         <v>331</v>
       </c>
-      <c r="L104" t="s">
-[...13 lines deleted...]
-      <c r="E105" t="s">
+      <c r="L105" t="s">
+        <v>19</v>
+      </c>
+      <c r="M105" t="s">
+        <v>19</v>
+      </c>
+      <c r="N105" t="s">
+        <v>19</v>
+      </c>
+      <c r="O105" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="106" spans="1:15">
+      <c r="A106" t="s">
         <v>332</v>
       </c>
-      <c r="F105" t="s">
-[...13 lines deleted...]
-      <c r="E106" t="s">
+      <c r="C106" t="s">
         <v>333</v>
       </c>
-      <c r="F106" t="s">
-[...3 lines deleted...]
-        <v>317</v>
+      <c r="D106" t="s">
+        <v>334</v>
       </c>
       <c r="H106" t="s">
-        <v>318</v>
-[...2 lines deleted...]
-        <v>319</v>
+        <v>335</v>
+      </c>
+      <c r="L106" t="s">
+        <v>19</v>
+      </c>
+      <c r="M106" t="s">
+        <v>19</v>
+      </c>
+      <c r="N106" t="s">
+        <v>19</v>
+      </c>
+      <c r="O106" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="107" spans="1:15">
-      <c r="E107" t="s">
-[...6 lines deleted...]
-        <v>317</v>
+      <c r="A107" t="s">
+        <v>336</v>
+      </c>
+      <c r="C107" t="s">
+        <v>337</v>
+      </c>
+      <c r="D107" t="s">
+        <v>338</v>
       </c>
       <c r="H107" t="s">
-        <v>318</v>
-[...2 lines deleted...]
-        <v>319</v>
+        <v>339</v>
+      </c>
+      <c r="L107" t="s">
+        <v>19</v>
+      </c>
+      <c r="M107" t="s">
+        <v>19</v>
+      </c>
+      <c r="N107" t="s">
+        <v>19</v>
+      </c>
+      <c r="O107" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="108" spans="1:15">
-      <c r="E108" t="s">
-[...6 lines deleted...]
-        <v>317</v>
+      <c r="A108" t="s">
+        <v>336</v>
+      </c>
+      <c r="C108" t="s">
+        <v>340</v>
+      </c>
+      <c r="D108" t="s">
+        <v>341</v>
       </c>
       <c r="H108" t="s">
-        <v>318</v>
-[...2 lines deleted...]
-        <v>319</v>
+        <v>342</v>
+      </c>
+      <c r="L108" t="s">
+        <v>19</v>
+      </c>
+      <c r="M108" t="s">
+        <v>19</v>
+      </c>
+      <c r="N108" t="s">
+        <v>19</v>
+      </c>
+      <c r="O108" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="109" spans="1:15">
       <c r="A109" t="s">
-        <v>312</v>
-[...2 lines deleted...]
-        <v>312</v>
+        <v>343</v>
       </c>
       <c r="C109" t="s">
-        <v>336</v>
+        <v>344</v>
       </c>
       <c r="D109" t="s">
-        <v>306</v>
+        <v>345</v>
       </c>
       <c r="H109" t="s">
-        <v>337</v>
+        <v>346</v>
       </c>
       <c r="L109" t="s">
-        <v>316</v>
+        <v>19</v>
       </c>
       <c r="M109" t="s">
-        <v>317</v>
+        <v>19</v>
       </c>
       <c r="N109" t="s">
-        <v>318</v>
+        <v>19</v>
       </c>
       <c r="O109" t="s">
-        <v>319</v>
+        <v>19</v>
+      </c>
+    </row>
+    <row r="110" spans="1:15">
+      <c r="A110" t="s">
+        <v>347</v>
+      </c>
+      <c r="C110" t="s">
+        <v>348</v>
+      </c>
+      <c r="D110" t="s">
+        <v>349</v>
+      </c>
+      <c r="H110" t="s">
+        <v>350</v>
+      </c>
+      <c r="L110" t="s">
+        <v>19</v>
+      </c>
+      <c r="M110" t="s">
+        <v>19</v>
+      </c>
+      <c r="N110" t="s">
+        <v>19</v>
+      </c>
+      <c r="O110" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="111" spans="1:15">
+      <c r="A111" t="s">
+        <v>351</v>
+      </c>
+      <c r="C111" t="s">
+        <v>352</v>
+      </c>
+      <c r="D111" t="s">
+        <v>353</v>
+      </c>
+      <c r="H111" t="s">
+        <v>354</v>
+      </c>
+      <c r="L111" t="s">
+        <v>19</v>
+      </c>
+      <c r="M111" t="s">
+        <v>19</v>
+      </c>
+      <c r="N111" t="s">
+        <v>19</v>
+      </c>
+      <c r="O111" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="112" spans="1:15">
+      <c r="A112" t="s">
+        <v>355</v>
+      </c>
+      <c r="C112" t="s">
+        <v>356</v>
+      </c>
+      <c r="D112" t="s">
+        <v>357</v>
+      </c>
+      <c r="H112" t="s">
+        <v>358</v>
+      </c>
+      <c r="L112" t="s">
+        <v>19</v>
+      </c>
+      <c r="M112" t="s">
+        <v>19</v>
+      </c>
+      <c r="N112" t="s">
+        <v>19</v>
+      </c>
+      <c r="O112" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="113" spans="1:15">
+      <c r="A113" t="s">
+        <v>359</v>
+      </c>
+      <c r="C113" t="s">
+        <v>360</v>
+      </c>
+      <c r="D113" t="s">
+        <v>361</v>
+      </c>
+      <c r="H113" t="s">
+        <v>362</v>
+      </c>
+      <c r="L113" t="s">
+        <v>19</v>
+      </c>
+      <c r="M113" t="s">
+        <v>19</v>
+      </c>
+      <c r="N113" t="s">
+        <v>19</v>
+      </c>
+      <c r="O113" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="114" spans="1:15">
+      <c r="A114" t="s">
+        <v>359</v>
+      </c>
+      <c r="C114" t="s">
+        <v>363</v>
+      </c>
+      <c r="D114" t="s">
+        <v>364</v>
+      </c>
+      <c r="H114" t="s">
+        <v>365</v>
+      </c>
+      <c r="L114" t="s">
+        <v>19</v>
+      </c>
+      <c r="M114" t="s">
+        <v>19</v>
+      </c>
+      <c r="N114" t="s">
+        <v>19</v>
+      </c>
+      <c r="O114" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="115" spans="1:15">
+      <c r="A115" t="s">
+        <v>366</v>
+      </c>
+      <c r="C115" t="s">
+        <v>367</v>
+      </c>
+      <c r="D115" t="s">
+        <v>368</v>
+      </c>
+      <c r="H115" t="s">
+        <v>369</v>
+      </c>
+      <c r="L115" t="s">
+        <v>19</v>
+      </c>
+      <c r="M115" t="s">
+        <v>19</v>
+      </c>
+      <c r="N115" t="s">
+        <v>19</v>
+      </c>
+      <c r="O115" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="116" spans="1:15">
+      <c r="A116" t="s">
+        <v>366</v>
+      </c>
+      <c r="C116" t="s">
+        <v>370</v>
+      </c>
+      <c r="D116" t="s">
+        <v>371</v>
+      </c>
+      <c r="H116" t="s">
+        <v>372</v>
+      </c>
+      <c r="L116" t="s">
+        <v>19</v>
+      </c>
+      <c r="M116" t="s">
+        <v>19</v>
+      </c>
+      <c r="N116" t="s">
+        <v>19</v>
+      </c>
+      <c r="O116" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="117" spans="1:15">
+      <c r="A117" t="s">
+        <v>373</v>
+      </c>
+      <c r="C117" t="s">
+        <v>374</v>
+      </c>
+      <c r="D117" t="s">
+        <v>375</v>
+      </c>
+      <c r="H117" t="s">
+        <v>376</v>
+      </c>
+      <c r="L117" t="s">
+        <v>19</v>
+      </c>
+      <c r="M117" t="s">
+        <v>19</v>
+      </c>
+      <c r="N117" t="s">
+        <v>19</v>
+      </c>
+      <c r="O117" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="118" spans="1:15">
+      <c r="A118" t="s">
+        <v>377</v>
+      </c>
+      <c r="B118" t="s">
+        <v>377</v>
+      </c>
+      <c r="C118" t="s">
+        <v>378</v>
+      </c>
+      <c r="D118" t="s">
+        <v>379</v>
+      </c>
+      <c r="H118" t="s">
+        <v>380</v>
+      </c>
+      <c r="L118" t="s">
+        <v>381</v>
+      </c>
+      <c r="M118" t="s">
+        <v>382</v>
+      </c>
+      <c r="N118" t="s">
+        <v>383</v>
+      </c>
+      <c r="O118" t="s">
+        <v>384</v>
+      </c>
+    </row>
+    <row r="119" spans="1:15">
+      <c r="A119" t="s">
+        <v>377</v>
+      </c>
+      <c r="B119" t="s">
+        <v>377</v>
+      </c>
+      <c r="C119" t="s">
+        <v>385</v>
+      </c>
+      <c r="D119" t="s">
+        <v>386</v>
+      </c>
+      <c r="H119" t="s">
+        <v>387</v>
+      </c>
+      <c r="L119" t="s">
+        <v>381</v>
+      </c>
+      <c r="M119" t="s">
+        <v>382</v>
+      </c>
+      <c r="N119" t="s">
+        <v>383</v>
+      </c>
+      <c r="O119" t="s">
+        <v>384</v>
+      </c>
+    </row>
+    <row r="120" spans="1:15">
+      <c r="A120" t="s">
+        <v>377</v>
+      </c>
+      <c r="B120" t="s">
+        <v>377</v>
+      </c>
+      <c r="C120" t="s">
+        <v>388</v>
+      </c>
+      <c r="D120" t="s">
+        <v>389</v>
+      </c>
+      <c r="H120" t="s">
+        <v>390</v>
+      </c>
+      <c r="L120" t="s">
+        <v>391</v>
+      </c>
+      <c r="M120" t="s">
+        <v>392</v>
+      </c>
+      <c r="N120" t="s">
+        <v>393</v>
+      </c>
+      <c r="O120" t="s">
+        <v>394</v>
+      </c>
+    </row>
+    <row r="121" spans="1:15">
+      <c r="A121" t="s">
+        <v>377</v>
+      </c>
+      <c r="B121" t="s">
+        <v>377</v>
+      </c>
+      <c r="C121" t="s">
+        <v>395</v>
+      </c>
+      <c r="D121" t="s">
+        <v>389</v>
+      </c>
+      <c r="H121" t="s">
+        <v>396</v>
+      </c>
+      <c r="L121" t="s">
+        <v>381</v>
+      </c>
+      <c r="M121" t="s">
+        <v>382</v>
+      </c>
+      <c r="N121" t="s">
+        <v>383</v>
+      </c>
+      <c r="O121" t="s">
+        <v>384</v>
+      </c>
+    </row>
+    <row r="122" spans="1:15">
+      <c r="E122" t="s">
+        <v>397</v>
+      </c>
+      <c r="F122" t="s">
+        <v>381</v>
+      </c>
+      <c r="G122" t="s">
+        <v>382</v>
+      </c>
+      <c r="H122" t="s">
+        <v>383</v>
+      </c>
+      <c r="I122" t="s">
+        <v>384</v>
+      </c>
+    </row>
+    <row r="123" spans="1:15">
+      <c r="E123" t="s">
+        <v>398</v>
+      </c>
+      <c r="F123" t="s">
+        <v>381</v>
+      </c>
+      <c r="G123" t="s">
+        <v>382</v>
+      </c>
+      <c r="H123" t="s">
+        <v>383</v>
+      </c>
+      <c r="I123" t="s">
+        <v>384</v>
+      </c>
+    </row>
+    <row r="124" spans="1:15">
+      <c r="E124" t="s">
+        <v>399</v>
+      </c>
+      <c r="F124" t="s">
+        <v>381</v>
+      </c>
+      <c r="G124" t="s">
+        <v>382</v>
+      </c>
+      <c r="H124" t="s">
+        <v>383</v>
+      </c>
+      <c r="I124" t="s">
+        <v>384</v>
+      </c>
+    </row>
+    <row r="125" spans="1:15">
+      <c r="E125" t="s">
+        <v>400</v>
+      </c>
+      <c r="F125" t="s">
+        <v>381</v>
+      </c>
+      <c r="G125" t="s">
+        <v>382</v>
+      </c>
+      <c r="H125" t="s">
+        <v>383</v>
+      </c>
+      <c r="I125" t="s">
+        <v>384</v>
+      </c>
+    </row>
+    <row r="126" spans="1:15">
+      <c r="A126" t="s">
+        <v>377</v>
+      </c>
+      <c r="B126" t="s">
+        <v>377</v>
+      </c>
+      <c r="C126" t="s">
+        <v>401</v>
+      </c>
+      <c r="D126" t="s">
+        <v>371</v>
+      </c>
+      <c r="H126" t="s">
+        <v>402</v>
+      </c>
+      <c r="L126" t="s">
+        <v>381</v>
+      </c>
+      <c r="M126" t="s">
+        <v>382</v>
+      </c>
+      <c r="N126" t="s">
+        <v>383</v>
+      </c>
+      <c r="O126" t="s">
+        <v>384</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>