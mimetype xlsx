--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -12,446 +12,608 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="403">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="460">
   <si>
     <t>Start Date</t>
   </si>
   <si>
     <t>End Date</t>
   </si>
   <si>
     <t>Image</t>
   </si>
   <si>
     <t>Name (pt)</t>
   </si>
   <si>
     <t>Name (en)</t>
   </si>
   <si>
     <t>Name (es)</t>
   </si>
   <si>
     <t>Name (fr)</t>
   </si>
   <si>
     <t>Description (pt)</t>
   </si>
   <si>
     <t>Description (en)</t>
   </si>
   <si>
     <t>Description (es)</t>
   </si>
   <si>
     <t>Description (fr)</t>
   </si>
   <si>
     <t>Categories (pt)</t>
   </si>
   <si>
     <t>Categories (en)</t>
   </si>
   <si>
     <t>Categories (es)</t>
   </si>
   <si>
     <t>Categories (fr)</t>
   </si>
   <si>
+    <t>2026-03-21</t>
+  </si>
+  <si>
+    <t>https://www.buysatao.pt/files/images/activity/1774051209-cinema_21_marco_2026_evento.jpg</t>
+  </si>
+  <si>
+    <t>Exibição do filme "Saltitões"</t>
+  </si>
+  <si>
+    <t>&lt;div&gt; &lt;ul&gt; &lt;li&gt;&lt;/li&gt; &lt;li&gt; &lt;p&gt;Mabel, adora animais e usa uma nova tecnologia concebida de forma a fazer "&lt;a href="https://www.youtube.com/watch?v=tWuCOuX-HAs" title="Os Saltit&amp;otilde;es" target="_blank" target="_blank"&gt;saltar&lt;/a&gt;" a consci&amp;ecirc;ncia humana para dentro de animais rob&amp;oacute;ticos. Desta forma consegue comunicar com castores, descobrindo mist&amp;eacute;rios no mundo animal para al&amp;eacute;m de tudo o que poderia ter imaginado.&lt;/p&gt; &amp;nbsp;&lt;/li&gt; &lt;/ul&gt; &lt;/div&gt;</t>
+  </si>
+  <si>
+    <t>[{"name":"CM-Sátão"}]</t>
+  </si>
+  <si>
+    <t>2026-03-14</t>
+  </si>
+  <si>
+    <t>https://www.buysatao.pt/files/images/activity/1774051210-cinema_14_marco_2026_evento.jpg</t>
+  </si>
+  <si>
+    <t>Exibição do filme "Gritos 7"</t>
+  </si>
+  <si>
+    <t>&lt;div&gt; &lt;ul&gt; &lt;li&gt;&lt;/li&gt; &lt;li&gt; &lt;p&gt;Um novo &lt;a href="https://www.youtube.com/watch?v=U67WfC4i4ts" title="Gost 7" target="_blank" target="_blank"&gt;Ghostface&lt;/a&gt; surge na pacata cidade onde Sidney Prescott reconstruiu a sua vida. O seu maior medo torna-se realidade quando a sua filha se torna o pr&amp;oacute;ximo alvo. Determinada a proteger a fam&amp;iacute;lia, Sidney enfrenta horrores do passado para p&amp;ocirc;r um fim ao derramamento de sangue de uma vez por todas.&lt;/p&gt; &amp;nbsp;&lt;/li&gt; &lt;/ul&gt; &lt;/div&gt;</t>
+  </si>
+  <si>
+    <t>https://www.buysatao.pt/files/images/activity/1774051211-satao___tertulia_banner.jpg</t>
+  </si>
+  <si>
+    <t>Tertúlia "Saber + sobre: o impacto do diagnóstico de cancro nos cuidadores informais"</t>
+  </si>
+  <si>
+    <t>&lt;div&gt; &lt;ul&gt; &lt;li&gt;&lt;/li&gt; &lt;li&gt; &lt;p&gt;Tert&amp;uacute;lia "Saber + sobre: o impacto do diagn&amp;oacute;stico de cancro nos cuidadores informais", promovida pela Liga Portuguesa Contra o Cancro - N&amp;uacute;cleo Regional do Centro&lt;/p&gt; &lt;p&gt;&amp;#128197; 14 de mar&amp;ccedil;o de 2026 (s&amp;aacute;bado)&lt;/p&gt; &lt;p&gt;&amp;#9200; 16h30&lt;/p&gt; &lt;p&gt;&amp;#128205;Casa da Cultura de S&amp;aacute;t&amp;atilde;o&lt;/p&gt; &amp;nbsp;&lt;/li&gt; &lt;/ul&gt; &lt;/div&gt;</t>
+  </si>
+  <si>
+    <t>2026-03-07</t>
+  </si>
+  <si>
+    <t>https://www.buysatao.pt/files/images/activity/1774051212-cinema_07_marco_2026_evento.jpg</t>
+  </si>
+  <si>
+    <t>Exibição do filme "GOAT: O Maior de Todos"</t>
+  </si>
+  <si>
+    <t>&lt;div&gt; &lt;ul&gt; &lt;li&gt;&lt;/li&gt; &lt;li&gt; &lt;p&gt;&lt;a href="https://www.youtube.com/watch?v=5r-7eWDBc40" title="GOAT" target="_blank" target="_blank"&gt;Will&lt;/a&gt;, um pequeno bode com grandes sonhos, tem a oportunidade &amp;uacute;nica de se juntar aos profissionais e jogar roarball &amp;ndash; um desporto misto de alta intensidade e contacto, dominado pelos animais mais r&amp;aacute;pidos e ferozes. Os novos colegas de equipa de Will n&amp;atilde;o est&amp;atilde;o muito entusiasmados com a ideia de ter um bode no plantel, mas Will est&amp;aacute; determinado a revolucionar o desporto e a provar de uma vez por todas que os mais pequenos tamb&amp;eacute;m sabem jogar.&lt;/p&gt; &amp;nbsp;&lt;/li&gt; &lt;/ul&gt; &lt;/div&gt;</t>
+  </si>
+  <si>
+    <t>https://www.buysatao.pt/files/images/activity/1774051213-cartaz_pelas_maos_de_quem_sabe_marco_2026__evento.jpg</t>
+  </si>
+  <si>
+    <t>Pelas mãos de quem sabe - “Calendário” com inscrições abertas</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;No &amp;acirc;mbito da iniciativa &amp;ldquo;Pelas m&amp;atilde;os de quem sabe&amp;rdquo; e com a colabora&amp;ccedil;&amp;atilde;o do CLDS 5G de S&amp;aacute;t&amp;atilde;o, vai decorrer no dia 07 de mar&amp;ccedil;o de 2026, s&amp;aacute;bado, entre as 09h00 e as 12h00, na Casa da Cultura de S&amp;aacute;t&amp;atilde;o, o workshop "Feltragem a seco - l&amp;atilde; de merino&amp;rdquo;, com Elizabete Aguiar.&lt;/p&gt; &lt;p&gt;As inscri&amp;ccedil;&amp;otilde;es s&amp;atilde;o gratuitas e limitadas a 10 participantes, devendo ser realizadas at&amp;eacute; ao dia 05 de mar&amp;ccedil;o, &lt;a href="https://www.cm-satao.pt/balcao-virtual/formularios/formulario-pelas-maos-de-quem-sabe" title="Inscri&amp;ccedil;&amp;otilde;es Pelas M&amp;atilde;os de Quem Sabe" target="_blank" target="_blank"&gt;online&lt;/a&gt;.&amp;nbsp;&lt;/p&gt; &lt;p&gt;Para mais informa&amp;ccedil;&amp;otilde;es, os interessados devem contactar o tel. 232980007 (chamada para a rede fixa nacional).&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>2026-03-04</t>
+  </si>
+  <si>
+    <t>https://www.buysatao.pt/files/images/activity/1774051214-programa_marco_26_evento.jpg</t>
+  </si>
+  <si>
+    <t>Programa mês de março - Universidade Sénior</t>
+  </si>
+  <si>
+    <t>&lt;div&gt; &lt;ul&gt; &lt;li&gt;&lt;/li&gt; &lt;li&gt; &lt;p&gt;Divulga&amp;ccedil;&amp;atilde;o das atividades do m&amp;ecirc;s de fevereiro da Universidade S&amp;eacute;nior de S&amp;aacute;t&amp;atilde;o.&lt;/p&gt; &amp;nbsp;&lt;/li&gt; &lt;/ul&gt; &lt;/div&gt;</t>
+  </si>
+  <si>
+    <t>2026-03-03</t>
+  </si>
+  <si>
+    <t>https://www.buysatao.pt/files/images/activity/1774051215-musguices__graca_goncalves_evento.jpg</t>
+  </si>
+  <si>
+    <t>Posto de Turismo de Sátão recebe exposição “Musguices” - Magia do Pano.</t>
+  </si>
+  <si>
+    <t>&lt;div&gt; &lt;ul&gt; &lt;li&gt;&lt;/li&gt; &lt;li&gt; &lt;p&gt;O Posto de Turismo de S&amp;aacute;t&amp;atilde;o recebe a exposi&amp;ccedil;&amp;atilde;o &amp;ldquo;Musguices &amp;ndash; Magia do Pano&amp;rdquo;, de Gra&amp;ccedil;a Gon&amp;ccedil;alves, de 03 de mar&amp;ccedil;o a 30 de abril de 2026.&lt;/p&gt; &lt;p&gt;Gra&amp;ccedil;a Gon&amp;ccedil;alves, natural de Povolide, tem duas paix&amp;otilde;es na vida: os seus c&amp;atilde;es e o artesanato. &amp;Eacute; artes&amp;atilde; autodidata, e desde muito nova realizou trabalhos manuais, sendo atualmente a sua profiss&amp;atilde;o. Nesta exposi&amp;ccedil;&amp;atilde;o, al&amp;eacute;m de outros produtos, estar&amp;atilde;o patentes as bonecas de sua autoria.&lt;/p&gt; &amp;nbsp;&lt;/li&gt; &lt;/ul&gt; &lt;/div&gt;</t>
+  </si>
+  <si>
+    <t>2026-03-01</t>
+  </si>
+  <si>
+    <t>https://www.buysatao.pt/files/images/activity/1774051215-evento_peca_de_teatro_o_que_aconteceu_na_terra_dos.jpg</t>
+  </si>
+  <si>
+    <t>Peça de Teatro “O que é que aconteceu na terra dos Procópios” no Cineteatro Municipal de Sátão</t>
+  </si>
+  <si>
+    <t>&lt;div&gt; &lt;ul&gt; &lt;li&gt;&lt;/li&gt; &lt;li&gt; &lt;p&gt;O grupo crian&amp;ccedil;as da Escola Municipal de Teatro de S&amp;aacute;t&amp;atilde;o vai apresentar no dia 01 de mar&amp;ccedil;o de 2026, domingo, &amp;agrave;s 18h00, no Cineteatro Municipal de S&amp;aacute;t&amp;atilde;o, a pe&amp;ccedil;a de teatro &amp;ldquo;O que &amp;eacute; que aconteceu na terra dos Proc&amp;oacute;pios&amp;rdquo;, com encena&amp;ccedil;&amp;atilde;o de Florbela S&amp;aacute; Cunha.&lt;/p&gt; &lt;p&gt;Esta &amp;eacute; a primeira apresenta&amp;ccedil;&amp;atilde;o deste ano letivo, do grupo crian&amp;ccedil;as da Escola Municipal de Teatro de S&amp;aacute;t&amp;atilde;o, que vai certamente encantar o p&amp;uacute;blico.&lt;/p&gt; &lt;p&gt;&lt;strong&gt;Sinopse&lt;/strong&gt;&lt;/p&gt; &lt;p&gt;"&lt;em&gt;O que &amp;eacute; que aconteceu na terra dos Proc&amp;oacute;pios", de Maria Alberta Men&amp;eacute;res , conta a hist&amp;oacute;ria de tr&amp;ecirc;s Proc&amp;oacute;pios que, deixando para tr&amp;aacute;s a seguran&amp;ccedil;a do seu lar, partem numa aventura pelo mundo, onde a anima&amp;ccedil;&amp;atilde;o e as descobertas s&amp;atilde;o constantes! Os reis da floresta t&amp;ecirc;m tr&amp;ecirc;s filhos. A filha mais nova &amp;eacute; a bondade em pessoa, a segundo &amp;eacute; muito corajosa e o terceiro muito ambicioso. Os mais velhos v&amp;atilde;o &amp;agrave; descoberta do mundo e chegados a uma encruzilhada, cada um segue o seu caminho em busca do seu destino. Apercebendo-se que os irm&amp;atilde;os nunca mais voltavam, a mais nova decidiu ir atr&amp;aacute;s deles. Nesta viagem pela Terra dos Proc&amp;oacute;pios, vamos escutar hist&amp;oacute;rias de outras viagens, algumas que parecem familiares e outras carregadas de figuras estranhas. Vamos aprender a import&amp;acirc;ncia das pequenas coisas de todos os dias: um copo transparente, uma simples cadeira de madeira, um misterioso saco de estopa...&lt;/em&gt;"&lt;/p&gt; &amp;nbsp;&lt;/li&gt; &lt;/ul&gt; &lt;/div&gt; &lt;p&gt;&lt;em&gt;&amp;nbsp;&lt;/em&gt;&lt;/p&gt;</t>
+  </si>
+  <si>
     <t>2026-02-28</t>
   </si>
   <si>
-    <t>https://www.buysatao.pt/files/images/activity/1770163208-cinema_28_fevereiro_2026_evento.jpg</t>
+    <t>https://www.buysatao.pt/files/images/activity/1774051216-cinema_28_fevereiro_2026_evento.jpg</t>
   </si>
   <si>
     <t>Exibição do filme "Hamnet"</t>
   </si>
   <si>
     <t>&lt;div&gt; &lt;ul&gt; &lt;li&gt;&lt;/li&gt; &lt;li&gt; &lt;p&gt;580, Inglaterra. William Shakespeare, um professor de latim empobrecido, conhece Agnes, uma mulher de esp&amp;iacute;rito aberto. Iniciam um romance intenso que leva ao casamento e a tr&amp;ecirc;s filhos. Will prossegue a sua carreira teatral em Londres e Agnes assume sozinha as responsabilidades dom&amp;eacute;sticas. Quando uma trag&amp;eacute;dia ocorre, o v&amp;iacute;nculo inabal&amp;aacute;vel do casal &amp;eacute; posto &amp;agrave; prova. Essa experi&amp;ecirc;ncia partilhada prepara o terreno para a cria&amp;ccedil;&amp;atilde;o da obra-prima intemporal de Shakespeare, &lt;a href="https://www.youtube.com/watch?v=xYcgQMxQwmk" title="Exibi&amp;ccedil;&amp;atilde;o do Filme Hamnet" target="_self" target="_blank"&gt;Hamlet&lt;/a&gt;.&lt;/p&gt; &lt;p&gt;(Fonte: filmspot.pt)&lt;/p&gt; &amp;nbsp;&lt;/li&gt; &lt;/ul&gt; &lt;/div&gt;</t>
   </si>
   <si>
-    <t>[{"name":"CM-Sátão"}]</t>
+    <t>https://www.buysatao.pt/files/images/activity/1774051217-evento_oficina_rec_decoracao_fev_2026.jpg</t>
+  </si>
+  <si>
+    <t>Inscrições abertas para a oficina de “Reciclagem e Decoração: Ideias Criativas com Rolhas de Cortiça”</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;&lt;/p&gt; &lt;div&gt; &lt;ul&gt; &lt;li&gt;&lt;/li&gt; &lt;li&gt; &lt;p&gt;No pr&amp;oacute;ximo dia 28 de fevereiro de 2026, s&amp;aacute;bado, o Munic&amp;iacute;pio de S&amp;aacute;t&amp;atilde;o promove, no Parque Ambiental da Alameda Eduarda da Encarna&amp;ccedil;&amp;atilde;o Rodrigues, a oficina &amp;ldquo;Reciclagem e decora&amp;ccedil;&amp;atilde;o: ideias criativas com rolhas de corti&amp;ccedil;a&amp;rdquo;, das 09h00 &amp;agrave;s 12h00, com a colabora&amp;ccedil;&amp;atilde;o do CLDS 5G de S&amp;aacute;t&amp;atilde;o.&lt;/p&gt; &lt;p&gt;A reutiliza&amp;ccedil;&amp;atilde;o de objetos e de materiais &amp;eacute; uma das formas de prote&amp;ccedil;&amp;atilde;o do meio ambiente e de redu&amp;ccedil;&amp;atilde;o do lixo descartado. Materiais como pallets, caixotes de madeira da feira, latas, garrafas de pl&amp;aacute;stico ou de vidro, latas de feij&amp;atilde;o, rolhas de corti&amp;ccedil;a ou mesmo m&amp;oacute;veis antigos, possuem um grande potencial de reutiliza&amp;ccedil;&amp;atilde;o, podendo ser utilizados de diversas formas.. como forma de armazenamento ou mesmo como itens decorativos para a sua casa, jardim e outros ambientes.&lt;/p&gt; &lt;p&gt;Nesta oficina, os participantes poder&amp;atilde;o dar asas &amp;agrave; criatividade, utilizando rolhas de corti&amp;ccedil;a como elemento decorativo! Venha aprender connosco! Inscreva-se!&lt;/p&gt; &lt;p&gt;As inscri&amp;ccedil;&amp;otilde;es s&amp;atilde;o condicionadas a um m&amp;iacute;nimo de 5 e a um m&amp;aacute;ximo de 10 participantes e decorrem at&amp;eacute; ao dia 26 de fevereiro, &lt;a href="https://www.cm-satao.pt/balcao-virtual/formularios/formulario-de-atividade-de-educacao-ambiental" title="Oficina Parque Ambiental - Fevereiro" target="_self" target="_blank"&gt;on-line&lt;/a&gt;.&lt;/p&gt; &amp;nbsp;&lt;/li&gt; &lt;/ul&gt; &lt;/div&gt;</t>
+  </si>
+  <si>
+    <t>2026-02-27</t>
+  </si>
+  <si>
+    <t>https://www.buysatao.pt/files/images/activity/1774051218-peca_teatro_alentar_2026_nova_data_evento.jpg</t>
+  </si>
+  <si>
+    <t>Peça de Teatro “Alentar” no Cineteatro Municipal de Sátão</t>
+  </si>
+  <si>
+    <t>&lt;div&gt; &lt;ul&gt; &lt;li&gt;&lt;/li&gt; &lt;li&gt; &lt;p&gt;O grupo jovens/ adultos da Escola Municipal de Teatro de S&amp;aacute;t&amp;atilde;o vai apresentar no dia 27 de fevereiro de 2026, sexta-feira, &amp;agrave;s 21h00, no Cineteatro Municipal de S&amp;aacute;t&amp;atilde;o, a pe&amp;ccedil;a de teatro &amp;ldquo;Alentar&amp;rdquo;, com encena&amp;ccedil;&amp;atilde;o de Florbela S&amp;aacute; Cunha e com a colabora&amp;ccedil;&amp;atilde;o do grupo musical SemG&amp;eacute;nero.&lt;/p&gt; &lt;p&gt;Esta &amp;eacute; a primeira apresenta&amp;ccedil;&amp;atilde;o deste ano letivo, que vai certamente encantar o p&amp;uacute;blico.&lt;/p&gt; &lt;p&gt;Sinopse&lt;/p&gt; &lt;p&gt;&amp;ldquo; Alentar&amp;rdquo;&lt;/p&gt; &lt;p&gt;Numa aldeia quase deserta, onde as casas fechadas superam as habitadas e o sil&amp;ecirc;ncio pesa mais do que o som dos sinos, vivem alguns idosos que resistem ao abandono e &amp;agrave; passagem do tempo. A solid&amp;atilde;o tornou-se rotina, assim como o medo de serem os &amp;uacute;ltimos. Entre eles idosos que se agarram &amp;agrave; sua casa e &amp;agrave;s mem&amp;oacute;rias que ela guarda, recusando a ideia de serem enviados para um lar &amp;mdash;sair do seu lar &amp;eacute; morrer um pouco antes da hora.&lt;/p&gt; &lt;p&gt;A rotina da aldeia &amp;eacute; interrompida com a chegada de jovens imigrantes e refugiadas. Trazem outras l&amp;iacute;nguas, outras feridas, outras urg&amp;ecirc;ncias. No in&amp;iacute;cio, o encontro entre gera&amp;ccedil;&amp;otilde;es e experi&amp;ecirc;ncias &amp;eacute; marcado pelo estranhamento, pelo sil&amp;ecirc;ncio e pela desconfian&amp;ccedil;a. O passado de quem ficou confronta o presente de quem chegou.&lt;/p&gt; &lt;p&gt;&amp;Agrave; medida que pequenos gestos aproximam esses mundos nasce uma conviv&amp;ecirc;ncia inesperada. Enquanto a aldeia parece ganhar novo f&amp;ocirc;lego, a decis&amp;atilde;o de colocar a idosa num lar torna-se inevit&amp;aacute;vel, revelando o conflito entre cuidado e viol&amp;ecirc;ncia, prote&amp;ccedil;&amp;atilde;o e perda de autonomia.&lt;/p&gt; &lt;p&gt;A pe&amp;ccedil;a questiona quem decide onde &amp;eacute; o lugar de algu&amp;eacute;m, o que significa cuidar e se &amp;eacute; poss&amp;iacute;vel construir perten&amp;ccedil;a num mundo em constante deslocamento. Entre despedidas e recome&amp;ccedil;os, a aldeia transforma-se num espa&amp;ccedil;o de resist&amp;ecirc;ncia, onde solid&amp;atilde;o e esperan&amp;ccedil;a coexistem.&lt;/p&gt; &amp;nbsp;&lt;/li&gt; &lt;/ul&gt; &lt;/div&gt;</t>
   </si>
   <si>
     <t>2026-02-21</t>
   </si>
   <si>
-    <t>https://www.buysatao.pt/files/images/activity/1770163209-cinema_21_fevereiro_2026_evento.jpg</t>
+    <t>https://www.buysatao.pt/files/images/activity/1774051219-cinema_21_fevereiro_2026_evento.jpg</t>
   </si>
   <si>
     <t>Exibição do filme "Frankie e os Monstros"</t>
   </si>
   <si>
     <t>&lt;div&gt; &lt;ul&gt; &lt;li&gt;&lt;/li&gt; &lt;li&gt; &lt;p&gt;&lt;a href="https://www.youtube.com/watch?v=T_yF--G7wp4" title="Exibi&amp;ccedil;&amp;atilde;o do Filme Frankie e os Monstros" target="_blank" target="_blank"&gt;Stitch Head&lt;/a&gt;, uma pequena criatura despertada por um Professor Louco num castelo, protege as outras cria&amp;ccedil;&amp;otilde;es do professor da ira dos habitantes da cidade de Grubbers Nubbin.&lt;/p&gt; &lt;p&gt;(Fonte: filmspot.pt)&lt;/p&gt; &amp;nbsp;&lt;/li&gt; &lt;/ul&gt; &lt;/div&gt;</t>
   </si>
   <si>
+    <t>2026-02-20</t>
+  </si>
+  <si>
+    <t>https://www.buysatao.pt/files/images/activity/1774051219-o_meeting_beira_alta_post.jpg</t>
+  </si>
+  <si>
+    <t>Sátão recebe evento internacional de orientação: Beira Alta O’Meeting – Sátão 2026 (BEIRAOM)- World Ranking Event</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;Com organiza&amp;ccedil;&amp;atilde;o da C&amp;acirc;mara Municipal do S&amp;aacute;t&amp;atilde;o, do Clube de Orienta&amp;ccedil;&amp;atilde;o de Viseu, da Federa&amp;ccedil;&amp;atilde;o Portuguesa de Orienta&amp;ccedil;&amp;atilde;o e da Federa&amp;ccedil;&amp;atilde;o Internacional de Orienta&amp;ccedil;&amp;atilde;o, S&amp;aacute;t&amp;atilde;o recebe o Beira Alta O&amp;rsquo;Meeting &amp;ndash; S&amp;aacute;t&amp;atilde;o WRE 2026 (BEIRAOM&amp;rsquo;26). de 20 a 22 de fevereiro de 2026, que ir&amp;aacute; decorrer no Santu&amp;aacute;rio de Nosso Senhor dos Caminhos, freguesia de Rom&amp;atilde;s, Decermilo e Vila Longa.&lt;/p&gt; &lt;p&gt;Com a participa&amp;ccedil;&amp;atilde;o de mais de 800 atletas de 25 nacionalidades, este evento desportivo contar&amp;aacute; com tr&amp;ecirc;s etapas ( Warm-up Race na sexta-feira e duas etapas de dist&amp;acirc;ncias m&amp;eacute;dias, no s&amp;aacute;bado e no domingo), em que estas &amp;uacute;ltimas duas pontuam para a Ta&amp;ccedil;a de Portugal e s&amp;atilde;o World Ranking Event Candidates.&lt;/p&gt; &lt;p&gt;Este &amp;eacute; o sexto evento de Orienta&amp;ccedil;&amp;atilde;o que o concelho de S&amp;aacute;t&amp;atilde;o recebe, o que comprova os excelentes terrenos para a pr&amp;aacute;tica desta modalidade desportiva.&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>2026-02-17</t>
+  </si>
+  <si>
+    <t>https://www.buysatao.pt/files/images/activity/1774051220-carnaval_2026.jpg</t>
+  </si>
+  <si>
+    <t>Carnaval ACREDIPE 2026</t>
+  </si>
+  <si>
+    <t>&lt;a href="https://www.cm-satao.pt/ficha-tecnica/rss-feed/evento/carnaval-acredipe-2026" target="_blank"&gt;&lt;img src="https://www.cm-satao.pt/cmsatao/uploads/event/image/324/carnaval_2026.jpg"&gt;&lt;/a&gt;</t>
+  </si>
+  <si>
     <t>2026-02-16</t>
   </si>
   <si>
-    <t>https://www.buysatao.pt/files/images/activity/1770163210-carnaval_2026_biblioteca_finalevento.jpg</t>
+    <t>https://www.buysatao.pt/files/images/activity/1774051222-carnaval_2026_biblioteca_finalevento.jpg</t>
   </si>
   <si>
     <t>“Confeti Maluco” na Biblioteca Municipal de Sátão</t>
   </si>
   <si>
     <t>&lt;p&gt;&lt;/p&gt; &lt;div&gt; &lt;ul&gt; &lt;li&gt;&lt;/li&gt; &lt;li&gt; &lt;p&gt;A Biblioteca Municipal de S&amp;aacute;t&amp;atilde;o vai assinalar a &amp;eacute;poca do Carnaval com a realiza&amp;ccedil;&amp;atilde;o da atividade &amp;ldquo;Confeti Maluco&amp;rdquo;, no dia 16 de fevereiro de 2026 (segunda-feira), &amp;agrave;s 10h00 e &amp;agrave;s 14h00, direcionada &amp;agrave;s crian&amp;ccedil;as dos 3 aos 10 anos.&lt;/p&gt; &lt;p&gt;Esta atividade pretende desenvolver a coordena&amp;ccedil;&amp;atilde;o motora, aten&amp;ccedil;&amp;atilde;o e esp&amp;iacute;rito de equipa de forma divertida. Os interessados devem realizar a respetiva inscri&amp;ccedil;&amp;atilde;o at&amp;eacute; ao dia 12 de fevereiro, atrav&amp;eacute;s do contacto 232980008 (chamada para a rede fixa nacional).&lt;/p&gt; &amp;nbsp;&lt;/li&gt; &lt;/ul&gt; &lt;/div&gt;</t>
   </si>
   <si>
+    <t>https://www.buysatao.pt/files/images/activity/1774051221-desfile_carnaval__2026_evento11.jpg</t>
+  </si>
+  <si>
+    <t>Desfile de Carnaval - Idade + Ativa</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;&lt;/p&gt; &lt;div&gt; &lt;ul&gt; &lt;li&gt;&lt;/li&gt; &lt;li&gt; &lt;p&gt;&amp;#129395; Carnaval Idade + Ativa!&amp;#128116;&amp;#128117;&amp;#128103;&amp;#129490;Venha assistir ao Desfile de Carnaval, com anima&amp;ccedil;&amp;atilde;o musical &amp;#129489;&amp;zwj;&amp;#127908;&amp;#127932; e concurso de m&amp;aacute;scaras &amp;#129313;&amp;#129400;&lt;/p&gt; &lt;p&gt;&amp;#128205; Pavilh&amp;atilde;o Municipal de S&amp;aacute;t&amp;atilde;o&lt;/p&gt; &lt;p&gt;&amp;#128197; 16 de fevereiro de 2026 (segunda-feira)&lt;/p&gt; &lt;p&gt;&amp;#9200; 14h00&lt;/p&gt; &lt;p&gt;&amp;#128521; Entrada livre&amp;#10071;&amp;#65039;&lt;/p&gt; &amp;nbsp;&lt;/li&gt; &lt;/ul&gt; &lt;/div&gt;</t>
+  </si>
+  <si>
+    <t>2026-02-14</t>
+  </si>
+  <si>
+    <t>https://www.buysatao.pt/files/images/activity/1774051223-oficina_moldar_um_coracao_evento.jpg</t>
+  </si>
+  <si>
+    <t>Oficina “MOLDAR UM CORAÇÃO”</t>
+  </si>
+  <si>
+    <t>&lt;div&gt; &lt;ul&gt; &lt;li&gt;&lt;/li&gt; &lt;li&gt; &lt;p&gt;Se tens entre 6 e 16 anos vem celebrar o Amor no Museu de Pintura Naif participando nesta oficina de modelagem!&lt;/p&gt; &lt;p&gt;&amp;ldquo;Moldar um cora&amp;ccedil;&amp;atilde;o&amp;rdquo; &amp;eacute; uma oficina inspirada na pintura Festival dos Namorados, de Ant&amp;oacute;nio Lima Viana, em que te desafiamos a p&amp;ocirc;r as m&amp;atilde;os na massa e a moldar um cora&amp;ccedil;&amp;atilde;o &amp;agrave; tua maneira.&lt;/p&gt; &lt;p&gt;Inscri&amp;ccedil;&amp;otilde;es: museu.pinturanaif@cm-satao.pt | tel. 232 980 000 (ext. 1278)&lt;/p&gt; &lt;p&gt;at&amp;eacute; &amp;agrave;s 15h00 do dia 13 de fevereiro&lt;/p&gt; &lt;p&gt;A participa&amp;ccedil;&amp;atilde;o &amp;eacute; GRATUITA!&lt;/p&gt; &lt;p&gt;Dura&amp;ccedil;&amp;atilde;o:1h30&lt;/p&gt; &lt;p&gt;Grupo at&amp;eacute; 10 participantes&lt;/p&gt; &amp;nbsp;&lt;/li&gt; &lt;/ul&gt; &lt;/div&gt;</t>
+  </si>
+  <si>
     <t>2026-02-07</t>
   </si>
   <si>
-    <t>https://www.buysatao.pt/files/images/activity/1770163210-cinema_07_fevereiro_2026_evento.jpg</t>
+    <t>https://www.buysatao.pt/files/images/activity/1774051223-cinema_07_fevereiro_2026_evento.jpg</t>
   </si>
   <si>
     <t>Exibição do filme "Família de Aluguer"</t>
   </si>
   <si>
     <t>&lt;div&gt; &lt;ul&gt; &lt;li&gt;&lt;/li&gt; &lt;li&gt; &lt;p&gt;Um ator americano em T&amp;oacute;quio luta para encontrar um prop&amp;oacute;sito at&amp;eacute; conseguir um trabalho incomum: trabalhar para uma ag&amp;ecirc;ncia japonesa de "&lt;a href="https://www.youtube.com/watch?v=tRaIfUCjLY8" title="Trailer - Fam&amp;iacute;lias de Aluguer" target="_blank" target="_blank"&gt;fam&amp;iacute;lias de aluguer&lt;/a&gt;", desempenhando pap&amp;eacute;is substitutos para estranhos. &amp;Agrave; medida que mergulha no mundo dos seus clientes, come&amp;ccedil;a a formar la&amp;ccedil;os genu&amp;iacute;nos que esbatem as fronteiras entre a representa&amp;ccedil;&amp;atilde;o e a realidade.&lt;/p&gt; &lt;p&gt;(Fonte: filmspot.pt)&lt;/p&gt; &amp;nbsp;&lt;/li&gt; &lt;/ul&gt; &lt;/div&gt;</t>
   </si>
   <si>
-    <t>https://www.buysatao.pt/files/images/activity/1770163211-evento_pelas_maos_de_quem_sabe_fevereiro_2026_04.jpg</t>
+    <t>https://www.buysatao.pt/files/images/activity/1774051224-evento_pelas_maos_de_quem_sabe_fevereiro_2026_04.jpg</t>
   </si>
   <si>
     <t>Pelas mãos de quem sabe - “Acessório de Carnaval” com inscrições abertas</t>
   </si>
   <si>
     <t>&lt;div&gt; &lt;ul&gt; &lt;li&gt;&lt;/li&gt; &lt;li&gt; &lt;p&gt;No &amp;acirc;mbito da iniciativa &amp;ldquo;Pelas m&amp;atilde;os de quem sabe&amp;rdquo;, vai decorrer no dia 07 de fevereiro de 2026, s&amp;aacute;bado, entre as 10h00 e as 12h00, na Casa da Cultura de S&amp;aacute;t&amp;atilde;o, o workshop &amp;ldquo;Acess&amp;oacute;rio de Carnaval&amp;rdquo;, com T&amp;acirc;nia Chaves.&lt;/p&gt; &lt;p&gt;As inscri&amp;ccedil;&amp;otilde;es s&amp;atilde;o gratuitas e limitadas a 10 participantes, devendo ser realizadas at&amp;eacute; ao dia 05 de fevereiro, &lt;a href="https://www.cm-satao.pt/balcao-virtual/formularios/formulario-pelas-maos-de-quem-sabe" title="Fromul&amp;aacute;rio de Inscri&amp;ccedil;&amp;atilde;o - Pelas M&amp;atilde;os de Quem Sabe (Fevereiro)" target="_self" target="_blank"&gt;online&lt;/a&gt;.&amp;nbsp;&amp;nbsp;&lt;/p&gt; &lt;p&gt;Para mais informa&amp;ccedil;&amp;otilde;es, os interessados devem contactar o tel. 232980007 (chamada para a rede fixa nacional).&lt;/p&gt; &amp;nbsp;&lt;/li&gt; &lt;/ul&gt; &lt;/div&gt;</t>
   </si>
   <si>
+    <t>2026-02-02</t>
+  </si>
+  <si>
+    <t>https://www.buysatao.pt/files/images/activity/1774051225-exposicao_tanilandia_posto_turismo_evento.jpg</t>
+  </si>
+  <si>
+    <t>Exposição de trabalhos artesanais no Posto de Turismo de Sátão</t>
+  </si>
+  <si>
+    <t>&lt;div&gt; &lt;ul&gt; &lt;li&gt;&lt;/li&gt; &lt;li&gt; &lt;p&gt;O Posto de Turismo de S&amp;aacute;t&amp;atilde;o recebe a exposi&amp;ccedil;&amp;atilde;o de trabalhos artesanais Tanil&amp;acirc;ndia, de T&amp;acirc;nia Chaves, de 02 a 28 de fevereiro de 2026.&lt;/p&gt; &lt;p&gt;Tanil&amp;acirc;ndia &amp;eacute; um projeto de artesanato que come&amp;ccedil;ou em 2010 para ocupar os tempos livres de T&amp;acirc;nia Chaves. Este projeto foi crescendo e atualmente T&amp;acirc;nia Chaves tem um pequeno espa&amp;ccedil;o f&amp;iacute;sico situado em Viseu onde podemos encontrar: pintura em tecido e em madeira, trabalhos em feltro, trabalhos em Eva e costura.&lt;/p&gt; &lt;p&gt;A Exposi&amp;ccedil;&amp;atilde;o de trabalhos artesanais Tanil&amp;acirc;ndia estar&amp;aacute; patente no Posto de Turismo de S&amp;aacute;t&amp;atilde;o, de segunda a sexta feira das 09h00 &amp;agrave;s 17h30 e s&amp;aacute;bados das 08h30 &amp;agrave;s 13h00.&lt;/p&gt; &amp;nbsp;&lt;/li&gt; &lt;/ul&gt; &lt;/div&gt;</t>
+  </si>
+  <si>
     <t>2026-02-01</t>
   </si>
   <si>
-    <t>https://www.buysatao.pt/files/images/activity/1770163212-programa_fevereiro_26_evento.jpg</t>
+    <t>https://www.buysatao.pt/files/images/activity/1774051225-programa_fevereiro_26_evento.jpg</t>
   </si>
   <si>
     <t xml:space="preserve"> Divulgação das atividades do mês de fevereiro da Universidade Sénior de Sátão.</t>
   </si>
   <si>
     <t>&lt;p&gt;Divulga&amp;ccedil;&amp;atilde;o das atividades do m&amp;ecirc;s de fevereiro da Universidade S&amp;eacute;nior de S&amp;aacute;t&amp;atilde;o.&lt;/p&gt;</t>
   </si>
   <si>
     <t>2026-01-31</t>
   </si>
   <si>
-    <t>https://www.buysatao.pt/files/images/activity/1770163213-cinema_31_janeiro_2025_evento.jpg</t>
+    <t>https://www.buysatao.pt/files/images/activity/1774051226-cinema_31_janeiro_2025_evento.jpg</t>
   </si>
   <si>
     <t>Exibição do filme "A Criada"</t>
   </si>
   <si>
     <t>&lt;div&gt; &lt;ul&gt; &lt;li&gt;&lt;/li&gt; &lt;li&gt; &lt;p&gt;&lt;a href="https://www.youtube.com/watch?v=kdDdlY2VPxw" title="A Criada" target="_blank" target="_blank"&gt;Millie&lt;/a&gt; &amp;eacute; uma mulher lutadora e feliz por recome&amp;ccedil;ar a vida como empregada dom&amp;eacute;stica de Nina e Andrew, um casal rico. No entanto, logo percebe que os segredos da fam&amp;iacute;lia s&amp;atilde;o mais perigosos do que os seus.&lt;/p&gt; &amp;nbsp;&lt;/li&gt; &lt;/ul&gt; &lt;/div&gt;</t>
   </si>
   <si>
     <t>2026-01-25</t>
   </si>
   <si>
-    <t>https://www.buysatao.pt/files/images/activity/1770163214-site_livro_valsa_dos_amantes_copiar.jpg</t>
+    <t>https://www.buysatao.pt/files/images/activity/1774051226-site_livro_valsa_dos_amantes_copiar.jpg</t>
   </si>
   <si>
     <t>Apresentação do livro “A Valsa dos Amantes”</t>
   </si>
   <si>
     <t>&lt;div&gt; &lt;ul&gt; &lt;li&gt;&lt;/li&gt; &lt;li&gt; &lt;p&gt;O Presidente da C&amp;acirc;mara Municipal de S&amp;aacute;t&amp;atilde;o, Alexandre Manuel Mendon&amp;ccedil;a Vaz, e o autor Rebelo Marinho t&amp;ecirc;m a honra de convidar a popula&amp;ccedil;&amp;atilde;o para a Sess&amp;atilde;o de Lan&amp;ccedil;amento do livro A Valsa dos Amantes, que ter&amp;aacute; lugar no pr&amp;oacute;ximo domingo, dia 25 de janeiro, &amp;agrave;s 15h00, na Biblioteca Municipal de S&amp;aacute;t&amp;atilde;o.&lt;/p&gt; &lt;p&gt;A obra ser&amp;aacute; apresentada por Fernando Alexandre Lopes, num momento dedicado &amp;agrave; promo&amp;ccedil;&amp;atilde;o da leitura, da literatura e da cultura no concelho.&lt;/p&gt; &lt;p&gt;O Munic&amp;iacute;pio de S&amp;aacute;t&amp;atilde;o refor&amp;ccedil;a, desta forma, o seu compromisso com a valoriza&amp;ccedil;&amp;atilde;o cultural e convida todos os interessados a participarem neste encontro liter&amp;aacute;rio de entrada livre.&lt;/p&gt; &amp;nbsp;&lt;/li&gt; &lt;/ul&gt; &lt;/div&gt; &lt;p&gt;&lt;/p&gt;</t>
   </si>
   <si>
     <t>2026-01-24</t>
   </si>
   <si>
-    <t>https://www.buysatao.pt/files/images/activity/1770163215-cinema_24_janeiro_2025_evento.jpg</t>
+    <t>https://www.buysatao.pt/files/images/activity/1774051227-cinema_24_janeiro_2025_evento.jpg</t>
   </si>
   <si>
     <t>Exibição do filme "Spongebob o filme: À procura das Calças Quadradas"</t>
   </si>
   <si>
     <t>&lt;div&gt; &lt;ul&gt; &lt;li&gt;&lt;/li&gt; &lt;li&gt; &lt;p&gt;Desejoso de provar que &amp;eacute; um verdadeiro her&amp;oacute;i, &lt;a href="https://www.youtube.com/watch?v=XdPt8QWTypI" title="Spongebobo o filme" target="_blank" target="_blank"&gt;SpongeBob&lt;/a&gt; parte numa aventura para demonstrar a sua coragem a Mr. Krabs seguindo O Holand&amp;ecirc;s Voador, um misterioso e aventureiro pirata fantasma numa com&amp;eacute;dia mar&amp;iacute;tima que o leva &amp;agrave;s profundezas do oceano, onde nenhuma esponja jamais esteve.&lt;/p&gt; &amp;nbsp;&lt;/li&gt; &lt;/ul&gt; &lt;/div&gt;</t>
   </si>
   <si>
     <t>2026-01-23</t>
   </si>
   <si>
-    <t>https://www.buysatao.pt/files/images/activity/1770163216-cartaz_perdicao_satao.jpg</t>
+    <t>https://www.buysatao.pt/files/images/activity/1774051228-cartaz_perdicao_satao.jpg</t>
   </si>
   <si>
     <t>Espetáculo "Perdição"</t>
   </si>
   <si>
     <t>&lt;div&gt; &lt;ul&gt; &lt;li&gt;&lt;/li&gt; &lt;li&gt; &lt;p&gt;No dia 23 de janeiro de 2026, pelas 21h00, o Cineteatro Municipal de S&amp;aacute;t&amp;atilde;o recebe o espet&amp;aacute;culo &amp;ldquo;Perdi&amp;ccedil;&amp;atilde;o&amp;rdquo;, uma adapta&amp;ccedil;&amp;atilde;o teatral da obra &amp;ldquo;Amor de Perdi&amp;ccedil;&amp;atilde;o&amp;rdquo;, de Camilo Castelo Branco. Em palco estar&amp;aacute; a AFTA, Grupo OFF, com encena&amp;ccedil;&amp;atilde;o de Florbela S&amp;aacute; Cunha, numa proposta art&amp;iacute;stica que revisita um dos maiores cl&amp;aacute;ssicos da literatura portuguesa, explorando de forma intensa os temas do amor, do destino e da trag&amp;eacute;dia. Esta iniciativa promete uma noite de teatro marcada pela emo&amp;ccedil;&amp;atilde;o e pela for&amp;ccedil;a dram&amp;aacute;tica de uma hist&amp;oacute;ria intemporal, aberta a todo o p&amp;uacute;blico apreciador das artes c&amp;eacute;nicas.&lt;/p&gt; &amp;nbsp;&lt;/li&gt; &lt;/ul&gt; &lt;/div&gt;</t>
   </si>
   <si>
     <t>2026-01-19</t>
   </si>
   <si>
-    <t>https://www.buysatao.pt/files/images/activity/1770163216-evento_inauguracao_naif_06.jpg</t>
+    <t>https://www.buysatao.pt/files/images/activity/1774051228-evento_inauguracao_naif_06.jpg</t>
   </si>
   <si>
     <t>Inauguração do Museu de Pintura Naïf e do Restauro da Capela Mor de São Saturnino em Sátão</t>
   </si>
   <si>
     <t>&lt;div&gt; &lt;ul&gt; &lt;li&gt;&lt;/li&gt; &lt;li&gt; &lt;p&gt;O Munic&amp;iacute;pio de S&amp;aacute;t&amp;atilde;o inaugura o Museu de Pintura Na&amp;iuml;f e do Restauro da Capela Mor de S&amp;atilde;o Saturnino, no dia 19 de janeiro de 2026, segunda-feira, &amp;agrave;s 14h30, na localidade de Pedrosas, concelho de S&amp;aacute;t&amp;atilde;o, com a presen&amp;ccedil;a da Ministra da Cultura, Juventude e Desporto, Margarida Balseiro Lopes e do Bispo de Viseu, D. Ant&amp;oacute;nio Luciano.&lt;/p&gt; &lt;p&gt;O Museu de Pintura Na&amp;iuml;f de S&amp;aacute;t&amp;atilde;o alberga uma extraordin&amp;aacute;ria cole&amp;ccedil;&amp;atilde;o de arte na&amp;iuml;f doada &amp;agrave; autarquia por Herm&amp;iacute;nio Ferreira (1944-2018). Natural das Pedrosas, este grande economista tinha um profundo fasc&amp;iacute;nio pelas artes, levando-o a colecionar antiguidades de v&amp;aacute;rios g&amp;eacute;neros. Foi assim que, ao longo da sua vida, foi juntando quadros de pintura na&amp;iuml;f dando corpo &amp;agrave; cole&amp;ccedil;&amp;atilde;o. A C&amp;acirc;mara Municipal de S&amp;aacute;t&amp;atilde;o recuperou em 2018 a sua casa de fam&amp;iacute;lia, tendo constru&amp;iacute;do um edif&amp;iacute;cio novo para a incorpora&amp;ccedil;&amp;atilde;o da cole&amp;ccedil;&amp;atilde;o nascendo da&amp;iacute; o Museu de Pintura Na&amp;iuml;f. A Pintura Na&amp;iuml;f &amp;eacute; conhecida como um estilo art&amp;iacute;stico espont&amp;acirc;neo, criado por artistas autodidatas, sendo tamb&amp;eacute;m apelidada de &amp;ldquo;arte primitiva&amp;rdquo;.&lt;/p&gt; &lt;p&gt;O Museu de Pintura Na&amp;iuml;f abre ao p&amp;uacute;blico no dia 22 de janeiro e ter&amp;aacute; o seguinte hor&amp;aacute;rio de funcionamento: quinta e sexta-feira das 09h00 &amp;agrave;s 13h00 e das 14h00 &amp;agrave;s 17h00, s&amp;aacute;bado e domingo das 14h00 &amp;agrave;s 17h00.&lt;/p&gt; &amp;nbsp;&lt;/li&gt; &lt;/ul&gt; &lt;/div&gt;</t>
   </si>
   <si>
     <t>2026-01-17</t>
   </si>
   <si>
-    <t>https://www.buysatao.pt/files/images/activity/1770163218-cinema_17_janeiro_2025_evento.jpg</t>
+    <t>https://www.buysatao.pt/files/images/activity/1774051229-cinema_17_janeiro_2025_evento.jpg</t>
   </si>
   <si>
     <t>Exibição do filme "Avatar: Fogo e Cinzas"</t>
   </si>
   <si>
     <t>&lt;div&gt; &lt;ul&gt; &lt;li&gt;&lt;/li&gt; &lt;li&gt; &lt;p&gt;A hist&amp;oacute;ria come&amp;ccedil;a algumas semanas ap&amp;oacute;s os acontecimentos de "&lt;a href="https://www.youtube.com/watch?v=6zmO2mtciYs" title="Avatar: Fogo e Cinzas" target="_blank" target="_blank"&gt;Avatar&lt;/a&gt;: O Caminho da &amp;Aacute;gua". A fam&amp;iacute;lia Sully continua a viver entre o cl&amp;atilde; Metkayina nos pitorescos recifes de Pandora enquanto aprende a viver sem Neteyam, o filho mais velho que morreu numa escaramu&amp;ccedil;a com o Povo do C&amp;eacute;u.&lt;/p&gt; &lt;p&gt;Jake, Neytiri, Lo'ak, Tuk, Spider e Kiri lidam com a perda &amp;agrave; sua maneira. Enquanto Spider se adapta &amp;agrave; vida com o povo do recife, os Sully preocupam-se com a sua seguran&amp;ccedil;a e percebe que ele n&amp;atilde;o pode mais permanecer com eles. Ap&amp;oacute;s uma apresenta&amp;ccedil;&amp;atilde;o ao Cl&amp;atilde; Tlalim, n&amp;oacute;madas pac&amp;iacute;ficos que viajam pelos c&amp;eacute;us, o seu chefe, Peylak, concorda em transportar Spider de volta ao Acampamento Alto, a fortaleza dos Omatikaya.&lt;/p&gt; &lt;p&gt;Por fim, toda a fam&amp;iacute;lia Sully decide juntar-se a Spider na viagem que &amp;eacute; interrompida por um ataque do Cl&amp;atilde; Mangkwan, tamb&amp;eacute;m conhecido como o Povo das Cinzas. Liderado por Varang, o Povo das Cinzas &amp;eacute; composto por Na'vi que viram a sua cultura e modo de vida foram drasticamente alterados ap&amp;oacute;s a devasta&amp;ccedil;&amp;atilde;o da sua terra por um vulc&amp;atilde;o. Culpam Eywa (a M&amp;atilde;e de Todos de Pandora) pelo desastre. Enquanto isso, a RDA est&amp;aacute; em dificuldades, ap&amp;oacute;s a derrota devastadora &amp;agrave;s m&amp;atilde;os de Jake Sully e do Cl&amp;atilde; Metkayina, e reagrupa-se para planear o pr&amp;oacute;ximo ataque.&lt;/p&gt; &amp;nbsp;&lt;/li&gt; &lt;/ul&gt; &lt;/div&gt;</t>
   </si>
   <si>
     <t>2026-01-10</t>
   </si>
   <si>
-    <t>https://www.buysatao.pt/files/images/activity/1770163219-peca_teatro_alentar_2026_final_evento.jpg</t>
-[...2 lines deleted...]
-    <t>Peça de Teatro “Alentar” no Cineteatro Municipal de Sátão</t>
+    <t>https://www.buysatao.pt/files/images/activity/1774051229-peca_teatro_alentar_2026_final_evento.jpg</t>
   </si>
   <si>
     <t>&lt;div&gt; &lt;ul&gt; &lt;li&gt;&lt;/li&gt; &lt;li&gt; &lt;p&gt;O grupo jovens/ adultos da Escola Municipal de Teatro de S&amp;aacute;t&amp;atilde;o vai apresentar no dia 10 de janeiro de 2026, s&amp;aacute;bado, &amp;agrave;s 21h00, no Cineteatro Municipal de S&amp;aacute;t&amp;atilde;o, a pe&amp;ccedil;a de teatro &amp;ldquo;Alentar&amp;rdquo;, com encena&amp;ccedil;&amp;atilde;o de Florbela S&amp;aacute; Cunha e com a colabora&amp;ccedil;&amp;atilde;o do grupo musical SemG&amp;eacute;nero.&lt;/p&gt; &lt;p&gt;Esta &amp;eacute; a primeira apresenta&amp;ccedil;&amp;atilde;o deste ano letivo, que vai certamente encantar o p&amp;uacute;blico.&lt;/p&gt; &lt;p&gt;&amp;ldquo; Alentar&amp;rdquo;&lt;/p&gt; &lt;p&gt;Numa aldeia quase deserta, onde as casas fechadas superam as habitadas e o sil&amp;ecirc;ncio pesa mais do que o som dos sinos, vivem alguns idosos que resistem ao abandono e &amp;agrave; passagem do tempo. A solid&amp;atilde;o tornou-se rotina, assim como o medo de serem os &amp;uacute;ltimos. Entre eles idosos que se agarram &amp;agrave; sua casa e &amp;agrave;s mem&amp;oacute;rias que ela guarda, recusando a ideia de serem enviados para um lar &amp;mdash;sair do seu lar &amp;eacute; morrer um pouco antes da hora.&lt;/p&gt; &lt;p&gt;A rotina da aldeia &amp;eacute; interrompida com a chegada de jovens imigrantes e refugiadas. Trazem outras l&amp;iacute;nguas, outras feridas, outras urg&amp;ecirc;ncias. No in&amp;iacute;cio, o encontro entre gera&amp;ccedil;&amp;otilde;es e experi&amp;ecirc;ncias &amp;eacute; marcado pelo estranhamento, pelo sil&amp;ecirc;ncio e pela desconfian&amp;ccedil;a. O passado de quem ficou confronta o presente de quem chegou.&lt;/p&gt; &lt;p&gt;&amp;Agrave; medida que pequenos gestos aproximam esses mundos nasce uma conviv&amp;ecirc;ncia inesperada. Enquanto a aldeia parece ganhar novo f&amp;ocirc;lego, a decis&amp;atilde;o de colocar a idosa num lar torna-se inevit&amp;aacute;vel, revelando o conflito entre cuidado e viol&amp;ecirc;ncia, prote&amp;ccedil;&amp;atilde;o e perda de autonomia.&lt;/p&gt; &lt;p&gt;A pe&amp;ccedil;a questiona quem decide onde &amp;eacute; o lugar de algu&amp;eacute;m, o que significa cuidar e se &amp;eacute; poss&amp;iacute;vel construir perten&amp;ccedil;a num mundo em constante deslocamento. Entre despedidas e recome&amp;ccedil;os, a aldeia transforma-se num espa&amp;ccedil;o de resist&amp;ecirc;ncia, onde solid&amp;atilde;o e esperan&amp;ccedil;a coexistem.&lt;/p&gt; &amp;nbsp;&lt;/li&gt; &lt;/ul&gt; &lt;/div&gt; &lt;p&gt;&lt;/p&gt;</t>
   </si>
   <si>
-    <t>https://www.buysatao.pt/files/images/activity/1770163219-evento_pelas_maos_de_quem_sabe_janeiro_2026_04.jpg</t>
-[...2 lines deleted...]
-    <t>Pelas mãos de quem sabe - “Calendário” com inscrições abertas</t>
+    <t>https://www.buysatao.pt/files/images/activity/1774051230-evento_pelas_maos_de_quem_sabe_janeiro_2026_04.jpg</t>
   </si>
   <si>
     <t>&lt;div&gt; &lt;ul&gt; &lt;li&gt;&lt;/li&gt; &lt;li&gt; &lt;p&gt;No &amp;acirc;mbito da iniciativa &amp;ldquo;Pelas m&amp;atilde;os de quem sabe&amp;rdquo;, vai decorrer no dia 10 de janeiro de 2026, s&amp;aacute;bado, entre as 10h00 e as 12h00, na Casa da Cultura de S&amp;aacute;t&amp;atilde;o, o workshop &amp;ldquo;Calend&amp;aacute;rio&amp;rdquo;, com T&amp;acirc;nia Chaves.&lt;/p&gt; &lt;p&gt;As inscri&amp;ccedil;&amp;otilde;es s&amp;atilde;o gratuitas e limitadas a 10 participantes, devendo ser realizadas at&amp;eacute; ao dia 08 de janeiro, &lt;a href="https://www.cm-satao.pt/balcao-virtual/formularios/formulario-pelas-maos-de-quem-sabe" title="Inscri&amp;ccedil;&amp;otilde;es Pelas M&amp;atilde;os de Quem Sabe" target="_blank" target="_blank"&gt;online&lt;/a&gt;.&amp;nbsp;&lt;/p&gt; &lt;p&gt;Para mais informa&amp;ccedil;&amp;otilde;es, os interessados devem contactar o tel. 232980007 (chamada para a rede fixa nacional).&lt;/p&gt; &amp;nbsp;&lt;/li&gt; &lt;/ul&gt; &lt;/div&gt;</t>
   </si>
   <si>
     <t>2026-01-05</t>
   </si>
   <si>
-    <t>https://www.buysatao.pt/files/images/activity/1770163220-programa_janeiro_26_evento.jpg</t>
+    <t>https://www.buysatao.pt/files/images/activity/1772668825-programa_janeiro_26_evento.jpg</t>
   </si>
   <si>
     <t>Atividades do mês de janeiro da Universidade Sénior de Sátão</t>
   </si>
   <si>
     <t>&lt;div&gt; &lt;ul&gt; &lt;li&gt;&lt;/li&gt; &lt;li&gt; &lt;p&gt;A Universidade S&amp;eacute;nior de S&amp;aacute;t&amp;atilde;o inicia o m&amp;ecirc;s de janeiro com um programa diversificado de atividades abertas &amp;agrave; comunidade. Ao longo do m&amp;ecirc;s haver&amp;aacute; momentos de conv&amp;iacute;vio, informa&amp;ccedil;&amp;atilde;o e reflex&amp;atilde;o, incluindo o Cantar das Janeiras, palestras sobre seguran&amp;ccedil;a e sa&amp;uacute;de, e a exibi&amp;ccedil;&amp;atilde;o de um filme. As iniciativas decorrem em v&amp;aacute;rios espa&amp;ccedil;os municipais e destinam-se a promover o envelhecimento ativo e a participa&amp;ccedil;&amp;atilde;o social. Para mais informa&amp;ccedil;&amp;otilde;es, contacte 232 980 000.&lt;/p&gt; &amp;nbsp;&lt;/li&gt; &lt;/ul&gt; &lt;/div&gt;</t>
   </si>
   <si>
     <t>2025-12-28</t>
   </si>
   <si>
-    <t>https://www.buysatao.pt/files/images/activity/1770163220-concerto_solidario_nosso_site.jpg</t>
+    <t>https://www.buysatao.pt/files/images/activity/1772668825-concerto_solidario_nosso_site.jpg</t>
   </si>
   <si>
     <t>Concerto solidário "Palco da Vida"  -  Escola de Música Nota LA</t>
   </si>
   <si>
     <t>&lt;p&gt;&lt;/p&gt; &lt;div&gt; &lt;ul&gt; &lt;li&gt;&lt;/li&gt; &lt;li&gt; &lt;p&gt;No domingo, 28 de dezembro de 2025, &amp;agrave;s 15h30, o Cineteatro Municipal de S&amp;aacute;t&amp;atilde;o recebe um evento solid&amp;aacute;rio cuja bilheteira tem o valor &amp;uacute;nico de 3&amp;euro;.&lt;/p&gt; &lt;p&gt;A venda dos bilhetes &amp;eacute; realizada pela Escola de M&amp;uacute;sica Nota LA, e a totalidade da receita reverte a favor da Liga Portuguesa Contra o Cancro.&lt;/p&gt; &amp;nbsp;&lt;/li&gt; &lt;/ul&gt; &lt;/div&gt;</t>
   </si>
   <si>
     <t>2025-12-19</t>
   </si>
   <si>
-    <t>https://www.buysatao.pt/files/images/activity/1770163221-espetaculo_asas_de_natal_evento.jpg</t>
+    <t>https://www.buysatao.pt/files/images/activity/1772668826-espetaculo_asas_de_natal_evento.jpg</t>
   </si>
   <si>
     <t>Escola Municipal de Acrobacia Aérea apresenta espetáculo de Natal</t>
   </si>
   <si>
     <t>&lt;div&gt; &lt;ul&gt; &lt;li&gt;&lt;/li&gt; &lt;li&gt; &lt;p&gt;A Escola Municipal de Acrobacia A&amp;eacute;rea de S&amp;aacute;t&amp;atilde;o, com orienta&amp;ccedil;&amp;atilde;o da professora Emanuela Shirripa, apresentao espet&amp;aacute;culo &amp;ldquo;Asas de Natal&amp;rdquo;, no dia 19 de dezembro de 2025, &amp;agrave;s 17h30, no Cineteatro Municipal de S&amp;aacute;t&amp;atilde;o, decorre , com as Highflyers.&lt;/p&gt; &amp;nbsp;&lt;/li&gt; &lt;/ul&gt; &lt;/div&gt;</t>
   </si>
   <si>
     <t>2025-12-18</t>
   </si>
   <si>
-    <t>https://www.buysatao.pt/files/images/activity/1770163222-01_oficina_arvorezinha_de_natal_evento.jpg</t>
+    <t>https://www.buysatao.pt/files/images/activity/1772150422-01_oficina_arvorezinha_de_natal_evento.jpg</t>
   </si>
   <si>
     <t>Biblioteca Municipal abre inscrições para Oficina de Natal - " Arvorezinha de Natal "</t>
   </si>
   <si>
     <t>&lt;div&gt; &lt;ul&gt; &lt;li&gt;&lt;/li&gt; &lt;li&gt; &lt;p&gt;A Biblioteca Municipal de S&amp;aacute;t&amp;atilde;o est&amp;aacute; a preparar uma oficina de Natal, convidando as crian&amp;ccedil;as a partilhar as suas ideias, opini&amp;otilde;es e pensamentos sobre a &amp;eacute;poca natal&amp;iacute;cia atrav&amp;eacute;s da constru&amp;ccedil;&amp;atilde;o da &amp;aacute;rvore de Natal. Com esta Oficina pretende-se estimular a curiosidade e a express&amp;atilde;o livre, fornecendo as ferramentas e o espa&amp;ccedil;o para que as crian&amp;ccedil;as criem a sua hist&amp;oacute;ria. Nesta atividade, os participantes podem trazer um brinquedo ou um livro que gostem para colocarem na &amp;aacute;rvore, com o objetivo de oferecer a outra crian&amp;ccedil;a, fortalecendo assim o esp&amp;iacute;rito de partilha.&lt;/p&gt; &lt;p&gt;De 18 a 23 de dezembro de 2025, das 10h00 &amp;agrave;s 12h00 e das 14h30 &amp;agrave;s 16h30, as crian&amp;ccedil;as dos 3 anos aos 9 anos est&amp;atilde;o convidadas a visitar a Biblioteca e a dar asas &amp;agrave; imagina&amp;ccedil;&amp;atilde;o nesta atividade. As inscri&amp;ccedil;&amp;otilde;es devem ser realizadas atrav&amp;eacute;s do n&amp;uacute;mero de telefone 232980008 (chamada para a rede fixa nacional).&lt;/p&gt; &lt;/li&gt; &lt;/ul&gt; &lt;/div&gt; &lt;p&gt;&amp;nbsp;&lt;/p&gt;</t>
   </si>
   <si>
-    <t>https://www.buysatao.pt/files/images/activity/1770163222-aula_aberta_natal_nas_alturas_evento.jpg</t>
+    <t>https://www.buysatao.pt/files/images/activity/1772668827-aula_aberta_natal_nas_alturas_evento.jpg</t>
   </si>
   <si>
     <t>Escola Municipal de Acrobacia Aérea apresenta aula aberta</t>
   </si>
   <si>
     <t>&lt;div&gt; &lt;ul&gt; &lt;li&gt;&lt;/li&gt; &lt;li&gt; &lt;p&gt;A Escola Municipal de Acrobacia A&amp;eacute;rea de S&amp;aacute;t&amp;atilde;o, com orienta&amp;ccedil;&amp;atilde;o da professora Emanuela Shirripa, apresenta a aula aberta &amp;ldquo;Natal nas Alturas&amp;rdquo;, no dia 18 de dezembro de 2025, &amp;agrave;s 17h45, no Pavilh&amp;atilde;o Gimnodesportivo da Escola Secund&amp;aacute;ria Frei Rosa Viterbo, com a participa&amp;ccedil;&amp;atilde;o das Miniflyers e das Acroflyers.&lt;/p&gt; &amp;nbsp;&lt;/li&gt; &lt;/ul&gt; &lt;/div&gt;</t>
   </si>
   <si>
     <t>2025-12-13</t>
   </si>
   <si>
-    <t>https://www.buysatao.pt/files/images/activity/1770163223-cinema_13_dezembro_2025_evento.jpg</t>
+    <t>https://www.buysatao.pt/files/images/activity/1772150422-cinema_13_dezembro_2025_evento.jpg</t>
   </si>
   <si>
     <t>Exibição do filme "Zootrópolis 2"</t>
   </si>
   <si>
     <t>&lt;div&gt; &lt;ul&gt; &lt;li&gt;&lt;/li&gt; &lt;li&gt; &lt;p&gt;Os detetives Judy Hopps e Nick Wilde seguem o rasto de um r&amp;eacute;ptil misterioso que chega a &lt;a href="https://www.youtube.com/watch?v=oga2kiyV14Q" title="Trailer Zootr&amp;oacute;polis 2" target="_blank" target="_blank"&gt;Zootr&amp;oacute;polis&lt;/a&gt; e vira a metr&amp;oacute;pole animal de pernas para o ar. Para desvendar o caso, Judy e Nick t&amp;ecirc;m de se infiltrar em novas e inesperadas zonas da cidade, onde a sua parceria &amp;eacute; posta &amp;agrave; prova como nunca antes.&lt;/p&gt; &amp;nbsp;&lt;/li&gt; &lt;/ul&gt; &lt;/div&gt;</t>
   </si>
   <si>
     <t>2025-12-06</t>
   </si>
   <si>
-    <t>https://www.buysatao.pt/files/images/activity/1770163224-cinema_06_dezembro_2025_evento.jpg</t>
+    <t>https://www.buysatao.pt/files/images/activity/1772150423-cinema_06_dezembro_2025_evento.jpg</t>
   </si>
   <si>
     <t>Exibição do filme "Wicked: Pelo Bem"</t>
   </si>
   <si>
     <t>&lt;div&gt; &lt;ul&gt; &lt;li&gt;&lt;/li&gt; &lt;li&gt; &lt;p&gt;Cap&amp;iacute;tulo final da hist&amp;oacute;ria das &lt;a href="https://www.youtube.com/watch?v=JdN3q6oghO4&amp;amp;t=45s" title="Trailer Wicked - Pelo Bem" target="_blank" target="_blank"&gt;bruxas de Oz&lt;/a&gt;, Elphaba e Glinda. Afastadas, vivem as consequ&amp;ecirc;ncias das suas escolhas.&lt;/p&gt; &lt;p&gt;Elphaba (Cynthia Erivo), demonizada como a Bruxa M&amp;aacute; do Oeste, vive no ex&amp;iacute;lio, escondida na floresta de Oz, enquanto continua a luta pela liberdade dos animais silenciados de Oz e tenta expor a verdade sobre o Feiticeiro de Oz (Jeff Goldblum).&lt;/p&gt; &lt;p&gt;Glinda, tornou-se o brilhante s&amp;iacute;mbolo da bondade para todo o Oz, vive no pal&amp;aacute;cio da Cidade Esmeralda e deleita-se com a fama e a popularidade.&lt;/p&gt; &lt;p&gt;Sob as instru&amp;ccedil;&amp;otilde;es de Madame Morrible, Glinda &amp;eacute; enviada para transmitir conforto a Oz, assegurando &amp;agrave;s massas que tudo est&amp;aacute; bem sob o governo do Feiticeiro.&lt;/p&gt; &lt;p&gt;Enquanto aumenta o sucesso de Glinda e se prepara o seu casamento com o Pr&amp;iacute;ncipe Fiyero, ela &amp;eacute; assombrada pela separa&amp;ccedil;&amp;atilde;o de Elphaba. Tenta mediar uma reconcilia&amp;ccedil;&amp;atilde;o entre Elphaba e o Feiticeiro de Oz, mas os esfor&amp;ccedil;os fracassam, afastando-as ainda mais.&lt;/p&gt; &lt;p&gt;As consequ&amp;ecirc;ncias transformar&amp;atilde;o Boq e Fiyero para sempre e amea&amp;ccedil;ar&amp;atilde;o a seguran&amp;ccedil;a de Nessarose, a irm&amp;atilde; de Elphaba, quando uma rapariga do Kansas irrompe no seu mundo...&lt;/p&gt; &amp;nbsp;&lt;/li&gt; &lt;/ul&gt; &lt;/div&gt;</t>
   </si>
   <si>
     <t>2025-12-02</t>
   </si>
   <si>
-    <t>https://www.buysatao.pt/files/images/activity/1770163224-exposicao_pipi_das_meias_altas_evento.jpg</t>
+    <t>https://www.buysatao.pt/files/images/activity/1772150423-exposicao_pipi_das_meias_altas_evento.jpg</t>
   </si>
   <si>
     <t>Exposição multilingue “Pipi das Meias Altas: Mostra Bibliográfica", patente na Biblioteca Municipal de Sátão de 02 a 16 de dezembro</t>
   </si>
   <si>
     <t>&lt;div&gt; &lt;ul&gt; &lt;li&gt;&lt;/li&gt; &lt;li&gt; &lt;p&gt;De 02 a 16 de dezembro de 2025, a Biblioteca Municipal de S&amp;aacute;t&amp;atilde;o apresenta a exposi&amp;ccedil;&amp;atilde;o multilingue &amp;ldquo;Pipi das Meias Altas: Mostra Bibliogr&amp;aacute;fica", que estar&amp;aacute; patente em algumas das Bibliotecas da RIBVDL, at&amp;eacute; ao final do m&amp;ecirc;s de janeiro de 2026. Esta exposi&amp;ccedil;&amp;atilde;o itinerante, da Dire&amp;ccedil;&amp;atilde;o-Geral da Tradu&amp;ccedil;&amp;atilde;o da Comiss&amp;atilde;o Europeia, pretende dar a conhecer, atrav&amp;eacute;s das diversas edi&amp;ccedil;&amp;otilde;es do livro Pipi das Meias Altas, as l&amp;iacute;nguas oficiais dos 27 Estados-Membros da Uni&amp;atilde;o Europeia, entre outras.&lt;/p&gt; &lt;p&gt;Pipi das Meias Altas (Pippi L&amp;aring;ngstrump, no original em sueco) &amp;eacute; uma obra de Astrid Lindgren, escrita em 1945, cuja personagem principal &amp;ndash; Pipi &amp;ndash; &amp;eacute; uma menina invulgar, &amp;ldquo;a mais forte do mundo&amp;rdquo;, independente, com muitas sardas, tran&amp;ccedil;as ruivas e um sorriso traquinas.&lt;/p&gt; &amp;nbsp;&lt;/li&gt; &lt;/ul&gt; &lt;/div&gt;</t>
   </si>
   <si>
     <t>2025-12-01</t>
   </si>
   <si>
     <t>https://www.buysatao.pt/files/images/activity/1763510405-sorteio_de_natal_tombola_evento.jpg</t>
   </si>
   <si>
     <t>5ª Edição do Concurso “Natal no Comércio Local – Ofereça Sátão” para impulsionar o comércio local</t>
   </si>
   <si>
     <t>&lt;div&gt; &lt;ul&gt; &lt;li&gt;&lt;/li&gt; &lt;li&gt; &lt;p&gt;Para incentivar e revitalizar o com&amp;eacute;rcio local na &amp;eacute;poca natal&amp;iacute;cia, o Munic&amp;iacute;pio de S&amp;aacute;t&amp;atilde;o convida os consumidores a participarem na 5&amp;ordf; edi&amp;ccedil;&amp;atilde;o do concurso "Natal no Com&amp;eacute;rcio Local &amp;ndash; Ofere&amp;ccedil;a S&amp;aacute;t&amp;atilde;o". Ao fazerem compras nas lojas do concelho, entre o dia 01 de dezembro de 2025 e 09 de janeiro de 2026, por cada 20 euros de compras nos estabelecimentos aderentes, os consumidores ter&amp;atilde;o direito a um cup&amp;atilde;o, que os habilita a pr&amp;eacute;mios, com um valor total de mais de 1.500,00 euros.&lt;/p&gt; &lt;p&gt;Os cup&amp;otilde;es devem ser preenchidos e depositados no recet&amp;aacute;culo dispon&amp;iacute;vel nas lojas aderentes (at&amp;eacute; dia 11 de janeiro) ou na t&amp;ocirc;mbola existente no edif&amp;iacute;cio da C&amp;acirc;mara Municipal (at&amp;eacute; dia 15 de janeiro). O sorteio dos pr&amp;eacute;mios decorre no dia 16 de janeiro de 2026, &amp;agrave;s 11h00, na C&amp;acirc;mara Municipal de S&amp;aacute;t&amp;atilde;o. Os premiados dever&amp;atilde;o reclamar os vouchers at&amp;eacute; 31 de janeiro de 2026, no Gabinete de Atendimento ao Mun&amp;iacute;cipe, mediante apresenta&amp;ccedil;&amp;atilde;o do documento de identifica&amp;ccedil;&amp;atilde;o e tal&amp;atilde;o de compra. Os vouchers poder&amp;atilde;o ser usados at&amp;eacute; 31 de outubro de 2026 nas lojas aderentes.&lt;/p&gt; &lt;p&gt;Para mais informa&amp;ccedil;&amp;otilde;es, os interessados devem consultar o Regulamento dispon&amp;iacute;vel &lt;a href="https://www.cm-satao.pt/cmsatao/uploads/document/file/1343/regulamento_do_concurso__natal_no_comercio_local___ofereca_satao_.pdf" title="Regulamento Ofere&amp;ccedil;a S&amp;aacute;t&amp;atilde;o" target="_blank" target="_blank"&gt;aqui&lt;/a&gt; ou no Gabinete de Atendimento ao Mun&amp;iacute;cipe.&lt;/p&gt; &amp;nbsp;&lt;/li&gt; &lt;/ul&gt; &lt;/div&gt;</t>
   </si>
   <si>
-    <t>https://www.buysatao.pt/files/images/activity/1770163225-sorteio_de_natal_tombola_evento.jpg</t>
-[...2 lines deleted...]
-    <t>https://www.buysatao.pt/files/images/activity/1770163226-programa_dezembro_25_evento.jpg</t>
+    <t>https://www.buysatao.pt/files/images/activity/1771372832-sorteio_de_natal_tombola_evento.jpg</t>
+  </si>
+  <si>
+    <t>https://www.buysatao.pt/files/images/activity/1770768025-programa_dezembro_25_evento.jpg</t>
   </si>
   <si>
     <t>Divulgação das atividades do mês de dezembro da Universidade Sénior de Sátão.</t>
   </si>
   <si>
     <t>&lt;div&gt; &lt;p&gt;Divulga&amp;ccedil;&amp;atilde;o das atividades do m&amp;ecirc;s de dezembro da Universidade S&amp;eacute;nior de S&amp;aacute;t&amp;atilde;o.&lt;/p&gt; &lt;p&gt;&lt;/p&gt; &lt;/div&gt;</t>
   </si>
   <si>
     <t>2025-11-30</t>
   </si>
   <si>
-    <t>https://www.buysatao.pt/files/images/activity/1770163227-cartaz_feira_miscaro_2025_evento.jpg</t>
+    <t>https://www.buysatao.pt/files/images/activity/1770681620-cartaz_feira_miscaro_2025_evento.jpg</t>
   </si>
   <si>
     <t>Feira do Míscaro em Sátão no dia 30 de novembro</t>
   </si>
   <si>
     <t>&lt;div&gt; &lt;ul&gt; &lt;li&gt;&lt;/li&gt; &lt;li&gt; &lt;p&gt;A d&amp;eacute;cima oitava edi&amp;ccedil;&amp;atilde;o da Feira do M&amp;iacute;scaro acontece j&amp;aacute; no domingo, dia 30 de novembro de 2025, no Largo de S&amp;atilde;o Bernardo, na vila de S&amp;aacute;t&amp;atilde;o. O M&amp;iacute;scaro, produto end&amp;oacute;geno e ex-libris do concelho de S&amp;aacute;t&amp;atilde;o, volta a estar em destaque numa Feira que promove a gastronomia, o artesanato, a m&amp;uacute;sica e a cultura satense.&lt;/p&gt; &lt;p&gt;Na Capital do M&amp;iacute;scaro, a Feira abre portas &amp;agrave;s 09h00, onde os visitantes poder&amp;atilde;o comprar m&amp;iacute;scaros, produtos regionais e artesanais. O programa cultural deste dia inicia &amp;agrave;s 10h00 com a atua&amp;ccedil;&amp;atilde;o da Banda Filarm&amp;oacute;nica &amp;ndash; AUPA, seguindo-se &amp;agrave;s 11h30 o Grupo Musical SemG&amp;eacute;nero em simult&amp;acirc;neo com o Showcooking confecionado pelo Chef Paulo Cardoso. De tarde, &amp;agrave;s 15h00, decorre a prova de M&amp;iacute;scaros e &amp;agrave;s 15h30 sobe ao palco o artista musical Hugo Manuel. A tarde termina com a oferta do tradicional magusto de S&amp;atilde;o Martinho &amp;agrave;s 16h30. Durante o certame os visitantes ter&amp;atilde;o &amp;agrave; sua disposi&amp;ccedil;&amp;atilde;o v&amp;aacute;rios pratos t&amp;iacute;picos da regi&amp;atilde;o, onde poder&amp;atilde;o almo&amp;ccedil;ar.&lt;/p&gt; &amp;nbsp;&lt;/li&gt; &lt;/ul&gt; &lt;/div&gt;</t>
   </si>
   <si>
     <t>2025-11-29</t>
   </si>
   <si>
     <t>https://www.buysatao.pt/files/images/activity/1763510406-cinema_29_novembro_2025_evento.jpg</t>
   </si>
   <si>
     <t>Exibição do filme "Uma noite no Zoo"</t>
   </si>
   <si>
     <t>&lt;p&gt;Um meteoro cai no &lt;a href="https://www.youtube.com/watch?v=FVQlZrwVXJw" title="uma noite no zoo" target="_blank" target="_blank"&gt;jardim zool&amp;oacute;gico&lt;/a&gt; de Colepepper e liberta um v&amp;iacute;rus que transforma os animais em mutantes zombies. Gracie, uma jovem loba, junta-se a um rude le&amp;atilde;o da montanha chamado Dan para encontrar um caminho de volta &amp;agrave; sua alcateia.&lt;/p&gt; &lt;p&gt;&amp;Agrave; medida que o zoo &amp;eacute; invadido, tentam arranjar um plano para fazer com que os animais voltem ao normal. Com a ajuda de um grupo de sobreviventes - Xavier, o l&amp;eacute;mure obcecado por filmes, Frida, a capivara impetuosa, Ash, a avestruz c&amp;oacute;mica, e F&amp;eacute;lix, o macaco trai&amp;ccedil;oeiro - embarcam numa miss&amp;atilde;o perigosa para salvar o zoo e derrotar Bunny Zero, o rei mutante determinado a espalhar o v&amp;iacute;rus para al&amp;eacute;m das paredes do zoo.&lt;/p&gt;</t>
   </si>
   <si>
     <t>https://www.buysatao.pt/files/images/activity/1763510406-evento_mushroom_exprience.jpg</t>
   </si>
   <si>
     <t>The Mushroom Experience – Taboadella</t>
   </si>
   <si>
     <t>&lt;p&gt;&lt;strong&gt;The Mushroom Experience &amp;ndash; Taboadella&lt;/strong&gt;&lt;/p&gt; &lt;p&gt;29 de novembro de 2025 | Taboadella Wine Estate, D&amp;atilde;o&lt;/p&gt; &lt;p&gt;Uma celebra&amp;ccedil;&amp;atilde;o da floresta viva do D&amp;atilde;o &amp;mdash; dos seus cogumelos, vinhos e gastronomia.&lt;/p&gt; &lt;p&gt;Uma experi&amp;ecirc;ncia imersiva de outono na Taboadella, onde natureza, conhecimento e sabor se encontram em harmonia.&lt;/p&gt; &lt;p&gt;&lt;/p&gt; &lt;p&gt;&lt;strong&gt;Experi&amp;ecirc;ncia Imersiva | 14h30 &amp;ndash; 21h30&lt;/strong&gt;&lt;/p&gt; &lt;p&gt;Caminhada micol&amp;oacute;gica guiada por dois especialistas de campo, revelando a vida oculta da floresta do D&amp;atilde;o &amp;mdash; a sua biodiversidade, os ecossistemas delicados e o fascinante mundo dos cogumelos silvestres.&lt;/p&gt; &lt;p&gt;Limitada a 60 participantes, divididos em dois pequenos grupos para uma viv&amp;ecirc;ncia mais pr&amp;oacute;xima e pessoal.&lt;/p&gt; &lt;p&gt;Inclui acesso &amp;agrave; Experi&amp;ecirc;ncia Principal.&lt;/p&gt; &lt;p&gt;&lt;/p&gt; &lt;p&gt;&lt;strong&gt;Experi&amp;ecirc;ncia Principal | 17h00 &amp;ndash; 21h30&lt;/strong&gt;&lt;/p&gt; &lt;p&gt;Uma prova &amp;uacute;nica que re&amp;uacute;ne uma sele&amp;ccedil;&amp;atilde;o dos mais distintivos produtores de vinho do D&amp;atilde;o, apresentando uma ampla variedade de vinhos excecionais, e tr&amp;ecirc;s chefs convidados de excel&amp;ecirc;ncia &amp;mdash; Andr&amp;eacute; Carvalho (Quinta Nova), Diogo Rocha (Mesa de Lemos) e Renato Cunha (Ferrugem) &amp;mdash; numa celebra&amp;ccedil;&amp;atilde;o da criatividade forest-to-table.&lt;/p&gt; &lt;p&gt;A noite inclui ainda uma prova de vinhos especial, zona de venda de vinhos e DJ set, num percurso sensorial que combina sabor, m&amp;uacute;sica e territ&amp;oacute;rio.&lt;/p&gt; &lt;p&gt;Parte da receita do evento reverter&amp;aacute; a favor dos Bombeiros Volunt&amp;aacute;rios de S&amp;aacute;t&amp;atilde;o, em reconhecimento pelo seu papel essencial na prote&amp;ccedil;&amp;atilde;o da floresta e do ecossistema.&lt;/p&gt; &lt;p&gt;Recomendado para maiores de 18 anos.&lt;/p&gt; &lt;p&gt;Se desejar participar com menores de idade, contacte diretamente a organiza&amp;ccedil;&amp;atilde;o para mais informa&amp;ccedil;&amp;otilde;es.&lt;/p&gt; &lt;p&gt;Bilhetes &amp;agrave; venda na Tickeline, aqui: Ticketline -&lt;a href="https://v2.ticketline.pt/events/the-mushroom-edit-dao-202" target="_self" target="_blank"&gt; The Mushroom Edit D&amp;atilde;o 2025&lt;/a&gt;&lt;/p&gt;  &lt;p&gt;&amp;nbsp;&lt;/p&gt;</t>
   </si>
   <si>
-    <t>https://www.buysatao.pt/files/images/activity/1770163227-cinema_29_novembro_2025_evento.jpg</t>
-[...2 lines deleted...]
-    <t>https://www.buysatao.pt/files/images/activity/1770163228-evento_mushroom_exprience.jpg</t>
+    <t>https://www.buysatao.pt/files/images/activity/1770681621-cinema_29_novembro_2025_evento.jpg</t>
+  </si>
+  <si>
+    <t>https://www.buysatao.pt/files/images/activity/1770681621-evento_mushroom_exprience.jpg</t>
   </si>
   <si>
     <t>2025-11-26</t>
   </si>
   <si>
     <t>https://www.buysatao.pt/files/images/activity/1763510407-estudo_layout_4_eixos_evento.jpg</t>
   </si>
   <si>
     <t>Ação de sensibilização "Abordagem aos mitos da violência doméstica", no âmbito da atividade 26, do eixo 4, do plano de ação do CLDS 5G Sátão.</t>
   </si>
   <si>
     <t>&lt;p&gt;A viol&amp;ecirc;ncia dom&amp;eacute;stica constitui um grave problema social e de direitos humanos, bem como um crime p&amp;uacute;blico, em Portugal, sendo transversal a pessoas de todas as idades, g&amp;eacute;neros e estratos sociais.&lt;/p&gt; &lt;p&gt;A persist&amp;ecirc;ncia e os n&amp;uacute;meros, preocupantes da viol&amp;ecirc;ncia dom&amp;eacute;stica, revela a necessidade de refor&amp;ccedil;ar a sensibiliza&amp;ccedil;&amp;atilde;o social, o apoio &amp;agrave;s v&amp;iacute;timas e a responsabiliza&amp;ccedil;&amp;atilde;o dos agressores, promovendo uma cultura de igualdade, respeito e n&amp;atilde;o-viol&amp;ecirc;ncia.&lt;/p&gt; &lt;p&gt;Desta forma, o CLDS 5G, em parceria com a Universidade S&amp;eacute;nior de S&amp;aacute;t&amp;atilde;o, pretendem refor&amp;ccedil;ar a sensibiliza&amp;ccedil;&amp;atilde;o ao tema, atrav&amp;eacute;s de uma palestra com a dinamiza&amp;ccedil;&amp;atilde;o da NAV (N&amp;uacute;cleo de apoio &amp;agrave; v&amp;iacute;tima) de Viseu, no dia 26 de novembro, na Biblioteca de S&amp;aacute;t&amp;atilde;o, pelas 14h30.&lt;/p&gt;</t>
   </si>
   <si>
-    <t>https://www.buysatao.pt/files/images/activity/1770163228-estudo_layout_4_eixos_evento.jpg</t>
+    <t>https://www.buysatao.pt/files/images/activity/1770681622-estudo_layout_4_eixos_evento.jpg</t>
   </si>
   <si>
     <t>2025-11-25</t>
   </si>
   <si>
     <t>https://www.buysatao.pt/files/images/activity/1763510408-acao_e_esclarecemiento_migrante_evento_site.jpg</t>
   </si>
   <si>
     <t>Sessão de Esclarecimento dirigida à comunidade migrante</t>
   </si>
   <si>
     <t>&lt;p&gt;&lt;em&gt;&lt;/em&gt;No dia 25 de Novembro, pelas 14h30 realizar-se-&amp;aacute; na Casa da Cultura de S&amp;aacute;t&amp;atilde;o, uma Sess&amp;atilde;o de Esclarecimento dirigida &amp;agrave; comunidade migrante, com a colabora&amp;ccedil;&amp;atilde;o da CLAIM- Viseu (Centros Locais de Apoio &amp;agrave; Integra&amp;ccedil;&amp;atilde;o de Migrantes). Ser&amp;aacute; uma oportunidade desta comunidade esclarecer algumas das suas d&amp;uacute;vidas para facilitar o seu processo de integra&amp;ccedil;&amp;atilde;o e contribuir para uma melhor inclus&amp;atilde;o no concelho de S&amp;aacute;t&amp;atilde;o.&lt;/p&gt;</t>
   </si>
   <si>
-    <t>https://www.buysatao.pt/files/images/activity/1770163229-aula_defesa_violencia_contra_as_mulheres_evento.jpg</t>
+    <t>https://www.buysatao.pt/files/images/activity/1770336025-aula_defesa_violencia_contra_as_mulheres_evento.jpg</t>
   </si>
   <si>
     <t>Dia Internacional para a Eliminação da Violência Contra as Mulheres</t>
   </si>
   <si>
     <t>&lt;p&gt;No dia 25 de novembro, assinala-se o Dia Internacional para a Elimina&amp;ccedil;&amp;atilde;o da Viol&amp;ecirc;ncia Dom&amp;eacute;stica contra as Mulheres, e neste sentido, e de forma a sensibilizar a comunidade para este tema, o CLDS - 5G (no &amp;acirc;mbito do eixo IV do seu Plano de A&amp;ccedil;&amp;atilde;o) e com base no Plano Municipal para a Igualdade, ir&amp;aacute; realizar uma aula de defesa pessoal pelas 19h, neste mesmo dia, para a comunidade.&lt;/p&gt; &lt;p&gt;Agradecemos desde j&amp;aacute; ao Mestre Ant&amp;oacute;nio Lucas, em representa&amp;ccedil;&amp;atilde;o do Taekwondo Clube do D&amp;atilde;o, que se ir&amp;aacute; juntar a n&amp;oacute;s para a concretiza&amp;ccedil;&amp;atilde;o desta atividade.&lt;/p&gt;</t>
   </si>
   <si>
     <t>https://www.buysatao.pt/files/images/activity/1770163230-acao_e_esclarecemiento_migrante_evento_site.jpg</t>
   </si>
   <si>
     <t>2025-11-24</t>
   </si>
   <si>
     <t>https://www.buysatao.pt/files/images/activity/1769990429-natal_solidario_2025_evento.jpg</t>
   </si>
   <si>
     <t>Natal Solidário - Universidade Sénior de Sátão</t>
   </si>
   <si>
     <t>&lt;p&gt;Natal Solid&amp;aacute;rio - Universidade S&amp;eacute;nior de S&amp;aacute;t&amp;atilde;o, de 24 de novembro a 05 de dezembro.&lt;/p&gt; &lt;p&gt;Recolha de contributos de professores e alunos da Universidade S&amp;eacute;nior.&lt;/p&gt; &lt;p&gt;O valor recolhido ser&amp;aacute; transformado em bens destinados &amp;agrave;s fam&amp;iacute;lias carenciadas do Concelho de S&amp;aacute;t&amp;atilde;o.&lt;/p&gt;</t>
   </si>
   <si>
     <t>2025-11-21</t>
   </si>
@@ -1227,50 +1389,59 @@
   <si>
     <t>https://www.buysatao.pt/files/images/activity/exposicao_luis_vaz_de_camoes_evento_1_600_849-20250509-032050.jpg</t>
   </si>
   <si>
     <t>&lt;p&gt;Desta iniciativa, desenvolvida em quatro fases, realizadas entre dezembro e março, resultaram vinte e cinco livros, que estarão expostos, entre 1 e 31 de maio, na Biblioteca Municipal de Sátão.&lt;/p&gt;</t>
   </si>
   <si>
     <t>https://www.buysatao.pt/files/images/activity/evento_pedalar_2025_1_600_849-20250512-083750.jpg</t>
   </si>
   <si>
     <t>https://www.buysatao.pt/files/images/activity/evento_pedalar_2025_1_600_849-20250512-084311.jpg</t>
   </si>
   <si>
     <t>https://www.buysatao.pt/files/images/activity/evento_pedalar_2025_1_600_849-20250512-084329.jpg</t>
   </si>
   <si>
     <t>https://www.buysatao.pt/files/images/activity/evento_pedalar_2025_1_600_849-20250512-084500.jpg</t>
   </si>
   <si>
     <t>https://www.buysatao.pt/files/images/activity/evento_pedalar_2025_1_600_849-20250512-084625.jpg</t>
   </si>
   <si>
     <t>&lt;p&gt;No próximo 17 de maio, o Município de Sátão convida todos os ciclistas e peregrinos a juntarem-se nesta viagem com destino a Fátima, com partida marcada para as 5h30, em frente à Câmara Municipal.&lt;/p&gt;
 &lt;p&gt;As inscrições serão feitas on-line ou no GAM (Gabinete de Atendimento ao Munícipe) e irão decorrer até ao próximo dia 11 de maio tendo um custo de 20€ por inscrição (inclui seguro). O regulamento e demais informações estarão disponíveis no momento da inscrição.&lt;/p&gt;
 &lt;p&gt;Participa nesta jornada de devoção e superação. Vamos pedalar juntos até Maria!&lt;/p&gt;</t>
+  </si>
+  <si>
+    <t>https://www.buysatao.pt/files/images/activity/1774051210-img_20260227_wa0017.jpg</t>
+  </si>
+  <si>
+    <t>Exposição Luz Própria - Casa da Cultura</t>
+  </si>
+  <si>
+    <t>&lt;div&gt; &lt;ul&gt; &lt;li&gt;&lt;/li&gt; &lt;li&gt; &lt;p&gt;A exposi&amp;ccedil;&amp;atilde;o &amp;ldquo;Luz Pr&amp;oacute;pria&amp;rdquo;, da artista Maria Barros Abreu, estar&amp;aacute; patente de 14 de mar&amp;ccedil;o a 28 de maio na Casa da Cultura de S&amp;aacute;t&amp;atilde;o, em S&amp;aacute;t&amp;atilde;o. A mostra apresenta um conjunto de obras da artista e est&amp;aacute; associada &amp;agrave; publica&amp;ccedil;&amp;atilde;o da obra &amp;ldquo;Luz Pr&amp;oacute;pria&amp;rdquo;, editada pela Edi&amp;ccedil;&amp;otilde;es Esgotadas. A iniciativa integra a programa&amp;ccedil;&amp;atilde;o cultural do Munic&amp;iacute;pio e convida a comunidade a contactar com o trabalho da autora.&lt;/p&gt; &amp;nbsp;&lt;/li&gt; &lt;/ul&gt; &lt;/div&gt;</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1574,51 +1745,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:O126"/>
+  <dimension ref="A1:O142"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1683,3223 +1854,3642 @@
       </c>
       <c r="C3" t="s">
         <v>21</v>
       </c>
       <c r="D3" t="s">
         <v>22</v>
       </c>
       <c r="H3" t="s">
         <v>23</v>
       </c>
       <c r="L3" t="s">
         <v>19</v>
       </c>
       <c r="M3" t="s">
         <v>19</v>
       </c>
       <c r="N3" t="s">
         <v>19</v>
       </c>
       <c r="O3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" t="s">
         <v>24</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
         <v>25</v>
       </c>
-      <c r="D4" t="s">
+      <c r="H4" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
       <c r="L4" t="s">
         <v>19</v>
       </c>
       <c r="M4" t="s">
         <v>19</v>
       </c>
       <c r="N4" t="s">
         <v>19</v>
       </c>
       <c r="O4" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" t="s">
+        <v>27</v>
+      </c>
+      <c r="C5" t="s">
         <v>28</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5" t="s">
         <v>29</v>
       </c>
-      <c r="D5" t="s">
+      <c r="H5" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="L5" t="s">
         <v>19</v>
       </c>
       <c r="M5" t="s">
         <v>19</v>
       </c>
       <c r="N5" t="s">
         <v>19</v>
       </c>
       <c r="O5" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="6" spans="1:15">
       <c r="A6" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="C6" t="s">
+        <v>31</v>
+      </c>
+      <c r="D6" t="s">
         <v>32</v>
       </c>
-      <c r="D6" t="s">
+      <c r="H6" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
       <c r="L6" t="s">
         <v>19</v>
       </c>
       <c r="M6" t="s">
         <v>19</v>
       </c>
       <c r="N6" t="s">
         <v>19</v>
       </c>
       <c r="O6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="7" spans="1:15">
       <c r="A7" t="s">
+        <v>34</v>
+      </c>
+      <c r="C7" t="s">
         <v>35</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
         <v>36</v>
       </c>
-      <c r="D7" t="s">
+      <c r="H7" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
       <c r="L7" t="s">
         <v>19</v>
       </c>
       <c r="M7" t="s">
         <v>19</v>
       </c>
       <c r="N7" t="s">
         <v>19</v>
       </c>
       <c r="O7" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="8" spans="1:15">
       <c r="A8" t="s">
+        <v>38</v>
+      </c>
+      <c r="C8" t="s">
         <v>39</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8" t="s">
         <v>40</v>
       </c>
-      <c r="D8" t="s">
+      <c r="H8" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
       <c r="L8" t="s">
         <v>19</v>
       </c>
       <c r="M8" t="s">
         <v>19</v>
       </c>
       <c r="N8" t="s">
         <v>19</v>
       </c>
       <c r="O8" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="9" spans="1:15">
       <c r="A9" t="s">
+        <v>42</v>
+      </c>
+      <c r="C9" t="s">
         <v>43</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D9" t="s">
         <v>44</v>
       </c>
-      <c r="D9" t="s">
+      <c r="H9" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
       <c r="L9" t="s">
         <v>19</v>
       </c>
       <c r="M9" t="s">
         <v>19</v>
       </c>
       <c r="N9" t="s">
         <v>19</v>
       </c>
       <c r="O9" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:15">
       <c r="A10" t="s">
+        <v>46</v>
+      </c>
+      <c r="C10" t="s">
         <v>47</v>
       </c>
-      <c r="C10" t="s">
+      <c r="D10" t="s">
         <v>48</v>
       </c>
-      <c r="D10" t="s">
+      <c r="H10" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
       <c r="L10" t="s">
         <v>19</v>
       </c>
       <c r="M10" t="s">
         <v>19</v>
       </c>
       <c r="N10" t="s">
         <v>19</v>
       </c>
       <c r="O10" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:15">
       <c r="A11" t="s">
+        <v>46</v>
+      </c>
+      <c r="C11" t="s">
+        <v>50</v>
+      </c>
+      <c r="D11" t="s">
         <v>51</v>
       </c>
-      <c r="C11" t="s">
+      <c r="H11" t="s">
         <v>52</v>
-      </c>
-[...4 lines deleted...]
-        <v>54</v>
       </c>
       <c r="L11" t="s">
         <v>19</v>
       </c>
       <c r="M11" t="s">
         <v>19</v>
       </c>
       <c r="N11" t="s">
         <v>19</v>
       </c>
       <c r="O11" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="12" spans="1:15">
       <c r="A12" t="s">
+        <v>53</v>
+      </c>
+      <c r="C12" t="s">
+        <v>54</v>
+      </c>
+      <c r="D12" t="s">
         <v>55</v>
       </c>
-      <c r="C12" t="s">
+      <c r="H12" t="s">
         <v>56</v>
-      </c>
-[...4 lines deleted...]
-        <v>58</v>
       </c>
       <c r="L12" t="s">
         <v>19</v>
       </c>
       <c r="M12" t="s">
         <v>19</v>
       </c>
       <c r="N12" t="s">
         <v>19</v>
       </c>
       <c r="O12" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="13" spans="1:15">
       <c r="A13" t="s">
+        <v>57</v>
+      </c>
+      <c r="C13" t="s">
+        <v>58</v>
+      </c>
+      <c r="D13" t="s">
         <v>59</v>
       </c>
-      <c r="C13" t="s">
+      <c r="H13" t="s">
         <v>60</v>
-      </c>
-[...4 lines deleted...]
-        <v>62</v>
       </c>
       <c r="L13" t="s">
         <v>19</v>
       </c>
       <c r="M13" t="s">
         <v>19</v>
       </c>
       <c r="N13" t="s">
         <v>19</v>
       </c>
       <c r="O13" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="14" spans="1:15">
       <c r="A14" t="s">
+        <v>61</v>
+      </c>
+      <c r="C14" t="s">
+        <v>62</v>
+      </c>
+      <c r="D14" t="s">
         <v>63</v>
       </c>
-      <c r="C14" t="s">
+      <c r="H14" t="s">
         <v>64</v>
-      </c>
-[...4 lines deleted...]
-        <v>66</v>
       </c>
       <c r="L14" t="s">
         <v>19</v>
       </c>
       <c r="M14" t="s">
         <v>19</v>
       </c>
       <c r="N14" t="s">
         <v>19</v>
       </c>
       <c r="O14" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="15" spans="1:15">
       <c r="A15" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="C15" t="s">
+        <v>66</v>
+      </c>
+      <c r="D15" t="s">
         <v>67</v>
       </c>
-      <c r="D15" t="s">
+      <c r="H15" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
       <c r="L15" t="s">
         <v>19</v>
       </c>
       <c r="M15" t="s">
         <v>19</v>
       </c>
       <c r="N15" t="s">
         <v>19</v>
       </c>
       <c r="O15" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="16" spans="1:15">
       <c r="A16" t="s">
+        <v>69</v>
+      </c>
+      <c r="C16" t="s">
         <v>70</v>
       </c>
-      <c r="C16" t="s">
+      <c r="D16" t="s">
         <v>71</v>
       </c>
-      <c r="D16" t="s">
+      <c r="H16" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
       <c r="L16" t="s">
         <v>19</v>
       </c>
       <c r="M16" t="s">
         <v>19</v>
       </c>
       <c r="N16" t="s">
         <v>19</v>
       </c>
       <c r="O16" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:15">
       <c r="A17" t="s">
+        <v>69</v>
+      </c>
+      <c r="C17" t="s">
+        <v>73</v>
+      </c>
+      <c r="D17" t="s">
         <v>74</v>
       </c>
-      <c r="C17" t="s">
+      <c r="H17" t="s">
         <v>75</v>
-      </c>
-[...4 lines deleted...]
-        <v>77</v>
       </c>
       <c r="L17" t="s">
         <v>19</v>
       </c>
       <c r="M17" t="s">
         <v>19</v>
       </c>
       <c r="N17" t="s">
         <v>19</v>
       </c>
       <c r="O17" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="18" spans="1:15">
       <c r="A18" t="s">
+        <v>76</v>
+      </c>
+      <c r="C18" t="s">
+        <v>77</v>
+      </c>
+      <c r="D18" t="s">
         <v>78</v>
       </c>
-      <c r="C18" t="s">
+      <c r="H18" t="s">
         <v>79</v>
-      </c>
-[...4 lines deleted...]
-        <v>81</v>
       </c>
       <c r="L18" t="s">
         <v>19</v>
       </c>
       <c r="M18" t="s">
         <v>19</v>
       </c>
       <c r="N18" t="s">
         <v>19</v>
       </c>
       <c r="O18" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="19" spans="1:15">
       <c r="A19" t="s">
+        <v>80</v>
+      </c>
+      <c r="C19" t="s">
+        <v>81</v>
+      </c>
+      <c r="D19" t="s">
         <v>82</v>
       </c>
-      <c r="C19" t="s">
+      <c r="H19" t="s">
         <v>83</v>
-      </c>
-[...4 lines deleted...]
-        <v>85</v>
       </c>
       <c r="L19" t="s">
         <v>19</v>
       </c>
       <c r="M19" t="s">
         <v>19</v>
       </c>
       <c r="N19" t="s">
         <v>19</v>
       </c>
       <c r="O19" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="20" spans="1:15">
       <c r="A20" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="C20" t="s">
+        <v>84</v>
+      </c>
+      <c r="D20" t="s">
+        <v>85</v>
+      </c>
+      <c r="H20" t="s">
         <v>86</v>
-      </c>
-[...4 lines deleted...]
-        <v>88</v>
       </c>
       <c r="L20" t="s">
         <v>19</v>
       </c>
       <c r="M20" t="s">
         <v>19</v>
       </c>
       <c r="N20" t="s">
         <v>19</v>
       </c>
       <c r="O20" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="21" spans="1:15">
       <c r="A21" t="s">
+        <v>87</v>
+      </c>
+      <c r="C21" t="s">
+        <v>88</v>
+      </c>
+      <c r="D21" t="s">
         <v>89</v>
       </c>
-      <c r="C21" t="s">
+      <c r="H21" t="s">
         <v>90</v>
-      </c>
-[...4 lines deleted...]
-        <v>92</v>
       </c>
       <c r="L21" t="s">
         <v>19</v>
       </c>
       <c r="M21" t="s">
         <v>19</v>
       </c>
       <c r="N21" t="s">
         <v>19</v>
       </c>
       <c r="O21" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="22" spans="1:15">
       <c r="A22" t="s">
+        <v>91</v>
+      </c>
+      <c r="C22" t="s">
+        <v>92</v>
+      </c>
+      <c r="D22" t="s">
         <v>93</v>
       </c>
-      <c r="C22" t="s">
+      <c r="H22" t="s">
         <v>94</v>
-      </c>
-[...4 lines deleted...]
-        <v>96</v>
       </c>
       <c r="L22" t="s">
         <v>19</v>
       </c>
       <c r="M22" t="s">
         <v>19</v>
       </c>
       <c r="N22" t="s">
         <v>19</v>
       </c>
       <c r="O22" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="23" spans="1:15">
       <c r="A23" t="s">
+        <v>95</v>
+      </c>
+      <c r="C23" t="s">
+        <v>96</v>
+      </c>
+      <c r="D23" t="s">
         <v>97</v>
       </c>
-      <c r="C23" t="s">
+      <c r="H23" t="s">
         <v>98</v>
-      </c>
-[...4 lines deleted...]
-        <v>100</v>
       </c>
       <c r="L23" t="s">
         <v>19</v>
       </c>
       <c r="M23" t="s">
         <v>19</v>
       </c>
       <c r="N23" t="s">
         <v>19</v>
       </c>
       <c r="O23" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="24" spans="1:15">
       <c r="A24" t="s">
+        <v>99</v>
+      </c>
+      <c r="C24" t="s">
+        <v>100</v>
+      </c>
+      <c r="D24" t="s">
         <v>101</v>
       </c>
-      <c r="C24" t="s">
+      <c r="H24" t="s">
         <v>102</v>
-      </c>
-[...4 lines deleted...]
-        <v>104</v>
       </c>
       <c r="L24" t="s">
         <v>19</v>
       </c>
       <c r="M24" t="s">
         <v>19</v>
       </c>
       <c r="N24" t="s">
         <v>19</v>
       </c>
       <c r="O24" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="25" spans="1:15">
       <c r="A25" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="C25" t="s">
+        <v>104</v>
+      </c>
+      <c r="D25" t="s">
         <v>105</v>
       </c>
-      <c r="D25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H25" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="L25" t="s">
         <v>19</v>
       </c>
       <c r="M25" t="s">
         <v>19</v>
       </c>
       <c r="N25" t="s">
         <v>19</v>
       </c>
       <c r="O25" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26" t="s">
-        <v>101</v>
+        <v>107</v>
       </c>
       <c r="C26" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="D26" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="H26" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="L26" t="s">
         <v>19</v>
       </c>
       <c r="M26" t="s">
         <v>19</v>
       </c>
       <c r="N26" t="s">
         <v>19</v>
       </c>
       <c r="O26" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="C27" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="D27" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="H27" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="L27" t="s">
         <v>19</v>
       </c>
       <c r="M27" t="s">
         <v>19</v>
       </c>
       <c r="N27" t="s">
         <v>19</v>
       </c>
       <c r="O27" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="28" spans="1:15">
       <c r="A28" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="C28" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="D28" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="H28" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="L28" t="s">
         <v>19</v>
       </c>
       <c r="M28" t="s">
         <v>19</v>
       </c>
       <c r="N28" t="s">
         <v>19</v>
       </c>
       <c r="O28" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29" t="s">
-        <v>113</v>
+        <v>119</v>
       </c>
       <c r="C29" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="D29" t="s">
-        <v>118</v>
+        <v>55</v>
       </c>
       <c r="H29" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="L29" t="s">
         <v>19</v>
       </c>
       <c r="M29" t="s">
         <v>19</v>
       </c>
       <c r="N29" t="s">
         <v>19</v>
       </c>
       <c r="O29" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30" t="s">
-        <v>113</v>
+        <v>119</v>
       </c>
       <c r="C30" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="D30" t="s">
-        <v>115</v>
+        <v>32</v>
       </c>
       <c r="H30" t="s">
-        <v>116</v>
+        <v>123</v>
       </c>
       <c r="L30" t="s">
         <v>19</v>
       </c>
       <c r="M30" t="s">
         <v>19</v>
       </c>
       <c r="N30" t="s">
         <v>19</v>
       </c>
       <c r="O30" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="31" spans="1:15">
       <c r="A31" t="s">
-        <v>113</v>
+        <v>124</v>
       </c>
       <c r="C31" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="D31" t="s">
-        <v>118</v>
+        <v>126</v>
       </c>
       <c r="H31" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="L31" t="s">
         <v>19</v>
       </c>
       <c r="M31" t="s">
         <v>19</v>
       </c>
       <c r="N31" t="s">
         <v>19</v>
       </c>
       <c r="O31" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32" t="s">
-        <v>122</v>
+        <v>128</v>
       </c>
       <c r="C32" t="s">
-        <v>123</v>
+        <v>129</v>
       </c>
       <c r="D32" t="s">
-        <v>124</v>
+        <v>130</v>
       </c>
       <c r="H32" t="s">
-        <v>125</v>
+        <v>131</v>
       </c>
       <c r="L32" t="s">
         <v>19</v>
       </c>
       <c r="M32" t="s">
         <v>19</v>
       </c>
       <c r="N32" t="s">
         <v>19</v>
       </c>
       <c r="O32" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33" t="s">
-        <v>122</v>
+        <v>132</v>
       </c>
       <c r="C33" t="s">
-        <v>126</v>
+        <v>133</v>
       </c>
       <c r="D33" t="s">
-        <v>124</v>
+        <v>134</v>
       </c>
       <c r="H33" t="s">
-        <v>125</v>
+        <v>135</v>
       </c>
       <c r="L33" t="s">
         <v>19</v>
       </c>
       <c r="M33" t="s">
         <v>19</v>
       </c>
       <c r="N33" t="s">
         <v>19</v>
       </c>
       <c r="O33" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="34" spans="1:15">
       <c r="A34" t="s">
-        <v>127</v>
+        <v>136</v>
       </c>
       <c r="C34" t="s">
-        <v>128</v>
+        <v>137</v>
       </c>
       <c r="D34" t="s">
-        <v>129</v>
+        <v>138</v>
       </c>
       <c r="H34" t="s">
-        <v>130</v>
+        <v>139</v>
       </c>
       <c r="L34" t="s">
         <v>19</v>
       </c>
       <c r="M34" t="s">
         <v>19</v>
       </c>
       <c r="N34" t="s">
         <v>19</v>
       </c>
       <c r="O34" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="35" spans="1:15">
       <c r="A35" t="s">
-        <v>127</v>
+        <v>136</v>
       </c>
       <c r="C35" t="s">
-        <v>131</v>
+        <v>140</v>
       </c>
       <c r="D35" t="s">
-        <v>132</v>
+        <v>141</v>
       </c>
       <c r="H35" t="s">
-        <v>133</v>
+        <v>142</v>
       </c>
       <c r="L35" t="s">
         <v>19</v>
       </c>
       <c r="M35" t="s">
         <v>19</v>
       </c>
       <c r="N35" t="s">
         <v>19</v>
       </c>
       <c r="O35" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="36" spans="1:15">
       <c r="A36" t="s">
-        <v>127</v>
+        <v>143</v>
       </c>
       <c r="C36" t="s">
-        <v>134</v>
+        <v>144</v>
       </c>
       <c r="D36" t="s">
-        <v>129</v>
+        <v>145</v>
       </c>
       <c r="H36" t="s">
-        <v>130</v>
+        <v>146</v>
       </c>
       <c r="L36" t="s">
         <v>19</v>
       </c>
       <c r="M36" t="s">
         <v>19</v>
       </c>
       <c r="N36" t="s">
         <v>19</v>
       </c>
       <c r="O36" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="37" spans="1:15">
       <c r="A37" t="s">
-        <v>135</v>
+        <v>147</v>
       </c>
       <c r="C37" t="s">
-        <v>136</v>
+        <v>148</v>
       </c>
       <c r="D37" t="s">
-        <v>137</v>
+        <v>149</v>
       </c>
       <c r="H37" t="s">
-        <v>138</v>
+        <v>150</v>
       </c>
       <c r="L37" t="s">
         <v>19</v>
       </c>
       <c r="M37" t="s">
         <v>19</v>
       </c>
       <c r="N37" t="s">
         <v>19</v>
       </c>
       <c r="O37" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="38" spans="1:15">
       <c r="A38" t="s">
-        <v>139</v>
+        <v>151</v>
       </c>
       <c r="C38" t="s">
-        <v>140</v>
+        <v>152</v>
       </c>
       <c r="D38" t="s">
-        <v>141</v>
+        <v>153</v>
       </c>
       <c r="H38" t="s">
-        <v>142</v>
+        <v>154</v>
       </c>
       <c r="L38" t="s">
         <v>19</v>
       </c>
       <c r="M38" t="s">
         <v>19</v>
       </c>
       <c r="N38" t="s">
         <v>19</v>
       </c>
       <c r="O38" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="39" spans="1:15">
       <c r="A39" t="s">
-        <v>143</v>
+        <v>155</v>
       </c>
       <c r="C39" t="s">
-        <v>144</v>
+        <v>156</v>
       </c>
       <c r="D39" t="s">
-        <v>145</v>
+        <v>157</v>
       </c>
       <c r="H39" t="s">
-        <v>146</v>
+        <v>158</v>
       </c>
       <c r="L39" t="s">
         <v>19</v>
       </c>
       <c r="M39" t="s">
         <v>19</v>
       </c>
       <c r="N39" t="s">
         <v>19</v>
       </c>
       <c r="O39" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="40" spans="1:15">
       <c r="A40" t="s">
-        <v>143</v>
+        <v>155</v>
       </c>
       <c r="C40" t="s">
-        <v>147</v>
+        <v>159</v>
       </c>
       <c r="D40" t="s">
-        <v>145</v>
+        <v>157</v>
       </c>
       <c r="H40" t="s">
-        <v>148</v>
+        <v>158</v>
       </c>
       <c r="L40" t="s">
         <v>19</v>
       </c>
       <c r="M40" t="s">
         <v>19</v>
       </c>
       <c r="N40" t="s">
         <v>19</v>
       </c>
       <c r="O40" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="41" spans="1:15">
       <c r="A41" t="s">
-        <v>149</v>
+        <v>155</v>
       </c>
       <c r="C41" t="s">
-        <v>150</v>
+        <v>160</v>
       </c>
       <c r="D41" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="H41" t="s">
-        <v>152</v>
+        <v>162</v>
       </c>
       <c r="L41" t="s">
         <v>19</v>
       </c>
       <c r="M41" t="s">
         <v>19</v>
       </c>
       <c r="N41" t="s">
         <v>19</v>
       </c>
       <c r="O41" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="42" spans="1:15">
       <c r="A42" t="s">
-        <v>149</v>
+        <v>163</v>
       </c>
       <c r="C42" t="s">
-        <v>153</v>
+        <v>164</v>
       </c>
       <c r="D42" t="s">
-        <v>151</v>
+        <v>165</v>
       </c>
       <c r="H42" t="s">
-        <v>152</v>
+        <v>166</v>
       </c>
       <c r="L42" t="s">
         <v>19</v>
       </c>
       <c r="M42" t="s">
         <v>19</v>
       </c>
       <c r="N42" t="s">
         <v>19</v>
       </c>
       <c r="O42" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="43" spans="1:15">
       <c r="A43" t="s">
-        <v>154</v>
+        <v>167</v>
       </c>
       <c r="C43" t="s">
-        <v>155</v>
+        <v>168</v>
       </c>
       <c r="D43" t="s">
-        <v>156</v>
+        <v>169</v>
       </c>
       <c r="H43" t="s">
-        <v>157</v>
+        <v>170</v>
       </c>
       <c r="L43" t="s">
         <v>19</v>
       </c>
       <c r="M43" t="s">
         <v>19</v>
       </c>
       <c r="N43" t="s">
         <v>19</v>
       </c>
       <c r="O43" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="44" spans="1:15">
       <c r="A44" t="s">
-        <v>154</v>
+        <v>167</v>
       </c>
       <c r="C44" t="s">
-        <v>158</v>
+        <v>171</v>
       </c>
       <c r="D44" t="s">
-        <v>156</v>
+        <v>172</v>
       </c>
       <c r="H44" t="s">
-        <v>157</v>
+        <v>173</v>
       </c>
       <c r="L44" t="s">
         <v>19</v>
       </c>
       <c r="M44" t="s">
         <v>19</v>
       </c>
       <c r="N44" t="s">
         <v>19</v>
       </c>
       <c r="O44" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="45" spans="1:15">
       <c r="A45" t="s">
-        <v>159</v>
+        <v>167</v>
       </c>
       <c r="C45" t="s">
-        <v>160</v>
+        <v>174</v>
       </c>
       <c r="D45" t="s">
-        <v>161</v>
+        <v>169</v>
       </c>
       <c r="H45" t="s">
-        <v>162</v>
+        <v>170</v>
       </c>
       <c r="L45" t="s">
         <v>19</v>
       </c>
       <c r="M45" t="s">
         <v>19</v>
       </c>
       <c r="N45" t="s">
         <v>19</v>
       </c>
       <c r="O45" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="46" spans="1:15">
       <c r="A46" t="s">
-        <v>159</v>
+        <v>167</v>
       </c>
       <c r="C46" t="s">
-        <v>163</v>
+        <v>175</v>
       </c>
       <c r="D46" t="s">
-        <v>161</v>
+        <v>172</v>
       </c>
       <c r="H46" t="s">
-        <v>162</v>
+        <v>173</v>
       </c>
       <c r="L46" t="s">
         <v>19</v>
       </c>
       <c r="M46" t="s">
         <v>19</v>
       </c>
       <c r="N46" t="s">
         <v>19</v>
       </c>
       <c r="O46" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="47" spans="1:15">
       <c r="A47" t="s">
-        <v>164</v>
+        <v>176</v>
       </c>
       <c r="C47" t="s">
-        <v>165</v>
+        <v>177</v>
       </c>
       <c r="D47" t="s">
-        <v>166</v>
+        <v>178</v>
       </c>
       <c r="H47" t="s">
-        <v>167</v>
+        <v>179</v>
       </c>
       <c r="L47" t="s">
         <v>19</v>
       </c>
       <c r="M47" t="s">
         <v>19</v>
       </c>
       <c r="N47" t="s">
         <v>19</v>
       </c>
       <c r="O47" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="48" spans="1:15">
       <c r="A48" t="s">
-        <v>164</v>
+        <v>176</v>
       </c>
       <c r="C48" t="s">
-        <v>168</v>
+        <v>180</v>
       </c>
       <c r="D48" t="s">
-        <v>169</v>
+        <v>178</v>
       </c>
       <c r="H48" t="s">
-        <v>170</v>
+        <v>179</v>
       </c>
       <c r="L48" t="s">
         <v>19</v>
       </c>
       <c r="M48" t="s">
         <v>19</v>
       </c>
       <c r="N48" t="s">
         <v>19</v>
       </c>
       <c r="O48" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="49" spans="1:15">
       <c r="A49" t="s">
-        <v>164</v>
+        <v>181</v>
       </c>
       <c r="C49" t="s">
-        <v>171</v>
+        <v>182</v>
       </c>
       <c r="D49" t="s">
-        <v>166</v>
+        <v>183</v>
       </c>
       <c r="H49" t="s">
-        <v>167</v>
+        <v>184</v>
       </c>
       <c r="L49" t="s">
         <v>19</v>
       </c>
       <c r="M49" t="s">
         <v>19</v>
       </c>
       <c r="N49" t="s">
         <v>19</v>
       </c>
       <c r="O49" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="50" spans="1:15">
       <c r="A50" t="s">
-        <v>172</v>
+        <v>181</v>
       </c>
       <c r="C50" t="s">
-        <v>173</v>
+        <v>185</v>
       </c>
       <c r="D50" t="s">
-        <v>174</v>
+        <v>186</v>
       </c>
       <c r="H50" t="s">
-        <v>175</v>
+        <v>187</v>
       </c>
       <c r="L50" t="s">
         <v>19</v>
       </c>
       <c r="M50" t="s">
         <v>19</v>
       </c>
       <c r="N50" t="s">
         <v>19</v>
       </c>
       <c r="O50" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="51" spans="1:15">
       <c r="A51" t="s">
-        <v>172</v>
+        <v>181</v>
       </c>
       <c r="C51" t="s">
-        <v>176</v>
+        <v>188</v>
       </c>
       <c r="D51" t="s">
-        <v>174</v>
+        <v>183</v>
       </c>
       <c r="H51" t="s">
-        <v>175</v>
+        <v>184</v>
       </c>
       <c r="L51" t="s">
         <v>19</v>
       </c>
       <c r="M51" t="s">
         <v>19</v>
       </c>
       <c r="N51" t="s">
         <v>19</v>
       </c>
       <c r="O51" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="52" spans="1:15">
       <c r="A52" t="s">
-        <v>177</v>
+        <v>189</v>
       </c>
       <c r="C52" t="s">
-        <v>178</v>
+        <v>190</v>
       </c>
       <c r="D52" t="s">
-        <v>179</v>
+        <v>191</v>
       </c>
       <c r="H52" t="s">
-        <v>180</v>
+        <v>192</v>
       </c>
       <c r="L52" t="s">
         <v>19</v>
       </c>
       <c r="M52" t="s">
         <v>19</v>
       </c>
       <c r="N52" t="s">
         <v>19</v>
       </c>
       <c r="O52" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="53" spans="1:15">
       <c r="A53" t="s">
-        <v>177</v>
+        <v>193</v>
       </c>
       <c r="C53" t="s">
-        <v>181</v>
+        <v>194</v>
       </c>
       <c r="D53" t="s">
-        <v>179</v>
+        <v>195</v>
       </c>
       <c r="H53" t="s">
-        <v>180</v>
+        <v>196</v>
       </c>
       <c r="L53" t="s">
         <v>19</v>
       </c>
       <c r="M53" t="s">
         <v>19</v>
       </c>
       <c r="N53" t="s">
         <v>19</v>
       </c>
       <c r="O53" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="54" spans="1:15">
       <c r="A54" t="s">
-        <v>182</v>
+        <v>197</v>
       </c>
       <c r="C54" t="s">
-        <v>183</v>
+        <v>198</v>
       </c>
       <c r="D54" t="s">
-        <v>184</v>
+        <v>199</v>
       </c>
       <c r="H54" t="s">
-        <v>185</v>
+        <v>200</v>
       </c>
       <c r="L54" t="s">
         <v>19</v>
       </c>
       <c r="M54" t="s">
         <v>19</v>
       </c>
       <c r="N54" t="s">
         <v>19</v>
       </c>
       <c r="O54" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="55" spans="1:15">
       <c r="A55" t="s">
-        <v>182</v>
+        <v>197</v>
       </c>
       <c r="C55" t="s">
-        <v>186</v>
+        <v>201</v>
       </c>
       <c r="D55" t="s">
-        <v>184</v>
+        <v>199</v>
       </c>
       <c r="H55" t="s">
-        <v>185</v>
+        <v>202</v>
       </c>
       <c r="L55" t="s">
         <v>19</v>
       </c>
       <c r="M55" t="s">
         <v>19</v>
       </c>
       <c r="N55" t="s">
         <v>19</v>
       </c>
       <c r="O55" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="56" spans="1:15">
       <c r="A56" t="s">
-        <v>187</v>
+        <v>203</v>
       </c>
       <c r="C56" t="s">
-        <v>188</v>
+        <v>204</v>
       </c>
       <c r="D56" t="s">
-        <v>189</v>
+        <v>205</v>
       </c>
       <c r="H56" t="s">
-        <v>190</v>
+        <v>206</v>
       </c>
       <c r="L56" t="s">
         <v>19</v>
       </c>
       <c r="M56" t="s">
         <v>19</v>
       </c>
       <c r="N56" t="s">
         <v>19</v>
       </c>
       <c r="O56" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="57" spans="1:15">
       <c r="A57" t="s">
-        <v>187</v>
+        <v>203</v>
       </c>
       <c r="C57" t="s">
-        <v>191</v>
+        <v>207</v>
       </c>
       <c r="D57" t="s">
-        <v>169</v>
+        <v>205</v>
       </c>
       <c r="H57" t="s">
-        <v>170</v>
+        <v>206</v>
       </c>
       <c r="L57" t="s">
         <v>19</v>
       </c>
       <c r="M57" t="s">
         <v>19</v>
       </c>
       <c r="N57" t="s">
         <v>19</v>
       </c>
       <c r="O57" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="58" spans="1:15">
       <c r="A58" t="s">
-        <v>187</v>
+        <v>208</v>
       </c>
       <c r="C58" t="s">
-        <v>192</v>
+        <v>209</v>
       </c>
       <c r="D58" t="s">
-        <v>189</v>
+        <v>210</v>
       </c>
       <c r="H58" t="s">
-        <v>190</v>
+        <v>211</v>
       </c>
       <c r="L58" t="s">
         <v>19</v>
       </c>
       <c r="M58" t="s">
         <v>19</v>
       </c>
       <c r="N58" t="s">
         <v>19</v>
       </c>
       <c r="O58" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="59" spans="1:15">
       <c r="A59" t="s">
-        <v>193</v>
+        <v>208</v>
       </c>
       <c r="C59" t="s">
-        <v>194</v>
+        <v>212</v>
       </c>
       <c r="D59" t="s">
-        <v>195</v>
+        <v>210</v>
       </c>
       <c r="H59" t="s">
-        <v>196</v>
+        <v>211</v>
       </c>
       <c r="L59" t="s">
         <v>19</v>
       </c>
       <c r="M59" t="s">
         <v>19</v>
       </c>
       <c r="N59" t="s">
         <v>19</v>
       </c>
       <c r="O59" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="60" spans="1:15">
       <c r="A60" t="s">
-        <v>193</v>
+        <v>213</v>
       </c>
       <c r="C60" t="s">
-        <v>197</v>
+        <v>214</v>
       </c>
       <c r="D60" t="s">
-        <v>195</v>
+        <v>215</v>
       </c>
       <c r="H60" t="s">
-        <v>196</v>
+        <v>216</v>
       </c>
       <c r="L60" t="s">
         <v>19</v>
       </c>
       <c r="M60" t="s">
         <v>19</v>
       </c>
       <c r="N60" t="s">
         <v>19</v>
       </c>
       <c r="O60" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="61" spans="1:15">
       <c r="A61" t="s">
-        <v>198</v>
+        <v>213</v>
       </c>
       <c r="C61" t="s">
-        <v>199</v>
+        <v>217</v>
       </c>
       <c r="D61" t="s">
-        <v>200</v>
+        <v>215</v>
       </c>
       <c r="H61" t="s">
-        <v>201</v>
+        <v>216</v>
       </c>
       <c r="L61" t="s">
         <v>19</v>
       </c>
       <c r="M61" t="s">
         <v>19</v>
       </c>
       <c r="N61" t="s">
         <v>19</v>
       </c>
       <c r="O61" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="62" spans="1:15">
       <c r="A62" t="s">
-        <v>198</v>
+        <v>218</v>
       </c>
       <c r="C62" t="s">
-        <v>202</v>
+        <v>219</v>
       </c>
       <c r="D62" t="s">
-        <v>200</v>
+        <v>220</v>
       </c>
       <c r="H62" t="s">
-        <v>201</v>
+        <v>221</v>
       </c>
       <c r="L62" t="s">
         <v>19</v>
       </c>
       <c r="M62" t="s">
         <v>19</v>
       </c>
       <c r="N62" t="s">
         <v>19</v>
       </c>
       <c r="O62" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="63" spans="1:15">
       <c r="A63" t="s">
-        <v>203</v>
+        <v>218</v>
       </c>
       <c r="C63" t="s">
-        <v>204</v>
+        <v>222</v>
       </c>
       <c r="D63" t="s">
-        <v>205</v>
+        <v>223</v>
       </c>
       <c r="H63" t="s">
-        <v>206</v>
+        <v>224</v>
       </c>
       <c r="L63" t="s">
         <v>19</v>
       </c>
       <c r="M63" t="s">
         <v>19</v>
       </c>
       <c r="N63" t="s">
         <v>19</v>
       </c>
       <c r="O63" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="64" spans="1:15">
       <c r="A64" t="s">
-        <v>203</v>
+        <v>218</v>
       </c>
       <c r="C64" t="s">
-        <v>207</v>
+        <v>225</v>
       </c>
       <c r="D64" t="s">
-        <v>205</v>
+        <v>220</v>
       </c>
       <c r="H64" t="s">
-        <v>206</v>
+        <v>221</v>
       </c>
       <c r="L64" t="s">
         <v>19</v>
       </c>
       <c r="M64" t="s">
         <v>19</v>
       </c>
       <c r="N64" t="s">
         <v>19</v>
       </c>
       <c r="O64" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="65" spans="1:15">
       <c r="A65" t="s">
-        <v>208</v>
+        <v>226</v>
       </c>
       <c r="C65" t="s">
-        <v>209</v>
+        <v>227</v>
       </c>
       <c r="D65" t="s">
-        <v>210</v>
+        <v>228</v>
       </c>
       <c r="H65" t="s">
-        <v>211</v>
+        <v>229</v>
       </c>
       <c r="L65" t="s">
         <v>19</v>
       </c>
       <c r="M65" t="s">
         <v>19</v>
       </c>
       <c r="N65" t="s">
         <v>19</v>
       </c>
       <c r="O65" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="66" spans="1:15">
       <c r="A66" t="s">
-        <v>208</v>
+        <v>226</v>
       </c>
       <c r="C66" t="s">
-        <v>212</v>
+        <v>230</v>
       </c>
       <c r="D66" t="s">
-        <v>213</v>
+        <v>228</v>
       </c>
       <c r="H66" t="s">
-        <v>214</v>
+        <v>229</v>
       </c>
       <c r="L66" t="s">
         <v>19</v>
       </c>
       <c r="M66" t="s">
         <v>19</v>
       </c>
       <c r="N66" t="s">
         <v>19</v>
       </c>
       <c r="O66" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="67" spans="1:15">
       <c r="A67" t="s">
-        <v>208</v>
+        <v>231</v>
       </c>
       <c r="C67" t="s">
-        <v>215</v>
+        <v>232</v>
       </c>
       <c r="D67" t="s">
-        <v>210</v>
+        <v>233</v>
       </c>
       <c r="H67" t="s">
-        <v>216</v>
+        <v>234</v>
       </c>
       <c r="L67" t="s">
         <v>19</v>
       </c>
       <c r="M67" t="s">
         <v>19</v>
       </c>
       <c r="N67" t="s">
         <v>19</v>
       </c>
       <c r="O67" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="68" spans="1:15">
       <c r="A68" t="s">
-        <v>208</v>
+        <v>231</v>
       </c>
       <c r="C68" t="s">
-        <v>217</v>
+        <v>235</v>
       </c>
       <c r="D68" t="s">
-        <v>213</v>
+        <v>233</v>
       </c>
       <c r="H68" t="s">
-        <v>214</v>
+        <v>234</v>
       </c>
       <c r="L68" t="s">
         <v>19</v>
       </c>
       <c r="M68" t="s">
         <v>19</v>
       </c>
       <c r="N68" t="s">
         <v>19</v>
       </c>
       <c r="O68" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="69" spans="1:15">
       <c r="A69" t="s">
-        <v>218</v>
+        <v>236</v>
       </c>
       <c r="C69" t="s">
-        <v>219</v>
+        <v>237</v>
       </c>
       <c r="D69" t="s">
-        <v>220</v>
+        <v>238</v>
       </c>
       <c r="H69" t="s">
-        <v>221</v>
+        <v>239</v>
       </c>
       <c r="L69" t="s">
         <v>19</v>
       </c>
       <c r="M69" t="s">
         <v>19</v>
       </c>
       <c r="N69" t="s">
         <v>19</v>
       </c>
       <c r="O69" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="70" spans="1:15">
       <c r="A70" t="s">
-        <v>218</v>
+        <v>236</v>
       </c>
       <c r="C70" t="s">
-        <v>222</v>
+        <v>240</v>
       </c>
       <c r="D70" t="s">
-        <v>220</v>
+        <v>238</v>
       </c>
       <c r="H70" t="s">
-        <v>221</v>
+        <v>239</v>
       </c>
       <c r="L70" t="s">
         <v>19</v>
       </c>
       <c r="M70" t="s">
         <v>19</v>
       </c>
       <c r="N70" t="s">
         <v>19</v>
       </c>
       <c r="O70" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="71" spans="1:15">
       <c r="A71" t="s">
-        <v>223</v>
+        <v>241</v>
       </c>
       <c r="C71" t="s">
-        <v>224</v>
+        <v>242</v>
       </c>
       <c r="D71" t="s">
-        <v>225</v>
+        <v>243</v>
       </c>
       <c r="H71" t="s">
-        <v>226</v>
+        <v>244</v>
       </c>
       <c r="L71" t="s">
         <v>19</v>
       </c>
       <c r="M71" t="s">
         <v>19</v>
       </c>
       <c r="N71" t="s">
         <v>19</v>
       </c>
       <c r="O71" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="72" spans="1:15">
       <c r="A72" t="s">
+        <v>241</v>
+      </c>
+      <c r="C72" t="s">
+        <v>245</v>
+      </c>
+      <c r="D72" t="s">
         <v>223</v>
       </c>
-      <c r="C72" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H72" t="s">
-        <v>226</v>
+        <v>224</v>
       </c>
       <c r="L72" t="s">
         <v>19</v>
       </c>
       <c r="M72" t="s">
         <v>19</v>
       </c>
       <c r="N72" t="s">
         <v>19</v>
       </c>
       <c r="O72" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="73" spans="1:15">
       <c r="A73" t="s">
-        <v>228</v>
+        <v>241</v>
       </c>
       <c r="C73" t="s">
-        <v>229</v>
+        <v>246</v>
       </c>
       <c r="D73" t="s">
-        <v>230</v>
+        <v>243</v>
       </c>
       <c r="H73" t="s">
-        <v>231</v>
+        <v>244</v>
       </c>
       <c r="L73" t="s">
         <v>19</v>
       </c>
       <c r="M73" t="s">
         <v>19</v>
       </c>
       <c r="N73" t="s">
         <v>19</v>
       </c>
       <c r="O73" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="74" spans="1:15">
       <c r="A74" t="s">
-        <v>228</v>
+        <v>247</v>
       </c>
       <c r="C74" t="s">
-        <v>232</v>
+        <v>248</v>
       </c>
       <c r="D74" t="s">
-        <v>230</v>
+        <v>249</v>
       </c>
       <c r="H74" t="s">
-        <v>231</v>
+        <v>250</v>
       </c>
       <c r="L74" t="s">
         <v>19</v>
       </c>
       <c r="M74" t="s">
         <v>19</v>
       </c>
       <c r="N74" t="s">
         <v>19</v>
       </c>
       <c r="O74" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="75" spans="1:15">
       <c r="A75" t="s">
-        <v>233</v>
+        <v>247</v>
       </c>
       <c r="C75" t="s">
-        <v>234</v>
+        <v>251</v>
       </c>
       <c r="D75" t="s">
-        <v>235</v>
+        <v>249</v>
       </c>
       <c r="H75" t="s">
-        <v>236</v>
+        <v>250</v>
       </c>
       <c r="L75" t="s">
         <v>19</v>
       </c>
       <c r="M75" t="s">
         <v>19</v>
       </c>
       <c r="N75" t="s">
         <v>19</v>
       </c>
       <c r="O75" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="76" spans="1:15">
       <c r="A76" t="s">
-        <v>233</v>
+        <v>252</v>
       </c>
       <c r="C76" t="s">
-        <v>237</v>
+        <v>253</v>
       </c>
       <c r="D76" t="s">
-        <v>235</v>
+        <v>254</v>
       </c>
       <c r="H76" t="s">
-        <v>236</v>
+        <v>255</v>
       </c>
       <c r="L76" t="s">
         <v>19</v>
       </c>
       <c r="M76" t="s">
         <v>19</v>
       </c>
       <c r="N76" t="s">
         <v>19</v>
       </c>
       <c r="O76" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="77" spans="1:15">
       <c r="A77" t="s">
-        <v>238</v>
+        <v>252</v>
       </c>
       <c r="C77" t="s">
-        <v>239</v>
+        <v>256</v>
       </c>
       <c r="D77" t="s">
-        <v>240</v>
+        <v>254</v>
       </c>
       <c r="H77" t="s">
-        <v>241</v>
+        <v>255</v>
       </c>
       <c r="L77" t="s">
         <v>19</v>
       </c>
       <c r="M77" t="s">
         <v>19</v>
       </c>
       <c r="N77" t="s">
         <v>19</v>
       </c>
       <c r="O77" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="78" spans="1:15">
       <c r="A78" t="s">
-        <v>238</v>
+        <v>257</v>
       </c>
       <c r="C78" t="s">
-        <v>242</v>
+        <v>258</v>
       </c>
       <c r="D78" t="s">
-        <v>240</v>
+        <v>259</v>
       </c>
       <c r="H78" t="s">
-        <v>241</v>
+        <v>260</v>
       </c>
       <c r="L78" t="s">
         <v>19</v>
       </c>
       <c r="M78" t="s">
         <v>19</v>
       </c>
       <c r="N78" t="s">
         <v>19</v>
       </c>
       <c r="O78" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="79" spans="1:15">
       <c r="A79" t="s">
-        <v>243</v>
+        <v>257</v>
       </c>
       <c r="C79" t="s">
-        <v>244</v>
+        <v>261</v>
       </c>
       <c r="D79" t="s">
-        <v>245</v>
+        <v>259</v>
       </c>
       <c r="H79" t="s">
-        <v>246</v>
+        <v>260</v>
       </c>
       <c r="L79" t="s">
         <v>19</v>
       </c>
       <c r="M79" t="s">
         <v>19</v>
       </c>
       <c r="N79" t="s">
         <v>19</v>
       </c>
       <c r="O79" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="80" spans="1:15">
       <c r="A80" t="s">
-        <v>243</v>
+        <v>262</v>
       </c>
       <c r="C80" t="s">
-        <v>247</v>
+        <v>263</v>
       </c>
       <c r="D80" t="s">
-        <v>248</v>
+        <v>264</v>
       </c>
       <c r="H80" t="s">
-        <v>249</v>
+        <v>265</v>
       </c>
       <c r="L80" t="s">
         <v>19</v>
       </c>
       <c r="M80" t="s">
         <v>19</v>
       </c>
       <c r="N80" t="s">
         <v>19</v>
       </c>
       <c r="O80" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="81" spans="1:15">
       <c r="A81" t="s">
-        <v>243</v>
+        <v>262</v>
       </c>
       <c r="C81" t="s">
-        <v>250</v>
+        <v>266</v>
       </c>
       <c r="D81" t="s">
-        <v>245</v>
+        <v>267</v>
       </c>
       <c r="H81" t="s">
-        <v>246</v>
+        <v>268</v>
       </c>
       <c r="L81" t="s">
         <v>19</v>
       </c>
       <c r="M81" t="s">
         <v>19</v>
       </c>
       <c r="N81" t="s">
         <v>19</v>
       </c>
       <c r="O81" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="82" spans="1:15">
       <c r="A82" t="s">
-        <v>243</v>
+        <v>262</v>
       </c>
       <c r="C82" t="s">
-        <v>251</v>
+        <v>269</v>
       </c>
       <c r="D82" t="s">
-        <v>248</v>
+        <v>264</v>
       </c>
       <c r="H82" t="s">
-        <v>249</v>
+        <v>270</v>
       </c>
       <c r="L82" t="s">
         <v>19</v>
       </c>
       <c r="M82" t="s">
         <v>19</v>
       </c>
       <c r="N82" t="s">
         <v>19</v>
       </c>
       <c r="O82" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="83" spans="1:15">
       <c r="A83" t="s">
-        <v>252</v>
+        <v>262</v>
       </c>
       <c r="C83" t="s">
-        <v>253</v>
+        <v>271</v>
       </c>
       <c r="D83" t="s">
-        <v>254</v>
+        <v>267</v>
       </c>
       <c r="H83" t="s">
-        <v>255</v>
+        <v>268</v>
       </c>
       <c r="L83" t="s">
         <v>19</v>
       </c>
       <c r="M83" t="s">
         <v>19</v>
       </c>
       <c r="N83" t="s">
         <v>19</v>
       </c>
       <c r="O83" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="84" spans="1:15">
       <c r="A84" t="s">
-        <v>252</v>
+        <v>272</v>
       </c>
       <c r="C84" t="s">
-        <v>256</v>
+        <v>273</v>
       </c>
       <c r="D84" t="s">
-        <v>254</v>
+        <v>274</v>
       </c>
       <c r="H84" t="s">
-        <v>257</v>
+        <v>275</v>
       </c>
       <c r="L84" t="s">
         <v>19</v>
       </c>
       <c r="M84" t="s">
         <v>19</v>
       </c>
       <c r="N84" t="s">
         <v>19</v>
       </c>
       <c r="O84" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="85" spans="1:15">
       <c r="A85" t="s">
-        <v>258</v>
+        <v>272</v>
       </c>
       <c r="C85" t="s">
-        <v>259</v>
+        <v>276</v>
       </c>
       <c r="D85" t="s">
-        <v>245</v>
+        <v>274</v>
       </c>
       <c r="H85" t="s">
-        <v>246</v>
+        <v>275</v>
       </c>
       <c r="L85" t="s">
         <v>19</v>
       </c>
       <c r="M85" t="s">
         <v>19</v>
       </c>
       <c r="N85" t="s">
         <v>19</v>
       </c>
       <c r="O85" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="86" spans="1:15">
       <c r="A86" t="s">
-        <v>258</v>
+        <v>277</v>
       </c>
       <c r="C86" t="s">
-        <v>260</v>
+        <v>278</v>
       </c>
       <c r="D86" t="s">
-        <v>245</v>
+        <v>279</v>
       </c>
       <c r="H86" t="s">
-        <v>246</v>
+        <v>280</v>
       </c>
       <c r="L86" t="s">
         <v>19</v>
       </c>
       <c r="M86" t="s">
         <v>19</v>
       </c>
       <c r="N86" t="s">
         <v>19</v>
       </c>
       <c r="O86" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="87" spans="1:15">
       <c r="A87" t="s">
-        <v>261</v>
+        <v>277</v>
       </c>
       <c r="C87" t="s">
-        <v>262</v>
+        <v>281</v>
       </c>
       <c r="D87" t="s">
-        <v>263</v>
+        <v>279</v>
       </c>
       <c r="H87" t="s">
-        <v>264</v>
+        <v>280</v>
       </c>
       <c r="L87" t="s">
         <v>19</v>
       </c>
       <c r="M87" t="s">
         <v>19</v>
       </c>
       <c r="N87" t="s">
         <v>19</v>
       </c>
       <c r="O87" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="88" spans="1:15">
       <c r="A88" t="s">
-        <v>265</v>
+        <v>282</v>
       </c>
       <c r="C88" t="s">
-        <v>266</v>
+        <v>283</v>
       </c>
       <c r="D88" t="s">
-        <v>267</v>
+        <v>284</v>
       </c>
       <c r="H88" t="s">
-        <v>268</v>
+        <v>285</v>
       </c>
       <c r="L88" t="s">
         <v>19</v>
       </c>
       <c r="M88" t="s">
         <v>19</v>
       </c>
       <c r="N88" t="s">
         <v>19</v>
       </c>
       <c r="O88" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="89" spans="1:15">
       <c r="A89" t="s">
-        <v>265</v>
+        <v>282</v>
       </c>
       <c r="C89" t="s">
-        <v>269</v>
+        <v>286</v>
       </c>
       <c r="D89" t="s">
-        <v>270</v>
+        <v>284</v>
       </c>
       <c r="H89" t="s">
-        <v>271</v>
+        <v>285</v>
       </c>
       <c r="L89" t="s">
         <v>19</v>
       </c>
       <c r="M89" t="s">
         <v>19</v>
       </c>
       <c r="N89" t="s">
         <v>19</v>
       </c>
       <c r="O89" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="90" spans="1:15">
       <c r="A90" t="s">
-        <v>272</v>
+        <v>287</v>
       </c>
       <c r="C90" t="s">
-        <v>273</v>
+        <v>288</v>
       </c>
       <c r="D90" t="s">
-        <v>267</v>
+        <v>289</v>
       </c>
       <c r="H90" t="s">
-        <v>268</v>
+        <v>290</v>
       </c>
       <c r="L90" t="s">
         <v>19</v>
       </c>
       <c r="M90" t="s">
         <v>19</v>
       </c>
       <c r="N90" t="s">
         <v>19</v>
       </c>
       <c r="O90" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="91" spans="1:15">
       <c r="A91" t="s">
-        <v>274</v>
+        <v>287</v>
       </c>
       <c r="C91" t="s">
-        <v>275</v>
+        <v>291</v>
       </c>
       <c r="D91" t="s">
-        <v>276</v>
+        <v>289</v>
       </c>
       <c r="H91" t="s">
-        <v>277</v>
+        <v>290</v>
       </c>
       <c r="L91" t="s">
         <v>19</v>
       </c>
       <c r="M91" t="s">
         <v>19</v>
       </c>
       <c r="N91" t="s">
         <v>19</v>
       </c>
       <c r="O91" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="92" spans="1:15">
       <c r="A92" t="s">
-        <v>278</v>
+        <v>292</v>
       </c>
       <c r="C92" t="s">
-        <v>279</v>
+        <v>293</v>
       </c>
       <c r="D92" t="s">
-        <v>280</v>
+        <v>294</v>
       </c>
       <c r="H92" t="s">
-        <v>281</v>
+        <v>295</v>
       </c>
       <c r="L92" t="s">
         <v>19</v>
       </c>
       <c r="M92" t="s">
         <v>19</v>
       </c>
       <c r="N92" t="s">
         <v>19</v>
       </c>
       <c r="O92" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="93" spans="1:15">
       <c r="A93" t="s">
-        <v>282</v>
+        <v>292</v>
       </c>
       <c r="C93" t="s">
-        <v>283</v>
+        <v>296</v>
       </c>
       <c r="D93" t="s">
-        <v>284</v>
+        <v>294</v>
       </c>
       <c r="H93" t="s">
-        <v>285</v>
+        <v>295</v>
       </c>
       <c r="L93" t="s">
         <v>19</v>
       </c>
       <c r="M93" t="s">
         <v>19</v>
       </c>
       <c r="N93" t="s">
         <v>19</v>
       </c>
       <c r="O93" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="94" spans="1:15">
       <c r="A94" t="s">
-        <v>282</v>
+        <v>297</v>
       </c>
       <c r="C94" t="s">
-        <v>286</v>
+        <v>298</v>
       </c>
       <c r="D94" t="s">
-        <v>287</v>
+        <v>299</v>
       </c>
       <c r="H94" t="s">
-        <v>288</v>
+        <v>300</v>
       </c>
       <c r="L94" t="s">
         <v>19</v>
       </c>
       <c r="M94" t="s">
         <v>19</v>
       </c>
       <c r="N94" t="s">
         <v>19</v>
       </c>
       <c r="O94" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="95" spans="1:15">
       <c r="A95" t="s">
-        <v>289</v>
+        <v>297</v>
       </c>
       <c r="C95" t="s">
-        <v>290</v>
+        <v>301</v>
       </c>
       <c r="D95" t="s">
-        <v>291</v>
+        <v>302</v>
       </c>
       <c r="H95" t="s">
-        <v>292</v>
+        <v>303</v>
       </c>
       <c r="L95" t="s">
         <v>19</v>
       </c>
       <c r="M95" t="s">
         <v>19</v>
       </c>
       <c r="N95" t="s">
         <v>19</v>
       </c>
       <c r="O95" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="96" spans="1:15">
       <c r="A96" t="s">
-        <v>293</v>
+        <v>297</v>
       </c>
       <c r="C96" t="s">
-        <v>294</v>
+        <v>304</v>
       </c>
       <c r="D96" t="s">
-        <v>295</v>
+        <v>299</v>
       </c>
       <c r="H96" t="s">
-        <v>296</v>
+        <v>300</v>
       </c>
       <c r="L96" t="s">
         <v>19</v>
       </c>
       <c r="M96" t="s">
         <v>19</v>
       </c>
       <c r="N96" t="s">
         <v>19</v>
       </c>
       <c r="O96" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="97" spans="1:15">
       <c r="A97" t="s">
         <v>297</v>
       </c>
       <c r="C97" t="s">
-        <v>298</v>
+        <v>305</v>
       </c>
       <c r="D97" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
       <c r="H97" t="s">
-        <v>300</v>
+        <v>303</v>
       </c>
       <c r="L97" t="s">
         <v>19</v>
       </c>
       <c r="M97" t="s">
         <v>19</v>
       </c>
       <c r="N97" t="s">
         <v>19</v>
       </c>
       <c r="O97" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="98" spans="1:15">
       <c r="A98" t="s">
-        <v>301</v>
+        <v>306</v>
       </c>
       <c r="C98" t="s">
-        <v>302</v>
+        <v>307</v>
       </c>
       <c r="D98" t="s">
-        <v>303</v>
+        <v>308</v>
       </c>
       <c r="H98" t="s">
-        <v>304</v>
+        <v>309</v>
       </c>
       <c r="L98" t="s">
         <v>19</v>
       </c>
       <c r="M98" t="s">
         <v>19</v>
       </c>
       <c r="N98" t="s">
         <v>19</v>
       </c>
       <c r="O98" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="99" spans="1:15">
       <c r="A99" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="C99" t="s">
-        <v>306</v>
+        <v>310</v>
       </c>
       <c r="D99" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="H99" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
       <c r="L99" t="s">
         <v>19</v>
       </c>
       <c r="M99" t="s">
         <v>19</v>
       </c>
       <c r="N99" t="s">
         <v>19</v>
       </c>
       <c r="O99" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="100" spans="1:15">
       <c r="A100" t="s">
-        <v>309</v>
+        <v>312</v>
       </c>
       <c r="C100" t="s">
-        <v>310</v>
+        <v>313</v>
       </c>
       <c r="D100" t="s">
-        <v>311</v>
+        <v>299</v>
       </c>
       <c r="H100" t="s">
-        <v>312</v>
+        <v>300</v>
       </c>
       <c r="L100" t="s">
         <v>19</v>
       </c>
       <c r="M100" t="s">
         <v>19</v>
       </c>
       <c r="N100" t="s">
         <v>19</v>
       </c>
       <c r="O100" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="101" spans="1:15">
       <c r="A101" t="s">
-        <v>313</v>
+        <v>312</v>
       </c>
       <c r="C101" t="s">
         <v>314</v>
       </c>
       <c r="D101" t="s">
-        <v>315</v>
+        <v>299</v>
       </c>
       <c r="H101" t="s">
-        <v>316</v>
+        <v>300</v>
       </c>
       <c r="L101" t="s">
         <v>19</v>
       </c>
       <c r="M101" t="s">
         <v>19</v>
       </c>
       <c r="N101" t="s">
         <v>19</v>
       </c>
       <c r="O101" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="102" spans="1:15">
       <c r="A102" t="s">
+        <v>315</v>
+      </c>
+      <c r="C102" t="s">
+        <v>316</v>
+      </c>
+      <c r="D102" t="s">
         <v>317</v>
       </c>
-      <c r="C102" t="s">
+      <c r="H102" t="s">
         <v>318</v>
-      </c>
-[...4 lines deleted...]
-        <v>320</v>
       </c>
       <c r="L102" t="s">
         <v>19</v>
       </c>
       <c r="M102" t="s">
         <v>19</v>
       </c>
       <c r="N102" t="s">
         <v>19</v>
       </c>
       <c r="O102" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="103" spans="1:15">
       <c r="A103" t="s">
+        <v>319</v>
+      </c>
+      <c r="C103" t="s">
+        <v>320</v>
+      </c>
+      <c r="D103" t="s">
         <v>321</v>
       </c>
-      <c r="C103" t="s">
+      <c r="H103" t="s">
         <v>322</v>
-      </c>
-[...4 lines deleted...]
-        <v>324</v>
       </c>
       <c r="L103" t="s">
         <v>19</v>
       </c>
       <c r="M103" t="s">
         <v>19</v>
       </c>
       <c r="N103" t="s">
         <v>19</v>
       </c>
       <c r="O103" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="104" spans="1:15">
       <c r="A104" t="s">
+        <v>319</v>
+      </c>
+      <c r="C104" t="s">
+        <v>323</v>
+      </c>
+      <c r="D104" t="s">
+        <v>324</v>
+      </c>
+      <c r="H104" t="s">
         <v>325</v>
-      </c>
-[...7 lines deleted...]
-        <v>328</v>
       </c>
       <c r="L104" t="s">
         <v>19</v>
       </c>
       <c r="M104" t="s">
         <v>19</v>
       </c>
       <c r="N104" t="s">
         <v>19</v>
       </c>
       <c r="O104" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="105" spans="1:15">
       <c r="A105" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="C105" t="s">
-        <v>329</v>
+        <v>327</v>
       </c>
       <c r="D105" t="s">
-        <v>330</v>
+        <v>321</v>
       </c>
       <c r="H105" t="s">
-        <v>331</v>
+        <v>322</v>
       </c>
       <c r="L105" t="s">
         <v>19</v>
       </c>
       <c r="M105" t="s">
         <v>19</v>
       </c>
       <c r="N105" t="s">
         <v>19</v>
       </c>
       <c r="O105" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="106" spans="1:15">
       <c r="A106" t="s">
-        <v>332</v>
+        <v>328</v>
       </c>
       <c r="C106" t="s">
-        <v>333</v>
+        <v>329</v>
       </c>
       <c r="D106" t="s">
-        <v>334</v>
+        <v>330</v>
       </c>
       <c r="H106" t="s">
-        <v>335</v>
+        <v>331</v>
       </c>
       <c r="L106" t="s">
         <v>19</v>
       </c>
       <c r="M106" t="s">
         <v>19</v>
       </c>
       <c r="N106" t="s">
         <v>19</v>
       </c>
       <c r="O106" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="107" spans="1:15">
       <c r="A107" t="s">
-        <v>336</v>
+        <v>332</v>
       </c>
       <c r="C107" t="s">
-        <v>337</v>
+        <v>333</v>
       </c>
       <c r="D107" t="s">
-        <v>338</v>
+        <v>334</v>
       </c>
       <c r="H107" t="s">
-        <v>339</v>
+        <v>335</v>
       </c>
       <c r="L107" t="s">
         <v>19</v>
       </c>
       <c r="M107" t="s">
         <v>19</v>
       </c>
       <c r="N107" t="s">
         <v>19</v>
       </c>
       <c r="O107" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="108" spans="1:15">
       <c r="A108" t="s">
         <v>336</v>
       </c>
       <c r="C108" t="s">
-        <v>340</v>
+        <v>337</v>
       </c>
       <c r="D108" t="s">
-        <v>341</v>
+        <v>338</v>
       </c>
       <c r="H108" t="s">
-        <v>342</v>
+        <v>339</v>
       </c>
       <c r="L108" t="s">
         <v>19</v>
       </c>
       <c r="M108" t="s">
         <v>19</v>
       </c>
       <c r="N108" t="s">
         <v>19</v>
       </c>
       <c r="O108" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="109" spans="1:15">
       <c r="A109" t="s">
-        <v>343</v>
+        <v>336</v>
       </c>
       <c r="C109" t="s">
-        <v>344</v>
+        <v>340</v>
       </c>
       <c r="D109" t="s">
-        <v>345</v>
+        <v>341</v>
       </c>
       <c r="H109" t="s">
-        <v>346</v>
+        <v>342</v>
       </c>
       <c r="L109" t="s">
         <v>19</v>
       </c>
       <c r="M109" t="s">
         <v>19</v>
       </c>
       <c r="N109" t="s">
         <v>19</v>
       </c>
       <c r="O109" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="110" spans="1:15">
       <c r="A110" t="s">
-        <v>347</v>
+        <v>343</v>
       </c>
       <c r="C110" t="s">
-        <v>348</v>
+        <v>344</v>
       </c>
       <c r="D110" t="s">
-        <v>349</v>
+        <v>345</v>
       </c>
       <c r="H110" t="s">
-        <v>350</v>
+        <v>346</v>
       </c>
       <c r="L110" t="s">
         <v>19</v>
       </c>
       <c r="M110" t="s">
         <v>19</v>
       </c>
       <c r="N110" t="s">
         <v>19</v>
       </c>
       <c r="O110" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="111" spans="1:15">
       <c r="A111" t="s">
-        <v>351</v>
+        <v>347</v>
       </c>
       <c r="C111" t="s">
-        <v>352</v>
+        <v>348</v>
       </c>
       <c r="D111" t="s">
-        <v>353</v>
+        <v>349</v>
       </c>
       <c r="H111" t="s">
-        <v>354</v>
+        <v>350</v>
       </c>
       <c r="L111" t="s">
         <v>19</v>
       </c>
       <c r="M111" t="s">
         <v>19</v>
       </c>
       <c r="N111" t="s">
         <v>19</v>
       </c>
       <c r="O111" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="112" spans="1:15">
       <c r="A112" t="s">
-        <v>355</v>
+        <v>351</v>
       </c>
       <c r="C112" t="s">
-        <v>356</v>
+        <v>352</v>
       </c>
       <c r="D112" t="s">
-        <v>357</v>
+        <v>353</v>
       </c>
       <c r="H112" t="s">
-        <v>358</v>
+        <v>354</v>
       </c>
       <c r="L112" t="s">
         <v>19</v>
       </c>
       <c r="M112" t="s">
         <v>19</v>
       </c>
       <c r="N112" t="s">
         <v>19</v>
       </c>
       <c r="O112" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="113" spans="1:15">
       <c r="A113" t="s">
-        <v>359</v>
+        <v>355</v>
       </c>
       <c r="C113" t="s">
-        <v>360</v>
+        <v>356</v>
       </c>
       <c r="D113" t="s">
-        <v>361</v>
+        <v>357</v>
       </c>
       <c r="H113" t="s">
-        <v>362</v>
+        <v>358</v>
       </c>
       <c r="L113" t="s">
         <v>19</v>
       </c>
       <c r="M113" t="s">
         <v>19</v>
       </c>
       <c r="N113" t="s">
         <v>19</v>
       </c>
       <c r="O113" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="114" spans="1:15">
       <c r="A114" t="s">
         <v>359</v>
       </c>
       <c r="C114" t="s">
-        <v>363</v>
+        <v>360</v>
       </c>
       <c r="D114" t="s">
-        <v>364</v>
+        <v>361</v>
       </c>
       <c r="H114" t="s">
-        <v>365</v>
+        <v>362</v>
       </c>
       <c r="L114" t="s">
         <v>19</v>
       </c>
       <c r="M114" t="s">
         <v>19</v>
       </c>
       <c r="N114" t="s">
         <v>19</v>
       </c>
       <c r="O114" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="115" spans="1:15">
       <c r="A115" t="s">
+        <v>363</v>
+      </c>
+      <c r="C115" t="s">
+        <v>364</v>
+      </c>
+      <c r="D115" t="s">
+        <v>365</v>
+      </c>
+      <c r="H115" t="s">
         <v>366</v>
-      </c>
-[...7 lines deleted...]
-        <v>369</v>
       </c>
       <c r="L115" t="s">
         <v>19</v>
       </c>
       <c r="M115" t="s">
         <v>19</v>
       </c>
       <c r="N115" t="s">
         <v>19</v>
       </c>
       <c r="O115" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="116" spans="1:15">
       <c r="A116" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="C116" t="s">
+        <v>368</v>
+      </c>
+      <c r="D116" t="s">
+        <v>369</v>
+      </c>
+      <c r="H116" t="s">
         <v>370</v>
-      </c>
-[...4 lines deleted...]
-        <v>372</v>
       </c>
       <c r="L116" t="s">
         <v>19</v>
       </c>
       <c r="M116" t="s">
         <v>19</v>
       </c>
       <c r="N116" t="s">
         <v>19</v>
       </c>
       <c r="O116" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="117" spans="1:15">
       <c r="A117" t="s">
+        <v>371</v>
+      </c>
+      <c r="C117" t="s">
+        <v>372</v>
+      </c>
+      <c r="D117" t="s">
         <v>373</v>
       </c>
-      <c r="C117" t="s">
+      <c r="H117" t="s">
         <v>374</v>
-      </c>
-[...4 lines deleted...]
-        <v>376</v>
       </c>
       <c r="L117" t="s">
         <v>19</v>
       </c>
       <c r="M117" t="s">
         <v>19</v>
       </c>
       <c r="N117" t="s">
         <v>19</v>
       </c>
       <c r="O117" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="118" spans="1:15">
       <c r="A118" t="s">
+        <v>375</v>
+      </c>
+      <c r="C118" t="s">
+        <v>376</v>
+      </c>
+      <c r="D118" t="s">
         <v>377</v>
       </c>
-      <c r="B118" t="s">
-[...2 lines deleted...]
-      <c r="C118" t="s">
+      <c r="H118" t="s">
         <v>378</v>
       </c>
-      <c r="D118" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="L118" t="s">
-        <v>381</v>
+        <v>19</v>
       </c>
       <c r="M118" t="s">
-        <v>382</v>
+        <v>19</v>
       </c>
       <c r="N118" t="s">
-        <v>383</v>
+        <v>19</v>
       </c>
       <c r="O118" t="s">
-        <v>384</v>
+        <v>19</v>
       </c>
     </row>
     <row r="119" spans="1:15">
       <c r="A119" t="s">
-        <v>377</v>
-[...2 lines deleted...]
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="C119" t="s">
-        <v>385</v>
+        <v>380</v>
       </c>
       <c r="D119" t="s">
-        <v>386</v>
+        <v>381</v>
       </c>
       <c r="H119" t="s">
-        <v>387</v>
+        <v>382</v>
       </c>
       <c r="L119" t="s">
-        <v>381</v>
+        <v>19</v>
       </c>
       <c r="M119" t="s">
-        <v>382</v>
+        <v>19</v>
       </c>
       <c r="N119" t="s">
-        <v>383</v>
+        <v>19</v>
       </c>
       <c r="O119" t="s">
-        <v>384</v>
+        <v>19</v>
       </c>
     </row>
     <row r="120" spans="1:15">
       <c r="A120" t="s">
-        <v>377</v>
-[...2 lines deleted...]
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="C120" t="s">
-        <v>388</v>
+        <v>383</v>
       </c>
       <c r="D120" t="s">
-        <v>389</v>
+        <v>384</v>
       </c>
       <c r="H120" t="s">
-        <v>390</v>
+        <v>385</v>
       </c>
       <c r="L120" t="s">
-        <v>391</v>
+        <v>19</v>
       </c>
       <c r="M120" t="s">
-        <v>392</v>
+        <v>19</v>
       </c>
       <c r="N120" t="s">
-        <v>393</v>
+        <v>19</v>
       </c>
       <c r="O120" t="s">
-        <v>394</v>
+        <v>19</v>
       </c>
     </row>
     <row r="121" spans="1:15">
       <c r="A121" t="s">
-        <v>377</v>
-[...2 lines deleted...]
-        <v>377</v>
+        <v>386</v>
       </c>
       <c r="C121" t="s">
+        <v>387</v>
+      </c>
+      <c r="D121" t="s">
+        <v>388</v>
+      </c>
+      <c r="H121" t="s">
+        <v>389</v>
+      </c>
+      <c r="L121" t="s">
+        <v>19</v>
+      </c>
+      <c r="M121" t="s">
+        <v>19</v>
+      </c>
+      <c r="N121" t="s">
+        <v>19</v>
+      </c>
+      <c r="O121" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="122" spans="1:15">
+      <c r="A122" t="s">
+        <v>390</v>
+      </c>
+      <c r="C122" t="s">
+        <v>391</v>
+      </c>
+      <c r="D122" t="s">
+        <v>392</v>
+      </c>
+      <c r="H122" t="s">
+        <v>393</v>
+      </c>
+      <c r="L122" t="s">
+        <v>19</v>
+      </c>
+      <c r="M122" t="s">
+        <v>19</v>
+      </c>
+      <c r="N122" t="s">
+        <v>19</v>
+      </c>
+      <c r="O122" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="123" spans="1:15">
+      <c r="A123" t="s">
+        <v>390</v>
+      </c>
+      <c r="C123" t="s">
+        <v>394</v>
+      </c>
+      <c r="D123" t="s">
         <v>395</v>
       </c>
-      <c r="D121" t="s">
-[...2 lines deleted...]
-      <c r="H121" t="s">
+      <c r="H123" t="s">
         <v>396</v>
       </c>
-      <c r="L121" t="s">
-[...13 lines deleted...]
-      <c r="E122" t="s">
+      <c r="L123" t="s">
+        <v>19</v>
+      </c>
+      <c r="M123" t="s">
+        <v>19</v>
+      </c>
+      <c r="N123" t="s">
+        <v>19</v>
+      </c>
+      <c r="O123" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="124" spans="1:15">
+      <c r="A124" t="s">
         <v>397</v>
       </c>
-      <c r="F122" t="s">
-[...13 lines deleted...]
-      <c r="E123" t="s">
+      <c r="C124" t="s">
         <v>398</v>
       </c>
-      <c r="F123" t="s">
-[...13 lines deleted...]
-      <c r="E124" t="s">
+      <c r="D124" t="s">
         <v>399</v>
       </c>
-      <c r="F124" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H124" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>384</v>
+        <v>400</v>
+      </c>
+      <c r="L124" t="s">
+        <v>19</v>
+      </c>
+      <c r="M124" t="s">
+        <v>19</v>
+      </c>
+      <c r="N124" t="s">
+        <v>19</v>
+      </c>
+      <c r="O124" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="125" spans="1:15">
-      <c r="E125" t="s">
-[...6 lines deleted...]
-        <v>382</v>
+      <c r="A125" t="s">
+        <v>401</v>
+      </c>
+      <c r="C125" t="s">
+        <v>402</v>
+      </c>
+      <c r="D125" t="s">
+        <v>403</v>
       </c>
       <c r="H125" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>384</v>
+        <v>404</v>
+      </c>
+      <c r="L125" t="s">
+        <v>19</v>
+      </c>
+      <c r="M125" t="s">
+        <v>19</v>
+      </c>
+      <c r="N125" t="s">
+        <v>19</v>
+      </c>
+      <c r="O125" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="126" spans="1:15">
       <c r="A126" t="s">
-        <v>377</v>
-[...2 lines deleted...]
-        <v>377</v>
+        <v>405</v>
       </c>
       <c r="C126" t="s">
-        <v>401</v>
+        <v>406</v>
       </c>
       <c r="D126" t="s">
-        <v>371</v>
+        <v>407</v>
       </c>
       <c r="H126" t="s">
-        <v>402</v>
+        <v>408</v>
       </c>
       <c r="L126" t="s">
-        <v>381</v>
+        <v>19</v>
       </c>
       <c r="M126" t="s">
-        <v>382</v>
+        <v>19</v>
       </c>
       <c r="N126" t="s">
-        <v>383</v>
+        <v>19</v>
       </c>
       <c r="O126" t="s">
-        <v>384</v>
+        <v>19</v>
+      </c>
+    </row>
+    <row r="127" spans="1:15">
+      <c r="A127" t="s">
+        <v>409</v>
+      </c>
+      <c r="C127" t="s">
+        <v>410</v>
+      </c>
+      <c r="D127" t="s">
+        <v>411</v>
+      </c>
+      <c r="H127" t="s">
+        <v>412</v>
+      </c>
+      <c r="L127" t="s">
+        <v>19</v>
+      </c>
+      <c r="M127" t="s">
+        <v>19</v>
+      </c>
+      <c r="N127" t="s">
+        <v>19</v>
+      </c>
+      <c r="O127" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="128" spans="1:15">
+      <c r="A128" t="s">
+        <v>413</v>
+      </c>
+      <c r="C128" t="s">
+        <v>414</v>
+      </c>
+      <c r="D128" t="s">
+        <v>415</v>
+      </c>
+      <c r="H128" t="s">
+        <v>416</v>
+      </c>
+      <c r="L128" t="s">
+        <v>19</v>
+      </c>
+      <c r="M128" t="s">
+        <v>19</v>
+      </c>
+      <c r="N128" t="s">
+        <v>19</v>
+      </c>
+      <c r="O128" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="129" spans="1:15">
+      <c r="A129" t="s">
+        <v>413</v>
+      </c>
+      <c r="C129" t="s">
+        <v>417</v>
+      </c>
+      <c r="D129" t="s">
+        <v>418</v>
+      </c>
+      <c r="H129" t="s">
+        <v>419</v>
+      </c>
+      <c r="L129" t="s">
+        <v>19</v>
+      </c>
+      <c r="M129" t="s">
+        <v>19</v>
+      </c>
+      <c r="N129" t="s">
+        <v>19</v>
+      </c>
+      <c r="O129" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="130" spans="1:15">
+      <c r="A130" t="s">
+        <v>420</v>
+      </c>
+      <c r="C130" t="s">
+        <v>421</v>
+      </c>
+      <c r="D130" t="s">
+        <v>422</v>
+      </c>
+      <c r="H130" t="s">
+        <v>423</v>
+      </c>
+      <c r="L130" t="s">
+        <v>19</v>
+      </c>
+      <c r="M130" t="s">
+        <v>19</v>
+      </c>
+      <c r="N130" t="s">
+        <v>19</v>
+      </c>
+      <c r="O130" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="131" spans="1:15">
+      <c r="A131" t="s">
+        <v>420</v>
+      </c>
+      <c r="C131" t="s">
+        <v>424</v>
+      </c>
+      <c r="D131" t="s">
+        <v>425</v>
+      </c>
+      <c r="H131" t="s">
+        <v>426</v>
+      </c>
+      <c r="L131" t="s">
+        <v>19</v>
+      </c>
+      <c r="M131" t="s">
+        <v>19</v>
+      </c>
+      <c r="N131" t="s">
+        <v>19</v>
+      </c>
+      <c r="O131" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="132" spans="1:15">
+      <c r="A132" t="s">
+        <v>427</v>
+      </c>
+      <c r="C132" t="s">
+        <v>428</v>
+      </c>
+      <c r="D132" t="s">
+        <v>429</v>
+      </c>
+      <c r="H132" t="s">
+        <v>430</v>
+      </c>
+      <c r="L132" t="s">
+        <v>19</v>
+      </c>
+      <c r="M132" t="s">
+        <v>19</v>
+      </c>
+      <c r="N132" t="s">
+        <v>19</v>
+      </c>
+      <c r="O132" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="133" spans="1:15">
+      <c r="A133" t="s">
+        <v>431</v>
+      </c>
+      <c r="B133" t="s">
+        <v>431</v>
+      </c>
+      <c r="C133" t="s">
+        <v>432</v>
+      </c>
+      <c r="D133" t="s">
+        <v>433</v>
+      </c>
+      <c r="H133" t="s">
+        <v>434</v>
+      </c>
+      <c r="L133" t="s">
+        <v>435</v>
+      </c>
+      <c r="M133" t="s">
+        <v>436</v>
+      </c>
+      <c r="N133" t="s">
+        <v>437</v>
+      </c>
+      <c r="O133" t="s">
+        <v>438</v>
+      </c>
+    </row>
+    <row r="134" spans="1:15">
+      <c r="A134" t="s">
+        <v>431</v>
+      </c>
+      <c r="B134" t="s">
+        <v>431</v>
+      </c>
+      <c r="C134" t="s">
+        <v>439</v>
+      </c>
+      <c r="D134" t="s">
+        <v>440</v>
+      </c>
+      <c r="H134" t="s">
+        <v>441</v>
+      </c>
+      <c r="L134" t="s">
+        <v>435</v>
+      </c>
+      <c r="M134" t="s">
+        <v>436</v>
+      </c>
+      <c r="N134" t="s">
+        <v>437</v>
+      </c>
+      <c r="O134" t="s">
+        <v>438</v>
+      </c>
+    </row>
+    <row r="135" spans="1:15">
+      <c r="A135" t="s">
+        <v>431</v>
+      </c>
+      <c r="B135" t="s">
+        <v>431</v>
+      </c>
+      <c r="C135" t="s">
+        <v>442</v>
+      </c>
+      <c r="D135" t="s">
+        <v>443</v>
+      </c>
+      <c r="H135" t="s">
+        <v>444</v>
+      </c>
+      <c r="L135" t="s">
+        <v>445</v>
+      </c>
+      <c r="M135" t="s">
+        <v>446</v>
+      </c>
+      <c r="N135" t="s">
+        <v>447</v>
+      </c>
+      <c r="O135" t="s">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="136" spans="1:15">
+      <c r="A136" t="s">
+        <v>431</v>
+      </c>
+      <c r="B136" t="s">
+        <v>431</v>
+      </c>
+      <c r="C136" t="s">
+        <v>449</v>
+      </c>
+      <c r="D136" t="s">
+        <v>443</v>
+      </c>
+      <c r="H136" t="s">
+        <v>450</v>
+      </c>
+      <c r="L136" t="s">
+        <v>435</v>
+      </c>
+      <c r="M136" t="s">
+        <v>436</v>
+      </c>
+      <c r="N136" t="s">
+        <v>437</v>
+      </c>
+      <c r="O136" t="s">
+        <v>438</v>
+      </c>
+    </row>
+    <row r="137" spans="1:15">
+      <c r="E137" t="s">
+        <v>451</v>
+      </c>
+      <c r="F137" t="s">
+        <v>435</v>
+      </c>
+      <c r="G137" t="s">
+        <v>436</v>
+      </c>
+      <c r="H137" t="s">
+        <v>437</v>
+      </c>
+      <c r="I137" t="s">
+        <v>438</v>
+      </c>
+    </row>
+    <row r="138" spans="1:15">
+      <c r="E138" t="s">
+        <v>452</v>
+      </c>
+      <c r="F138" t="s">
+        <v>435</v>
+      </c>
+      <c r="G138" t="s">
+        <v>436</v>
+      </c>
+      <c r="H138" t="s">
+        <v>437</v>
+      </c>
+      <c r="I138" t="s">
+        <v>438</v>
+      </c>
+    </row>
+    <row r="139" spans="1:15">
+      <c r="E139" t="s">
+        <v>453</v>
+      </c>
+      <c r="F139" t="s">
+        <v>435</v>
+      </c>
+      <c r="G139" t="s">
+        <v>436</v>
+      </c>
+      <c r="H139" t="s">
+        <v>437</v>
+      </c>
+      <c r="I139" t="s">
+        <v>438</v>
+      </c>
+    </row>
+    <row r="140" spans="1:15">
+      <c r="E140" t="s">
+        <v>454</v>
+      </c>
+      <c r="F140" t="s">
+        <v>435</v>
+      </c>
+      <c r="G140" t="s">
+        <v>436</v>
+      </c>
+      <c r="H140" t="s">
+        <v>437</v>
+      </c>
+      <c r="I140" t="s">
+        <v>438</v>
+      </c>
+    </row>
+    <row r="141" spans="1:15">
+      <c r="A141" t="s">
+        <v>431</v>
+      </c>
+      <c r="B141" t="s">
+        <v>431</v>
+      </c>
+      <c r="C141" t="s">
+        <v>455</v>
+      </c>
+      <c r="D141" t="s">
+        <v>425</v>
+      </c>
+      <c r="H141" t="s">
+        <v>456</v>
+      </c>
+      <c r="L141" t="s">
+        <v>435</v>
+      </c>
+      <c r="M141" t="s">
+        <v>436</v>
+      </c>
+      <c r="N141" t="s">
+        <v>437</v>
+      </c>
+      <c r="O141" t="s">
+        <v>438</v>
+      </c>
+    </row>
+    <row r="142" spans="1:15">
+      <c r="A142" t="s">
+        <v>431</v>
+      </c>
+      <c r="B142" t="s">
+        <v>431</v>
+      </c>
+      <c r="C142" t="s">
+        <v>457</v>
+      </c>
+      <c r="D142" t="s">
+        <v>458</v>
+      </c>
+      <c r="H142" t="s">
+        <v>459</v>
+      </c>
+      <c r="L142" t="s">
+        <v>19</v>
+      </c>
+      <c r="M142" t="s">
+        <v>19</v>
+      </c>
+      <c r="N142" t="s">
+        <v>19</v>
+      </c>
+      <c r="O142" t="s">
+        <v>19</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>